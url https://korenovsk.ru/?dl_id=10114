--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -7,742 +7,671 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="000C0271">
       <w:pPr>
         <w:pageBreakBefore/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:50.25pt;height:57.75pt" filled="t">
             <v:fill color2="black"/>
             <v:imagedata r:id="rId7" o:title="" croptop="-26f" cropbottom="-26f" cropleft="-32f" cropright="-32f"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>АДМИНИСТРАЦИЯ МУНИЦИПАЛЬНОГО ОБРАЗОВАНИЯ КОРЕНОВСКИЙ МУНИЦИПАЛЬНЫЙ РАЙОН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>КРАСНОДАРСКОГО КРАЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:t xml:space="preserve">от </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>23</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
-        <w:t xml:space="preserve">.07.2025                                                                                                                                    </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">   № 105</w:t>
+        <w:t>.07.2025                                                                                                                                       № 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
         <w:t>г. Кореновск</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="x-none" w:eastAsia="x-none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>О внесении изменений в постановление администрации муниципального образования Кореновский район от 30 октября 2023 года №1913 «</w:t>
+        <w:t>О внесении изменений в постановление администрации муниципального образования Кореновский район от 30 октября 2023 года №</w:t>
+      </w:r>
+      <w:r w:rsidR="000C0271" w:rsidRPr="000C0271">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1908</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении муниципальной программы «СМИ Кореновского района на 2024-2028 годы»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:pStyle w:val="a0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="TimesNewRoman"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>В соответствии с Фе</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">ания </w:t>
+        <w:t xml:space="preserve">В соответствии с Федеральным законом от 6 октября 2023 года № 131-ФЗ «Об общих принципах организации местного самоуправления в Российской Федерации», Федеральным Законом от 13 января 1995 года № 7-ФЗ "О порядке освещения деятельности органов государственной власти в государственных средствах массовой информации", Федеральным законом РФ от 9 февраля 2009 года № 8-ФЗ "Об обеспечении доступа к информации о деятельности государственных органов и органов местного самоуправления", постановлением администрации муниципального образования </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Кореновский муниципальный район Краснодарского края</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> от 02 ноября 2023 года №1921 «Об утверждении Порядка принятия решения о разработке, формировании, реализации и оценке эффективности реализации муниципальных программ муниципального образования Корено</w:t>
-[...5 lines deleted...]
-        <w:t>вский район</w:t>
+        <w:t xml:space="preserve"> от 02 ноября 2023 года №1921 «Об утверждении Порядка принятия решения о разработке, формировании, реализации и оценке эффективности реализации муниципальных программ муниципального образования Кореновский район</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>администрация муниципального образования Кореновский район п о с т а н о в л я е т:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">1.Внести в постановление администрации муниципального образования </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Кореновский район </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>от 30 октября 2023 года №1908 «Об утверждении муниципальной программы «Инф</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">ормационное обслуживание деятельности администрации муниципального образования </w:t>
+        <w:t xml:space="preserve">от 30 октября 2023 года №1908 «Об утверждении муниципальной программы «Информационное обслуживание деятельности администрации муниципального образования </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Кореновский район </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>для обеспечения работы СМИ на 2024-2028 годы», изменения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:tab/>
-        <w:t>1.1 В наименовании, по тексту постановления слова «муниципального образования Кореновский район заме</w:t>
-[...7 lines deleted...]
-        <w:t>нить словами «муниципального образования Кореновский муниципальный район Краснодарского края в соответствующих падежах.</w:t>
+        <w:t>1.1 В наименовании, по тексту постановления слова «муниципального образования Кореновский район заменить словами «муниципального образования Кореновский муниципальный район Краснодарского края в соответствующих падежах.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:tab/>
         <w:t>1.2. Изложить приложение к постановлению в новой редакции (прилагается).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>2. Признать утратившим силу постановление администрации муниц</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">ипального образования </w:t>
+        <w:t xml:space="preserve">2. Признать утратившим силу постановление администрации муниципального образования </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Кореновский район </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">09 сентября 2024 года № 1095 «О внесении изменений в постановление администрации муниципального </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">образования </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Кореновский район </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>от 30 октября 2023 года №1908 «Об утверждении муниципальной программы «Информационное обсл</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">уживание деятельности администрации муниципального образования </w:t>
+        <w:t xml:space="preserve">от 30 октября 2023 года №1908 «Об утверждении муниципальной программы «Информационное обслуживание деятельности администрации муниципального образования </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Кореновский муниципальный район Краснодарского края </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">для обеспечения работы СМИ на 2024-2028 годы»». </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>3. Управлению службы протокола и информационной политики администрации муниципального образо</w:t>
-[...17 lines deleted...]
-        <w:t>сети «Интернет».</w:t>
+        <w:t>3. Управлению службы протокола и информационной политики администрации муниципального образования Кореновский муниципальный район Краснодарского края обеспечить размещение настоящего постановления на официальном сайте администрации муниципального образования Кореновский муниципальный район Краснодарского края в информационно-телекоммуникационной сети «Интернет».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4. Постановление вступает в силу со дня его подписания.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Исполняющий обязанности</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>главы муниципального образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="4800"/>
         </w:tabs>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Кореновский муниципальный район</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="4800"/>
         </w:tabs>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Краснодарского края</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a5"/>
@@ -785,61 +714,61 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a5"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>А.Е. Дружинкин</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:pageBreakBefore/>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -864,2745 +793,2511 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>ПРИЛОЖЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="5102"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="5102"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>УТВЕРЖДЕН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="5102"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">постановлением </w:t>
-[...6 lines deleted...]
-        <w:t>администрации</w:t>
+        <w:t>постановлением администрации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="5102"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>муниципального образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="5102"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Кореновский муниципальный район</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="5102"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Краснодарского края</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:ind w:left="5102"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">от </w:t>
-[...20 lines deleted...]
-        <w:t>1055</w:t>
+        <w:t>от 23.07.2025 №1055</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                              </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПАСПОРТ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>муниципальной программы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>«Информационное обслуживание деятельности админ</w:t>
-[...6 lines deleted...]
-        <w:t>истрации</w:t>
+        <w:t>«Информационное обслуживание деятельности администрации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:spacing w:line="100" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>муниципального образования Кореновский муниципальный район</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Краснодарского края</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>для обеспечения работы СМИ на 2024-2028 годы»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-136" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5158"/>
         <w:gridCol w:w="4685"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Координатор муниципальной программы</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4685" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Управление службы протокола и информационной политики администрации муниципального о</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Управление службы протокола и информационной политики администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>бразования Кореновский муниципальный район Краснодарского края</w:t>
-[...5 lines deleted...]
-              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C80E52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Координаторы подпрограмм муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Не предусмотрен</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+              <w:t>Участники муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4685" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
-            </w:pPr>
-            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Не предусмотрен</w:t>
-[...16 lines deleted...]
-              <w:widowControl w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Управление службы протокола и информационной политики администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Участники муниципальной программы</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C80E52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...14 lines deleted...]
-              <w:snapToGrid w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Подпрограммы муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Не предусмотрены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C80E52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Цели муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Управление службы протокола и информационной политики администрации муниципального образо</w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>вания Кореновский муниципальный район Краснодарского края</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+              <w:t>обеспечение информационной открытости органов местного самоуправления и реализации права граждан на получение полной и объективной информации о деятельности органов местного самоуправления</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Подпрограммы муниципальной программы</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+              <w:lastRenderedPageBreak/>
+              <w:t>Задачи муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4685" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
-            </w:pPr>
-            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Не предусмотрены</w:t>
-[...16 lines deleted...]
-              <w:widowControl w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- информирование граждан о деятельности органов местного самоуправления с использованием средств массовой информации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Цели муниципальной программы</w:t>
-[...4 lines deleted...]
-              <w:widowControl w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- обеспечение доступности для населения Кореновского района актуальной, социально значимой информации о событиях в муниципалитете и Краснодарском крае</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-              <w:snapToGrid w:val="0"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C80E52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень целевых показателей муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>Общее количество публикаций в печатных средствах массовой информации,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Количество публикаций в социальных сетях.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C80E52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Этапы и сроки реализации муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">обеспечение информационной открытости органов местного самоуправления и реализации права граждан на получение </w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>полной и объективной информации о деятельности органов местного самоуправления</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+              <w:t>2024-2028 годы, этапы реализации программы не выделяются</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5158" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Задачи муниципальной программы</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+              <w:t>Объемы бюджетных ассигнований муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4685" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>- информирование граждан о деятельности органов местного самоуправления с использованием средств массовой информации;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+              <w:t>Объем финансирования Программы — 19089,5 тыс. руб., в том числе за счет бюджета муниципального образования Кореновский муниципальный район Краснодарского края:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>- обеспечение доступности</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>в 2024 году — 4 546,9 тыс.руб.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> для населения Кореновского района актуальной, социально значимой информации о событиях в муниципалитете и Краснодарском крае</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в 2025 году — 3 946,9 тыс.руб.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...14 lines deleted...]
-              <w:widowControl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в 2026 году — 3 531,9 тыс.руб.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Перечень целевых показателей муниципальной программы</w:t>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в 2027 году — 3 531,9 тыс.руб.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
-[...8 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Общее количество публикаций в печатных средствах массовой информации,</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в 2028 году — 3 531,9 тыс.руб.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...25 lines deleted...]
-              <w:snapToGrid w:val="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C80E52">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5158" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...12 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Контроль за выполнением муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
-            </w:pPr>
-            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Этапы и сроки реализации муниципальной программы</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4685" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>2024-2028 годы, этапы реализации программы не выделяются</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+              <w:t>Администрация муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
-[...363 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1. Характеристика текущего состояния и прогноз развития средств массовой информации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>В Кореновском райо</w:t>
+        <w:t xml:space="preserve">В Кореновском районе и Краснодарском крае создана система подведомственных отделу информационной политики и средств массовой информации администрации муниципального образования Кореновский муниципальный район Краснодарского края предприятий, которые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">не и Краснодарском крае создана система подведомственных отделу информационной политики и средств массовой информации администрации муниципального образования Кореновский муниципальный район Краснодарского края предприятий, которые обеспечивают выполнение </w:t>
-[...13 lines deleted...]
-        <w:t>ссы в обществе и отражать интересы государственной власти, что соответствует практике экономически развитых государств.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>обеспечивают выполнение функций по информированию населения и доведению до граждан решений федеральных и региональных органов законодательной и исполнительной власти. Наличие такой системы позволяет максимально оперативно реагировать на социально-политические, экономические процессы в обществе и отражать интересы государственной власти, что соответствует практике экономически развитых государств.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>Настоящая программа разработана в соответствии с:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Федеральным законом от 13 января 1995 года № 7-ФЗ "О порядке освещения деятельности </w:t>
-[...6 lines deleted...]
-        <w:t>органов государственной власти в государственных средствах массовой информации".</w:t>
+        <w:t>Федеральным законом от 13 января 1995 года № 7-ФЗ "О порядке освещения деятельности органов государственной власти в государственных средствах массовой информации".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="3465A4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>Федеральным законом от 9 февраля 2009 года № 8-ФЗ "Об обеспечении доступа к информации о деятельности государственных органов и органов местного самоуправления".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="3465A4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Мероприятия</w:t>
+        <w:t>Мероприятия, предусмотренные программой, соответствуют основным направлениям развития в Кореновском районе печатных и электронных средств массовой информации и полиграфии,  официальных сайтов, официальных страниц органов местного самоуправления в социальных сетях. Особенностью программы является комплексный подход к поддержке и развитию функционально взаимосвязанных отраслей печатных и электронных средств массовой информации и полиграфии, официальных сайтов, официальных страниц органов местного самоуправления в социальных сетях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Эффективное решение проблемы - обеспечение прав граждан в сфере информации, сохранение информационного пространства, укрепление морально-нравственных ценностей общества, а также развитие культуры и сохранение культурного наследия является практически невозможным, если опираться только лишь на базу сложившегося рыночного механизма, оно требует поддержки со стороны государства. При этом использование программно-целевого метода позволит реализовать основную стратегическую цель отрасли радиовещания, печатных средств массовой информации и полиграфии,  официальных сайтов, официальных страниц органов местного самоуправления в социальных сетях наиболее комплексно и рационально. Обусловлена необходимость применения системного подхода в связи со сложностью и многообразием проблем развития отрасли, системный подход позволит в установленные сроки сконцентрировать ресурсы на приоритетных задачах программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Отказ от решения задач, связанных с обеспечением прав граждан в сфере информации, сохранением информационного пространства, укреплением морально-нравственных ценностей общества, а также развитием культуры и сохранением культурного наследия, повлечет за собой снижение качества услуг средств массовой информации, а также уровня информированности граждан о деятельности органов местного самоуправления Кореновского района и об общественно-политических, социально-культурных событиях в Кореновском районе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="3465A4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Отсутствие поддержки в отрасли средств массовой информации со стороны государства приведет к снижению эффективности хозяйственной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>, предусмотренные программой, соответствуют основным направлениям развития в Кореновском районе печатных и электронных средств массовой информации и полиграфии,  официальных сайтов, официальных страниц органов местного самоуправления в социальных сетях. Ос</w:t>
-[...13 lines deleted...]
-        <w:t>ьных сетях.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>деятельности предприятий, подведомственных администрации муниципального образования Кореновский муниципальный район Краснодарского края.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...93 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="3465A4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Наиболее актуальной задачей становится создание качественного информационного продукта и гарантиров</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">анное доведение его до жителей Кореновского района. </w:t>
+        <w:t xml:space="preserve">Наиболее актуальной задачей становится создание качественного информационного продукта и гарантированное доведение его до жителей Кореновского района. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Цели и задачи программно-целевого метода предполагают наиболее рациональный и действенный способ решения указанных выше проблем и позволят наиболее эффективно и в установленные сроки осуществить основны</w:t>
-[...6 lines deleted...]
-        <w:t>е мероприятия программы.</w:t>
+        <w:t>Цели и задачи программно-целевого метода предполагают наиболее рациональный и действенный способ решения указанных выше проблем и позволят наиболее эффективно и в установленные сроки осуществить основные мероприятия программы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2. Цели, задачи и целевые показатели, сроки и этапы реализации муниципальной программы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>Целью программы является:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Обеспечение информационной открытости органов местного самоуправления и реализации права граждан на получение пол</w:t>
-[...6 lines deleted...]
-        <w:t>ной и объективной информации о деятельности органов местного самоуправления.</w:t>
+        <w:t>Обеспечение информационной открытости органов местного самоуправления и реализации права граждан на получение полной и объективной информации о деятельности органов местного самоуправления.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>Для достижения обозначенной цели предполагается решение задач по:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>информирование граждан о деятельности органов местного самоуправления с использованием средств массовой информа</w:t>
-[...6 lines deleted...]
-        <w:t>ции;</w:t>
+        <w:t>информирование граждан о деятельности органов местного самоуправления с использованием средств массовой информации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>обеспечение доступности для населения Кореновского района актуальной, социально значимой информации о событиях в муниципалитете и Краснодарском крае.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>Сроки реализации муниципальной программы представлены в Приложении №2.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Целевые показатели муниципа</w:t>
-[...6 lines deleted...]
-        <w:t>льной программы:</w:t>
+        <w:t>Целевые показатели муниципальной программы:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>- Общее количество публикаций в печатных средствах массовой информации,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>- Количество публикаций в социальных сетях.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Сроки реализации муниципальной программы: 2024-2028 годы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3. Перечень основных мероприятий муниципальной программы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Меро</w:t>
-[...6 lines deleted...]
-        <w:t>приятия программы представлены в табличной форме в приложении № 2 к программе.</w:t>
+        <w:t>Мероприятия программы представлены в табличной форме в приложении № 2 к программе.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4. Обоснование ресурсного обеспечения муниципальной программы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Объемы  и источники финансирования Программы определяются Перечнем программных мероприятий. Общий планируемый объ</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ем финансирования Программы на 2024-2028 годы составит </w:t>
+        <w:t xml:space="preserve">Объемы  и источники финансирования Программы определяются Перечнем программных мероприятий. Общий планируемый объем финансирования Программы на 2024-2028 годы составит </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">18474,5 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>тыс. руб.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Структура финансирования Программы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>тыс.руб</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-8" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1916"/>
         <w:gridCol w:w="1199"/>
         <w:gridCol w:w="1138"/>
         <w:gridCol w:w="1256"/>
         <w:gridCol w:w="1377"/>
         <w:gridCol w:w="1375"/>
         <w:gridCol w:w="1376"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1916" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Источники и направления финансирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7721" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Объем финансирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1916" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1199" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6522" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В том числе по годам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1916" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1199" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1138" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2024 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1256" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2025 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2026 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2028 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1916" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Районный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1199" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19089,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1138" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -3619,580 +3314,580 @@
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1256" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3946,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3531,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3531,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3531,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1916" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Краевой бюджет (на условиях софинансирования)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1199" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1138" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1256" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1916" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Другие источники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1199" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1138" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1256" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1916" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ВСЕГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1199" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19089,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1138" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
@@ -4209,832 +3904,703 @@
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1256" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3946,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3531,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3531,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1376" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3531,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">           </w:t>
-[...20 lines deleted...]
-        <w:t>овский муниципальный район Краснодарского края на соответствующий финансовый год и на плановый период.</w:t>
+        <w:t xml:space="preserve">           Ресурсное обеспечение программы носит прогнозный характер и подлежит  корректировке в пределах бюджетных ассигнований, предусмотренных решением Совета муниципального образования Кореновский муниципальный район Краснодарского края о бюджете муниципального образования Кореновский муниципальный район Краснодарского края на соответствующий финансовый год и на плановый период.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5. Методика оценки эффективности реализации муниципальной</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>программы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Оценка эффективности реализации муниципальной программы производится ежегодно. В с</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">оответствии с постановлением администрации муниципального образования Кореновский муниципальный район Краснодарского края от </w:t>
+        <w:t xml:space="preserve">Оценка эффективности реализации муниципальной программы производится ежегодно. В соответствии с постановлением администрации муниципального образования Кореновский муниципальный район Краснодарского края от </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRoman" w:hAnsi="TimesNewRoman" w:cs="TimesNewRoman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>02 ноября 2023 года №1921</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Об утверждении Порядка принятия решения о разработке, формировании, реализации и оценке эффективности ре</w:t>
-[...6 lines deleted...]
-        <w:t>ализации муниципальных программ муниципального образования Кореновский район</w:t>
+        <w:t xml:space="preserve"> «Об утверждении Порядка принятия решения о разработке, формировании, реализации и оценке эффективности реализации муниципальных программ муниципального образования Кореновский район</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6. Механизм реализации муниципальной программы и контроль за ее выполнением</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Механизм реализации программы предполагает закупку товаров, работ, услуг для государственных нужд </w:t>
-[...6 lines deleted...]
-        <w:t>за счет средств районного бюджета в соответствии с Федеральным законом от 5 апреля 2013 года № 44-ФЗ «О контрактной системе в сфере закупок товаров, работ, услуг для обеспечения государственных и муниципальных нужд».</w:t>
+        <w:t>Механизм реализации программы предполагает закупку товаров, работ, услуг для государственных нужд за счет средств районного бюджета в соответствии с Федеральным законом от 5 апреля 2013 года № 44-ФЗ «О контрактной системе в сфере закупок товаров, работ, услуг для обеспечения государственных и муниципальных нужд».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
-        <w:t>Текущее управление муниципальной прогр</w:t>
-[...6 lines deleted...]
-        <w:t>аммой осуществляет координатор муниципальной программы - управление службы протокола и информационной политики администрации муниципального образования Кореновский муниципальный район Краснодарского края, которое:</w:t>
+        <w:t>Текущее управление муниципальной программой осуществляет координатор муниципальной программы - управление службы протокола и информационной политики администрации муниципального образования Кореновский муниципальный район Краснодарского края, которое:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>обеспечивает разработку муниципальной про</w:t>
-[...6 lines deleted...]
-        <w:t>граммы, ее согласование с участниками муниципальной программы;</w:t>
+        <w:t>обеспечивает разработку муниципальной программы, ее согласование с участниками муниципальной программы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>формирует структуру муниципальной программы и перечень участников муниципальной программы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>организует реализацию муниципальной программы, координацию деятельности участников муниципальной про</w:t>
-[...6 lines deleted...]
-        <w:t>граммы;</w:t>
+        <w:t>организует реализацию муниципальной программы, координацию деятельности участников муниципальной программы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>принимает решение о внесении в установленном порядке изменений в муниципальную программу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>несет ответственность за достижение целевых показателей муниципальной программы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>осуществляет подготовку предложений по объемам и источникам финансирования</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> реализации муниципальной программы на основании предложений участников муниципальной программы;</w:t>
+        <w:t>осуществляет подготовку предложений по объемам и источникам финансирования реализации муниципальной программы на основании предложений участников муниципальной программы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>ежегодно проводит оценку эффективности реализации муниципальной программы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>готовит ежегодный доклад о ходе реализации муниципальной программы и оценке эффект</w:t>
-[...6 lines deleted...]
-        <w:t>ивности ее реализации;</w:t>
+        <w:t>готовит ежегодный доклад о ходе реализации муниципальной программы и оценке эффективности ее реализации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>организует информационную и разъяснительную работу, направленную на освещение целей и задач муниципальной программы в средствах массовой информации, на официальном сайте в информационно-телекоммуникационной сети Интернет;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>размещает</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> информацию о ходе реализации и достигнутых результатах муниципальной программы на официальном сайте в информационно-телекоммуникационной сети Интернет;</w:t>
+        <w:t>размещает информацию о ходе реализации и достигнутых результатах муниципальной программы на официальном сайте в информационно-телекоммуникационной сети Интернет;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>осуществляет иные полномочия, установленные муниципальной программой.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">В целях осуществления текущего </w:t>
+        <w:t xml:space="preserve">В целях осуществления текущего контроля реализации мероприятий муниципальной программы  управление службы протокола и информационной политики администрации муниципального образования Кореновский муниципальный район Краснодарского края ежеквартально до 25 числа месяца, следующего за отчетным кварталом, представляет в управление экономики администрации муниципального образования Кореновский муниципальный район Краснодарского края и финансовое управление администрации муниципального образования Кореновский муниципальный район Краснодарского края квартальный отчет о  об объемах и источниках финансирования программы в разрезе мероприятий согласно приложения № 7 постановления администрации муниципального образования Кореновский муниципальный район Краснодарского края от </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>контроля реализации мероприятий муниципальной программы  управление службы протокола и информационной политики администрации муниципального образования Кореновский муниципальный район Краснодарского края ежеквартально до 25 числа месяца, следующего за отче</w:t>
+          <w:rFonts w:ascii="TimesNewRoman" w:hAnsi="TimesNewRoman" w:cs="TimesNewRoman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>02 ноября 2023 года №1921</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>тным кварталом, представляет в управление экономики администрации муниципального образования Кореновский муниципальный район Краснодарского края и финансовое управление администрации муниципального образования Кореновский муниципальный район Краснодарского</w:t>
+        <w:t xml:space="preserve"> «Об утверждении Порядка принятия решения о разработке, формировании, реализации и оценке эффективности реализации муниципальных программ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> края квартальный отчет о  об объемах и источниках финансирования программы в разрезе мероприятий согласно приложения № 7 постановления администрации муниципального образования Кореновский муниципальный район Краснодарского края от </w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> «Об утверждении Порядка принятия решения о разработке, формировании, реализации и оценке эффективности реализации муниципальных программ муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Управление службы протокола и инфор</w:t>
-[...13 lines deleted...]
-        <w:t>ее реализации на бумажных и электронных носителях и направляет в управление экономики  администрации муниципального образования Кореновский муниципальный район Краснодарского края.</w:t>
+        <w:t>Управление службы протокола и информационной политики администрации муниципального образования Кореновский муниципальный район Краснодарского края ежегодно, до 1 марта года, следующего за отчетным годом, подготавливает доклад о ходе реализации муниципальной программы и оценке эффективности ее реализации на бумажных и электронных носителях и направляет в управление экономики  администрации муниципального образования Кореновский муниципальный район Краснодарского края.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Заместитель главы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>муниципального образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Кореновский муниципальный р</w:t>
-[...10 lines deleted...]
-        <w:t>айон</w:t>
+        <w:t>Кореновский муниципальный район</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00000000">
+        <w:sectPr w:rsidR="00C80E52">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="600" w:charSpace="32768"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Краснодарского края </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -5102,1778 +4668,1735 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   А.Е. Дружинкин</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-37" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8166"/>
         <w:gridCol w:w="6421"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8166" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6421" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ПРИЛОЖЕНИЕ  №1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>к муниципальной программе</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">«Информационное обслуживание деятельности администрации муниципального образования </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> для обеспечения раб</w:t>
-[...8 lines deleted...]
-              <w:t>оты СМИ на 2024-2028 годы»</w:t>
+              <w:t xml:space="preserve"> для обеспечения работы СМИ на 2024-2028 годы»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ЦЕЛИ, ЗАДАЧИ И ЦЕЛЕВЫЕ ПОКАЗАТЕЛИ МУНИЦИПАЛЬНОЙ ПРОГРАММЫ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
         </w:rPr>
         <w:t>"Информационное обслуживание деятельности администрации муниципального образования Кореновский район для обеспечения работы СМИ на 2024-2028 годы"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-73" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="793"/>
         <w:gridCol w:w="3064"/>
         <w:gridCol w:w="1072"/>
         <w:gridCol w:w="1618"/>
         <w:gridCol w:w="1616"/>
         <w:gridCol w:w="1615"/>
         <w:gridCol w:w="1616"/>
         <w:gridCol w:w="1656"/>
         <w:gridCol w:w="1588"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="793" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3064" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...21 lines deleted...]
-              <w:t>левого показателя</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование целевого показателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1072" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ед. изм.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Статус 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8091" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Значение показателей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="793" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3064" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1072" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2024 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1615" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2025 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2026 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2028 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="793" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3064" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1072" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1615" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="793" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13845" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Муниципальная программа </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Информационное обслуживание деятельности администрации муниципального образования Кореновский муниципа</w:t>
-[...10 lines deleted...]
-              <w:t>льный район Краснодарского края для обеспечения работы СМИ на 2024-2028 годы</w:t>
+              <w:t>«Информационное обслуживание деятельности администрации муниципального образования Кореновский муниципальный район Краснодарского края для обеспечения работы СМИ на 2024-2028 годы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="793" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13845" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...16 lines deleted...]
-              <w:t>ого самоуправления»</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+              </w:rPr>
+              <w:t>Цель «обеспечение информационной открытости органов местного самоуправления и реализации права граждан на получение полной и объективной информации о деятельности органов местного самоуправления»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="793" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13845" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>Задача 1 «информирование граждан о деятельности органов местного самоуправления с использованием средств массовой информации»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="793" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3064" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Общее количество публикаций в печатных средствах массовой информации,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1072" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>тыс. кв. см.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>24981</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1615" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>24990</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>25000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>25010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>25020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="793" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13845" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>Задача 2  «</w:t>
             </w:r>
             <w:r>
               <w:t>обеспечение доступности для населения Кореновского района актуальной, социально значимой информации о событиях в муниципалитете и Краснодарском крае»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="793" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3064" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>Количество публикаций в социальных сетях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1072" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>штук</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1618" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>10950</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1615" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>12045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>13140</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1656" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>14235</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...17 lines deleted...]
-              <w:t>0</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+              </w:rPr>
+              <w:t>15330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Заместитель главы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>муниципального образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Кореновский муниципальный район</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Краснодарского края </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
@@ -7000,12006 +6523,12075 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">    А.Е. Дружинкин</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912"/>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52"/>
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:pageBreakBefore/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-37" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8166"/>
         <w:gridCol w:w="6421"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8166" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6421" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ПРИЛОЖЕНИЕ  №2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>к муниципальной программе</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>«Информационное обслуживание деятельности администрации муниципаль</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">ного образования </w:t>
+              <w:t xml:space="preserve">«Информационное обслуживание деятельности администрации муниципального образования </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> для обеспечения работы СМИ на 2024-2028 годы»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ПЕРЕЧЕНЬ ОСНОВНЫХ МЕРОПРИЯТИЙ МУНИЦИПАЛЬНОЙ ПРОГРАММЫ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">"Информационное обслуживание деятельности администрации муниципального образования </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Кореновский муниципальный район Краснодарского края</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> для обеспечения работы СМИ на 2024-2028 годы"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-247" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="622"/>
         <w:gridCol w:w="2027"/>
         <w:gridCol w:w="560"/>
         <w:gridCol w:w="1384"/>
         <w:gridCol w:w="891"/>
         <w:gridCol w:w="991"/>
         <w:gridCol w:w="852"/>
         <w:gridCol w:w="849"/>
         <w:gridCol w:w="852"/>
         <w:gridCol w:w="991"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1886"/>
         <w:gridCol w:w="1778"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Наименования мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ста</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>тус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Источники финансирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Объем финансирования, всего (тыс. руб.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4535" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В том числе по годам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Срок реализации мероприятия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...20 lines deleted...]
-              <w:t>посредственный результат реализации мероприятий</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Непосредственный результат реализации мероприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...11 lines deleted...]
-              <w:t>Муниципальный  заказчик мероприятия, ответственный за выполнение мероприятий и  получатель субсидий (субвенция, иных межбюджетных трансфертов)</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Муниципальный  заказчик мероприятия, ответственный за выполнение мероприятий и  получатель субсидий (субвенция, иных межбюджетных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>трансфертов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2024 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2025 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2026 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2028 год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:trPr>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Цель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12168" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>обеспечение информационной открытости органов местного самоуправления и реализации права граждан на получение полной и объективной информации о деятельности органов местного самоуправления.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Задача</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12168" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...30 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информирование граждан о деятельности органов местного самоуправления с использованием средств массовой информации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...25 lines deleted...]
-              <w:t>овский муниципальный район Краснодарского края</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Печатание официальных документов, нормативно-правовых документов в печатном средстве  информации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">органов местного самоуправления муниципального образования </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2673,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>534,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>534,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>534,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>534,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>534,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1-4 квартал (январь декабрь) 2024 год, 1-4 квартал (январь декабрь) 2025 год, 1-4 квартал (январь декабрь) 2026 год, 1-4 квартал (январь декабрь) 2027 год, 1-4 квар</w:t>
+              <w:t>1-4 квартал (январь декабрь) 2024 год, 1-4 квартал (январь декабрь</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>тал (январь декабрь) 2028 год,</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>) 2025 год, 1-4 квартал (январь декабрь) 2026 год, 1-4 квартал (январь декабрь) 2027 год, 1-4 квартал (январь декабрь) 2028 год,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Своевременное  опубликование нормативно-правовых документах в  печатном средстве  информации органов местного самоуправления муниципального образования </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Своевременное  опубликование нормативно-правовых документах в  печатном средстве  информации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">органов местного самоуправления муниципального образования </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «Вестник органов мест</w:t>
-[...9 lines deleted...]
-              <w:t>ного самоуправления муниципального образования Кореновский район»</w:t>
+              <w:t xml:space="preserve"> «Вестник органов местного самоуправления муниципального образования Кореновский район»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Управление службы протокола и информационной политики администрации муниципального образования </w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Управление службы протокола и информационной политики администрации муниципального </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">образования </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Краевой</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Федеральный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Местный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2673,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>534,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>534,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>534,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>534,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>534,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:trPr>
           <w:trHeight w:val="3735"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Внебюджетные источники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.1.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">равления муниципального образования </w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оказание услуг по информационному обеспечению деятельности </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">органов местного самоуправления муниципального образования </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> в сети Интернет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...11 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>715,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>120,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>235,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>120,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>120,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>120,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1-4 квартал (январь декабрь) 2024 год, 1-4 квартал (январь декабрь) 2025 год, 1-4 квартал (январь декабрь) 2</w:t>
-[...8 lines deleted...]
-              <w:t>026 год, 1-4 квартал (январь декабрь) 2027 год, 1-4 квартал (январь декабрь) 2028 год,</w:t>
+              <w:t xml:space="preserve">1-4 квартал (январь декабрь) 2024 год, 1-4 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>квартал (январь декабрь) 2025 год, 1-4 квартал (январь декабрь) 2026 год, 1-4 квартал (январь декабрь) 2027 год, 1-4 квартал (январь декабрь) 2028 год,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...12 lines deleted...]
-              <w:t>Своевременное  размещение нормативно-правовых документах на сайте «Подсолнух Медиа» (Свидетельство регистрации СМИ ЭЛ № ФС 77 – 70032 от 31.05.2017)</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Своевременное  размещение нормативно-правовых документах на сайте </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«Подсолнух Медиа» (Свидетельство регистрации СМИ ЭЛ № ФС 77 – 70032 от 31.05.2017)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">отокола и информационной политики администрации муниципального образования </w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Управление службы протокола и информационной политики администрац</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ии муниципального образования </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Краевой бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Федеральный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Местный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>715,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>120,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>23</w:t>
-[...6 lines deleted...]
-              <w:t>5,0</w:t>
+              <w:t>235,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>120,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>120,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>120,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Внебюджетные источники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Обеспечение доступа к нормативной и иной информации о деятельности администрации муниципального образования </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> в газете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4698,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1134,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>891,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>891,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>891,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>891,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1-4 квартал (январь декабрь) 2024 год, 1-4 квартал (январь декабрь) 2025 год, 1-4 квартал (январь декабрь) 2026 год, 1-4 квартал (январь декабрь) 2027 год, 1-4 квартал (январь декабрь) 2028 год,</w:t>
+              <w:t>1-4 квартал (январь декабрь) 2024 год, 1-4 квартал (январь декабрь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>) 2025 год, 1-4 квартал (январь декабрь) 2026 год, 1-4 квартал (январь декабрь) 2027 год, 1-4 квартал (январь декабрь) 2028 год,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">ей и доступного для населения  уровня цен на  периодические печатные издания, освещение деятельности администрации муниципального образования </w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Сохранение тиражей и доступного для населения  уровня цен на  периодические печатные издания, освещение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">деятельности администрации муниципального образования </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> в местных печатных СМИ:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...34 lines deleted...]
-              <w:t>ое издание "Кореновские вести".</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Не менее 1000 экз. подписки на печатное издание "Кореновские вести".</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Краевой бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Федеральный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Местный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4698,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1134,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>891,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>891,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>891,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>891,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Внебюджетные источники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Задача</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12168" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...20 lines deleted...]
-              <w:t>беспечение доступности для населения Кореновского района актуальной, социально значимой информации о событиях в муниципалитете и Краснодарском крае</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>обеспечение доступности для населения Кореновского района актуальной, социально значимой информации о событиях в муниципалитете и Краснодарском крае</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...25 lines deleted...]
-              <w:t>пальный район Краснодарского края</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информационное сопровождение деятельности администрации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">муниципального образования </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> на радио</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9260,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>60,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1900,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1-4 квартал (январь декабрь) 2024 год, 1-4 квартал (январь декабрь) 2025 год, 1-4 квартал (январь декабрь) 2026 год, 1-4 квартал (январь декабрь) 2027 год, 1-4 ква</w:t>
-[...8 lines deleted...]
-              <w:t>ртал (январь декабрь) 2028 год,</w:t>
+              <w:t xml:space="preserve">1-4 квартал (январь декабрь) 2024 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>год, 1-4 квартал (январь декабрь) 2025 год, 1-4 квартал (январь декабрь) 2026 год, 1-4 квартал (январь декабрь) 2027 год, 1-4 квартал (январь декабрь) 2028 год,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...12 lines deleted...]
-              <w:t>Обеспечение надежного эфирного вещания программ районной радиостанции на территории Кореновского района</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Обеспечение надежного эфирного вещания программ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>районной радиостанции на территории Кореновского района</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> район Краснодарского края</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Управление службы протокола и информационной политики </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">администрации муниципального образования </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Краевой бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...11 lines deleted...]
-              <w:t>Федеральный бюджет</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Федераль</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Местный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9260,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>60,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1900,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Внебюджетные источники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...50 lines deleted...]
-              <w:t>нформационному обслуживанию</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Приобретение, обслуживание, ремонт фотооборудования, принтера, электронных носителей информации,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>приобретение фотобумаги, рамок, чернил для принтера для изготовления фотографий, отражающих работу органов местного самоуправления в рамках реализации мероприятий по информационному обслуживанию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1120,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>143,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>244,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>244,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>244,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>244,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1-4 квартал (январь декабрь) 2024 год, 1-4 квартал (январь декабрь) 2025 год, 1-4 квартал (январь декабрь) 2026 год, 1-4 квартал (январь декабрь) 2027 год, 1-4 квартал (январь декабрь</w:t>
-[...8 lines deleted...]
-              <w:t>) 2028 год,</w:t>
+              <w:t xml:space="preserve">1-4 квартал (январь декабрь) 2024 год, 1-4 квартал (январь </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>декабрь) 2025 год, 1-4 квартал (январь декабрь) 2026 год, 1-4 квартал (январь декабрь) 2027 год, 1-4 квартал (январь декабрь) 2028 год,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">ической базе администрации муниципального образования </w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Создание, публикация и распространение фото- и видеоматериалов, плакатов листовок, буклетов и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">других раздаточных материалов, освещающих деятельность органов местного самоуправления муниципального образования и  изготовленных на материально-технической базе администрации муниципального образования </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Управление службы протокола и информационной политики администрации муниципального образования </w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Управление службы протокола и информационной политики администрации муниципальн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ого образования </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Краевой бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Федеральный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...11 lines deleted...]
-              <w:t>Местный бюджет</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Местный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1120,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>143,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>244,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>244,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>244,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>244,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Внебюджетные источники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...11 lines deleted...]
-              <w:t>1.2.3</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.2.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...20 lines deleted...]
-              <w:t>о-экономическом развитии Кореновского района, проводимых мероприятиях в Кореновском районе</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Обеспечение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>доступа к информации о социально-экономическом развитии Кореновского района, проводимых мероприятиях в Кореновском районе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>623,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>55,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>142,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>142,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>142,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>142,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1-4 квартал (январь декабрь) 2024 год, 1-4 квартал (январь декабрь) 2025 год, 1-4 квартал (январь декабрь) 2026 год, 1-4 к</w:t>
-[...8 lines deleted...]
-              <w:t>вартал (январь декабрь) 2027 год, 1-4 квартал (январь декабрь) 2028 год,</w:t>
+              <w:t xml:space="preserve">1-4 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>квартал (январь декабрь) 2024 год, 1-4 квартал (январь декабрь) 2025 год, 1-4 квартал (январь декабрь) 2026 год, 1-4 квартал (январь декабрь) 2027 год, 1-4 квартал (январь декабрь) 2028 год,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...26 lines deleted...]
-              <w:t>равления муниципального образования и</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Создание, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">публикация и распространение текстовых, фото- и видеоматериалов, плакатов листовок, буклетов и других раздаточных материалов, освещающих </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>деятельность органов местного самоуправления муниципального образования и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> изготовленных силами сторонних издательств и редакций</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Управление службы протокола и информационной политики администрации муниципального образования </w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Управление </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">службы протокола и информационной политики администрации муниципального образования </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...20 lines deleted...]
-              <w:t>т</w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Федеральный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Местный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>623,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>55,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>142,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>142,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>142,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>142,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Внебюджетные источники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ИТОГО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19089,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -19008,948 +18600,949 @@
                 <w:kern w:val="2"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3946,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3531,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3531,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3531,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">ление службы протокола и информационной политики администрации муниципального образования </w:t>
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Управление службы протокола и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">информационной политики администрации муниципального образования </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>Краевой бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>Федеральный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>Местный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>19089,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -19962,609 +19555,609 @@
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>546</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3946,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3531,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3531,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:pStyle w:val="af0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3531,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr w:rsidR="00C80E52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>Внебюджетные источники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="852" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
               <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+          <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:suppressLineNumbers/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
                 <w:kern w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
           <w:kern w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Заместитель главы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>муниципального образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Краснодарского края</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
@@ -20700,282 +20293,288 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  А.Е. Дружинкин</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C14912">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00000000">
+    <w:sectPr w:rsidR="00C80E52">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00F9506C" w:rsidRDefault="00F9506C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00F9506C" w:rsidRDefault="00F9506C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
+    <w:altName w:val="Liberation Mono"/>
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
+    <w:panose1 w:val="020B0603030804020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A246029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Andale Sans UI">
     <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="CC"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00F9506C" w:rsidRDefault="00F9506C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+    <w:p w:rsidR="00F9506C" w:rsidRDefault="00F9506C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+  <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+  <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+  <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidRDefault="00C14912">
+  <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00000000" w:rsidRDefault="00C14912"/>
+  <w:p w:rsidR="00C80E52" w:rsidRDefault="00C80E52"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
+      <w:pStyle w:val="1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
+      <w:pStyle w:val="2"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
+      <w:pStyle w:val="3"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
@@ -21029,51 +20628,51 @@
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:defaultTableStyle w:val="a"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:strictFirstAndLastChars/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -21081,76 +20680,80 @@
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:adjustLineHeightInTable/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C14912"/>
+    <w:rsid w:val="000C0271"/>
     <w:rsid w:val="00C14912"/>
+    <w:rsid w:val="00C80E52"/>
+    <w:rsid w:val="00F9506C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6615CA2D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{513F8C0B-8593-467F-BF8B-35F3504265A3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -21596,52 +21199,52 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a2">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a3">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DefaultParagraphFont">
-    <w:name w:val="Default Paragraph Font"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Основной шрифт абзаца1"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z0">
     <w:name w:val="WW8Num1z0"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z1">
     <w:name w:val="WW8Num1z1"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z2">
     <w:name w:val="WW8Num1z2"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z3">
     <w:name w:val="WW8Num1z3"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z4">
     <w:name w:val="WW8Num1z4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z5">
     <w:name w:val="WW8Num1z5"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z6">
     <w:name w:val="WW8Num1z6"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z7">
     <w:name w:val="WW8Num1z7"/>
   </w:style>
@@ -21760,115 +21363,111 @@
     <w:name w:val="WW8Num4z4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z5">
     <w:name w:val="WW8Num4z5"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z6">
     <w:name w:val="WW8Num4z6"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z7">
     <w:name w:val="WW8Num4z7"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z8">
     <w:name w:val="WW8Num4z8"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z1">
     <w:name w:val="WW8Num2z1"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z2">
     <w:name w:val="WW8Num2z2"/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+  <w:style w:type="character" w:customStyle="1" w:styleId="12">
     <w:name w:val="Основной шрифт абзаца1"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="pagenumber">
-[...1 lines deleted...]
-    <w:basedOn w:val="11"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="13">
+    <w:name w:val="Номер страницы1"/>
+    <w:basedOn w:val="12"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Символ нумерации"/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Цветовое выделение"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="26282F"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="12">
+  <w:style w:type="character" w:customStyle="1" w:styleId="14">
     <w:name w:val="Гиперссылка1"/>
     <w:rPr>
       <w:color w:val="000080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle24">
     <w:name w:val="Font Style24"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle33">
     <w:name w:val="Font Style33"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:spacing w:val="10"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Основной текст Знак"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:rFonts w:ascii="TimesNewRoman" w:hAnsi="TimesNewRoman" w:cs="TimesNewRoman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft YaHei" w:hAnsi="Arial" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a0">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
@@ -21917,74 +21516,74 @@
     <w:name w:val="Caption1"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="caption11">
     <w:name w:val="caption11"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="indexheading">
-    <w:name w:val="index heading"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
+    <w:name w:val="Указатель1"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="caption111">
     <w:name w:val="caption111"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="16">
     <w:name w:val="Указатель1"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
     <w:name w:val="Основной текст 21"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyTextIndented">
     <w:name w:val="Body Text;Indented"/>
@@ -22085,81 +21684,81 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="af2">
     <w:name w:val="Заголовок таблицы"/>
     <w:basedOn w:val="af0"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Верхний колонтитул слева"/>
     <w:basedOn w:val="ac"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4677"/>
         <w:tab w:val="clear" w:pos="9355"/>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17">
     <w:name w:val="Обычный1"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="DejaVu Sans"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="p6">
     <w:name w:val="p6"/>
-    <w:basedOn w:val="14"/>
+    <w:basedOn w:val="17"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
       <w:spacing w:after="280" w:line="100" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Tahoma"/>
       <w:color w:val="00000A"/>
       <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BalloonText">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="18">
+    <w:name w:val="Текст выноски1"/>
     <w:basedOn w:val="a"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -22402,51 +22001,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
+  <Pages>20</Pages>
   <Words>3704</Words>
   <Characters>21118</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>175</Lines>
   <Paragraphs>49</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>24773</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Об утверждении Порядка принятия решения о разработке,</dc:title>
   <dc:subject/>
   <dc:creator>алекс</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>