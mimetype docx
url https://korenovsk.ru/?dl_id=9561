--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,1791 +1,3621 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:lang/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
-          <w:lang/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:51pt;height:65.25pt" filled="t">
-[...1 lines deleted...]
-            <v:imagedata r:id="rId5" o:title="" croptop="-3f" cropbottom="-3f" cropleft="-4f" cropright="-4f"/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:50.25pt;height:57.75pt" filled="t">
+            <v:fill color2="black"/>
+            <v:imagedata r:id="rId7" o:title="" croptop="-697f" cropbottom="-697f" cropleft="-870f" cropright="-870f"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
-[...7 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:lang/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
-[...180 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="28"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="28"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="28"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a6"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:pPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>от 05.11.2025                                                                                                                           №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1542</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Об утверждении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Порядка поступления обращения гражданина, замещавшего в администрации муниципального образования Кореновский муниципальный район Краснодарского края должность муниципальной службы, включенную в перечень должностей,  о да</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>че согласия на замещение должности в коммерческой или некоммерческой организации либо на выполнение работы на условиях гражданско-правового договора в коммерческой или некоммерческой организации,  до истечения двух лет со дня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>увольнения с муниципальной слу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жбы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В соответствии с Федеральным законом от 25 декабря 2008 года №273-ФЗ «О противодействии коррупции», Федеральным законом от 20 марта 2025 года №33-ФЗ «Об общих принципах организации местного самоуправления в единой системе публичной власти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Указом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Президента Российской Федерации от 01 июля 2010 года №821 «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>О комиссиях по соблюдению требований к служебному поведению федеральных государственных служащих и урегулированию конфликта интересов»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, подпунктом 2 пункта 14 Положения о комиссии по соблюдению тре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бований к служебному поведению муниципальных служащих и урегулированию конфликта интересов на муниципальной службе в администрации муниципального образования Кореновский муниципальный район Краснодарского края, утвержденного постановлением администрации му</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ниципального образования Кореновский муниципальный район Краснодарского края от 05 мая 2025 года №525, администрация муниципального образования Кореновский муниципальный район Краснодарского края п о с т а н о в л я е т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...39 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        <w:t>1. Утвердить Порядок поступления о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бращения гражданина, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>замещавшего в администрации муниципального образования Кореновский  муниципальный район Краснодарского края должность муниципальной службы, включенную в перечень должностей,  о даче согласия на замещение должности в коммерческой или не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коммерческой организации либо на выполнение работы на условиях гражданско-правового договора в коммерческой или некоммерческой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>организации,  до истечения двух лет со дня увольнения с муниципальной службы»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (прилагается).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="sub_12"/>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...35 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Управлению службы протокола и ин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>формационной политики администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> официально обнародовать настоящее постановление в установленном порядке и разместить на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>официальном сайте администрации  муниципального образ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>информационно - телекоммуникационной сети «Интернет»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...32 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Контроль за выполнением настоящего постановления возложить на заместителя главы муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>он</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И.А. Максименко.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...23 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4. Постановление вступает в силу после его официального обнародования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Глава</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
-[...10 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>муниципального образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
-[...284 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края                                                         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          С.А. Голобородько</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="4527" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...4 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4819"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5219"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5219" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
             <w:pPr>
+              <w:pageBreakBefore/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПРИЛОЖЕНИЕ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к постановлению администрации  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 05.11.2025  № 1542</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПОРЯДОК </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>поступления обращения гражданина, замещавшего в администрации муниципал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ьного образования Кореновский муниципальный район Краснодарского края должность муниципальной службы, включенную в перечень должностей,  о даче согласия на замещение должности в коммерческой или некоммерческой организации либо на выполнение работы на услов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>иях гражданско-правового договора в коммерческой или некоммерческой организации, до истечения двух лет со дня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>увольнения с муниципальной службы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Обращение о даче согласия на замещение должности в коммерческой или некоммерческой организации либо на выпо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лнение работы на условиях гражданско-правового договора в коммерческой или некоммерческой организации, если отдельные функции по муниципальному управлению этой организацией входили в его должностные (служебные) обязанности (далее- обращение) подается гражд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анином, замещавшим в администрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее - администрация), должность муниципальной службы, включенную в перечень должностей, предусмотренные статьей 12  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Федерального закона </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25 декабря 2008 года №273-ФЗ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О противодействии коррупции», утвержденного нормативным правовым актом администрации, если отдельные функции по муниципальному управлению этой организацией входили в его должностные (служебные) обязанности, до истечения двух л</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ет со дня увольнения с муниципальной службы в администрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Обращение подается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>должностному лицу отдела по профилактике коррупционных правонарушений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правового управления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>министрации муниципального образования Кореновский муниципальный район Краснодарского края, либо должностным лицам отраслевых (функциональных) органов администрации муниципального образования Кореновский муниципальный район Краснодарского края,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обладающих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прав</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> юридического лица, ответственным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">за </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профилактик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коррупционных правонарушений (далее – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ответственное должностное лицо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>), где гражданин ранее замещал должность муниципальной службы по форме, согласно приложению к настоящему Порядку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Обращение может</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> быть подано муниципальным служащим, планирующим свое увольнение с муниципальной службы в администрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Обращение, поступившее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ответственному должностному лицу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, регистрирует</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ся в тот же день в установленном порядке в журнале регистрации информации, содержащей основания для проведения заседания комиссии по соблюдению требований к служебному поведению муниципальных служащих и урегулированию конфликта интересов на муниципальной с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лужбе в администрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Краснодарского края (Журнал регистрации заявлений о соблюдении требований к служебному поведению, урегулированию конфликта интересов)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. В обращении указываются: фамилия, имя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, отчество гражданина, дата его рождения, адрес места жительства, замещаемые должности в течение последних двух лет до дня увольнения с муниципальной службы, наименование, местонахождение коммерческой или некоммерческой организации, характер ее деятельност</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и, должностные (служебные) обязанности, исполняемые гражданином во время замещения им должности муниципальной службы, функции по муниципальному управлению в отношении коммерческой или некоммерческой организации, вид договора (трудовой или гражданско-правов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой), предполагаемый срок его действия, сумма оплаты за выполнение (оказание) по договору работ (услуг). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ответственным д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олжностным лиц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляется рассмотрение обращения, по результатам которого подготавливается мотивированное заключение по существ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у обращения с учетом требований статьи 12  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Федерального закона  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от   25 декабря 2008 года №273-ФЗ "О противодействии коррупции».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При подготовке мотивированного заключения по результатам рассмотрения уведомления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ответственное </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должностн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ое</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лиц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> име</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т право</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводить собеседование с муниципальным служащим, представившим уведомление, получать от него письменные пояснения, а глава муниципального образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кореновский муниципальный район Краснодарского края, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>представител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нанимателя (работодател</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) могут напра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">влять </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в установленном порядке запросы в государственные органы, органы местного самоуправления и заинтересованные организации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. Обращение, мотивированное заключение и другие материалы в течение семи рабочих дней со дня поступления обращения представляют</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся председателю комиссии по соблюдению требований к служебному поведению и урегулированию конфликта интересов на муниципальной службе в администрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>омиссия). В случае направления запросов обращение, з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аключение и другие материалы представляются председателю </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>омиссии в течение 45 дней со дня поступления уведомления. Указанный срок может быть продлен, но не более чем на 30 дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9. Комиссия рассматривает обращение, мотивированное заключение и другие матер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иалы и принимает по ним решени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в порядке, установленном Положением о </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">омиссии, утвержденным нормативным правовым актом администрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный  ра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>йон Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>10. Копия протокола или выписка из него н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>аправляется в организацию, в которой гражданин, замещавший должность муниципальной службы, планирует замещать должность (выполнять работу), в течение 3 рабочих дней со дня принятия Комиссией решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>11. Гражданин, замещавший должность муниципальной службы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, при согласии Комиссии на замещение должности либо выполнени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы на условиях гражданско-правового договора в организации, если отдельные функции по муниципальному управлению этой организацией входили в его должностные (служебные) обязанности, обязан п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ри заключении трудового договора и (или) гражданско-правового договора сообщить работодателю сведения о последнем месте службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края                             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        И.А. Максименко</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="3402" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6096"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6096" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+            <w:pPr>
+              <w:pageBreakBefore/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Калояниди</w:t>
+              <w:t xml:space="preserve">ПРИЛОЖЕНИЕ </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
-[...14 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">- учитель начальных классов муниципального  автономного некоммерческого  общеобразовательного  учреждения средней </w:t>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>общеобразовательной школы № 6 имени И.Е.Убийко    муниципального образования Кореновский район (представитель работников автономного учреждения) (по согласованию);</w:t>
-[...62 lines deleted...]
-              <w:t>- заместитель начальника управления образования админист</w:t>
+              <w:t xml:space="preserve">орядку </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>рации муниципального образования Кореновский район (представитель учредителя автономного   учреждения);</w:t>
+              <w:t xml:space="preserve">поступления обращения гражданина, </w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:pStyle w:val="a7"/>
+            <w:r>
               <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...3 lines deleted...]
-              <w:pStyle w:val="a7"/>
+              <w:t>замещавшего в администрации муниципального образования Кореновский муниципальный район Краснодарского края должность муниципальной службы, включ</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">енную в перечень должностей,  о даче согласия на замещение должности в коммерческой или некоммерческой организации либо на выполнение работы на условиях гражданско-правового договора в коммерческой или некоммерческой организации,  до истечения двух лет со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дня увольнения с муниципальной службы»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="4678" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5068"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5068" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r>
+              <w:t>_________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+            <w:r>
+              <w:t>__________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
             <w:pPr>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>__________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_______</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Палиев  </w:t>
+              <w:t>(указывается подразделение)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
-            <w:r>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...16 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>- председатель Кореновской районной организации Краснодарской краевой общественной организации  ветеранов (пенсионеров, ин</w:t>
+              <w:t>От</w:t>
+            </w:r>
+            <w:r>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:t>_____</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">валидов) войны, труда, вооруженных сил и правоохранительных органов </w:t>
+              <w:t>______________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ФИО, адрес проживания, регистрации,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:t>____________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>(представитель общественности) (по согласованию);</w:t>
+              <w:t>____________</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>телефон, замещаемая должность</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-[...25 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:t>____________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Мирошниченко</w:t>
+              <w:t>_________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Елена Владимировна</w:t>
+              <w:t>муниципальной службы на дату увольнения)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
             <w:pPr>
-              <w:rPr>
-[...425 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
-[...1 lines deleted...]
-        <w:ind w:left="708"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ОБРАЩЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-        <w:ind w:left="708"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о даче согласия на замещение должности в коммерческой или некоммерческой организации (выполнение работы на условиях трудового или гражданско-правового  договора в коммерческой (некоммерческой) орг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>анизации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Я, _________________________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(ФИО)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, увольняюсь (был(а) уволен(а)) с муниципальной службы «___» __________ 20___г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Предполагаю, что в последующем буду замещать должность (выполнять работу (оказывать услуги) в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствии с трудовым или гражданско-правовым договором)______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование должности/вид работы, вид договора)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в ________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-        <w:ind w:firstLine="9"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:ind w:firstLine="9"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В мои должностные обязанности будут входить следующие функции (предметом гражданско-правового договора будут являться):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-        <w:ind w:firstLine="9"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:t>___________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>указать какие функции/ предмет договора</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>______________________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В связи с тем, что при зам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ещении должности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование должности, которую гражданин  замещал в муниципальном органе, включенную в перечень, установленный нормативными  правовыми актами  РФ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мои обязанности входили следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать какие)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Прошу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вас в соответствии со статьей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12 Федерального закона от 25.12.2008 г. №273 «О противодействии коррупции» </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">дать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мне </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">согласие на замещение должности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в (заключение гражданско - правового договора с) ___________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________________________________________________________________                                                                                                                                                                                             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                                                                                                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(указать наименование организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3456"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Вид договора (трудовой или гражданско-правовой)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>______________________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Предполагаемый срок его дейст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вия___________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
+        <w:t>Сумма оплаты за выполнение (оказание) по договору работ (услуг)*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Информацию о принятом комиссией решении прошу направить на м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ое имя по адресу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>указывается адрес фактического проживания гражданина для направления решени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я по почте, адрес электронной почты, телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t>*Заполняется в случае обращения о даче согласия на выполнение работ (оказания услуг) на условиях гражданско-правового договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">      </w:t>
-[...5 lines deleted...]
-        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Намереваюсь (не намереваюсь) лично присутствовать на заседании Комиссии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по соблю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дению требований к служебному поведению муниципальных служащих и урегулированию конфликта интересов на муниципальной службе при рассмотрении настоящего обращения (нужное подчеркнуть).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">                 С.М.Батог</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="00AA2139">
+        <w:t xml:space="preserve">"____" _____________ 20 ___ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г.                      __________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...13 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(подпись, инициалы и фамилия заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   И.А. Максименко</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="567" w:bottom="567" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1172" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Andale Sans UI">
+    <w:altName w:val="Arial Unicode MS"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lucida Sans Unicode">
-    <w:panose1 w:val="020B0602030504020204"/>
+  <w:font w:name="XO Thames">
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Microsoft YaHei">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Liberation Mono">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="NSimSun">
+    <w:panose1 w:val="02010609030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+    <w:pPr>
+      <w:pStyle w:val="af7"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+    <w:pPr>
+      <w:pStyle w:val="af3"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>7</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F84351">
+    <w:pPr>
+      <w:pStyle w:val="af7"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
@@ -1868,157 +3698,417 @@
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00000002"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000002"/>
+    <w:name w:val="WW8Num2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00000003"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000003"/>
+    <w:name w:val="WW8Num3"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="27"/>
+        <w:szCs w:val="27"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="706"/>
   <w:defaultTableStyle w:val="a"/>
+  <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:strictFirstAndLastChars/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
-    <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AA2139"/>
-    <w:rsid w:val="00AA2139"/>
+    <w:rsidRoot w:val="00F84351"/>
+    <w:rsid w:val="00F84351"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormenu v:ext="edit" fillcolor="none [4]" strokecolor="none [1]" shadowcolor="none [2]"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{80D1126B-3C7F-4263-BEE0-E3652CB75D86}"/>
+  <w15:docId w15:val="{764F123B-D215-4F5F-BA34-E3FF7C85232E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
@@ -2341,424 +4431,2819 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="zh-CN"/>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Andale Sans UI"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:ilvl w:val="1"/>
-        <w:numId w:val="1"/>
+        <w:numId w:val="3"/>
       </w:numPr>
+      <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="24"/>
-[...3 lines deleted...]
-    <w:name w:val="heading 4"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:ilvl w:val="3"/>
-        <w:numId w:val="1"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="111"/>
+    <w:next w:val="a0"/>
+    <w:qFormat/>
+    <w:pPr>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="48"/>
+      <w:i/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="111"/>
+    <w:next w:val="a0"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...3 lines deleted...]
-      </w:numPr>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
+      <w:b/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="111"/>
+    <w:next w:val="a0"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...4 lines deleted...]
-      <w:jc w:val="center"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="24"/>
+      <w:sz w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="111"/>
+    <w:next w:val="a0"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...4 lines deleted...]
-      <w:jc w:val="center"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="111"/>
+    <w:next w:val="a0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="111"/>
+    <w:next w:val="a0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="a2">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="a3">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z0">
+    <w:name w:val="WW8Num3z0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z0">
+    <w:name w:val="WW8Num1z0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Символ нумерации"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Основной шрифт абзаца1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle30">
+    <w:name w:val="Font Style30"/>
+    <w:basedOn w:val="10"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel3">
+    <w:name w:val="ListLabel 3"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Emphasis"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z0">
+    <w:name w:val="WW8Num4z0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z8">
+    <w:name w:val="WW8Num2z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z7">
+    <w:name w:val="WW8Num2z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z6">
+    <w:name w:val="WW8Num2z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z5">
+    <w:name w:val="WW8Num2z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z4">
+    <w:name w:val="WW8Num2z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z3">
+    <w:name w:val="WW8Num2z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z2">
+    <w:name w:val="WW8Num2z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z1">
+    <w:name w:val="WW8Num2z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
+    <w:name w:val="WW8Num2z0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Гипертекстовая ссылка"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="106BBE"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Основной шрифт абзаца4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel4">
+    <w:name w:val="ListLabel 4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel5">
+    <w:name w:val="ListLabel 5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel6">
+    <w:name w:val="ListLabel 6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel7">
+    <w:name w:val="ListLabel 7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel8">
+    <w:name w:val="ListLabel 8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel9">
+    <w:name w:val="ListLabel 9"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel10">
+    <w:name w:val="ListLabel 10"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel11">
+    <w:name w:val="ListLabel 11"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel12">
+    <w:name w:val="ListLabel 12"/>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Основной шрифт абзаца2"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel18">
+    <w:name w:val="ListLabel 18"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel17">
+    <w:name w:val="ListLabel 17"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel16">
+    <w:name w:val="ListLabel 16"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel15">
+    <w:name w:val="ListLabel 15"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel14">
+    <w:name w:val="ListLabel 14"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel13">
+    <w:name w:val="ListLabel 13"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel2">
+    <w:name w:val="ListLabel 2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel1">
+    <w:name w:val="ListLabel 1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Заголовок2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading61">
+    <w:name w:val="Heading 61"/>
+    <w:basedOn w:val="21"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading21">
+    <w:name w:val="Heading 21"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Цитата1"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading41">
+    <w:name w:val="Heading 41"/>
+    <w:basedOn w:val="21"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Title1">
+    <w:name w:val="Title1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1">
+    <w:name w:val="WW-Absatz-Standardschriftart1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption111111">
+    <w:name w:val="Caption111111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Subtitle1">
+    <w:name w:val="Subtitle1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Название объекта2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Textbody">
+    <w:name w:val="Text body"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="List1">
+    <w:name w:val="List1"/>
+    <w:basedOn w:val="Textbody"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents5">
+    <w:name w:val="Contents 5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption1111">
+    <w:name w:val="Caption1111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption11111111">
+    <w:name w:val="Caption11111111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption1111111111">
+    <w:name w:val="Caption1111111111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents8">
+    <w:name w:val="Contents 8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111">
+    <w:name w:val="WW-Absatz-Standardschriftart111"/>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Absatz-Standardschriftart"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents9">
+    <w:name w:val="Contents 9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption111111111">
+    <w:name w:val="Caption111111111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderandFooter">
+    <w:name w:val="Header and Footer"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents1">
+    <w:name w:val="Contents 1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading81">
+    <w:name w:val="Heading 81"/>
+    <w:basedOn w:val="21"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Footnote">
+    <w:name w:val="Footnote"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption111">
+    <w:name w:val="Caption111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading11">
+    <w:name w:val="Heading 11"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading51">
+    <w:name w:val="Heading 51"/>
+    <w:basedOn w:val="21"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption11111111111">
+    <w:name w:val="Caption11111111111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents3">
+    <w:name w:val="Contents 3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="100">
+    <w:name w:val="Заголовок 10"/>
+    <w:basedOn w:val="21"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="caption2">
+    <w:name w:val="caption2"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Указатель1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading91">
+    <w:name w:val="Heading 91"/>
+    <w:basedOn w:val="21"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption1">
+    <w:name w:val="Caption1"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading31">
+    <w:name w:val="Heading 31"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Endnote">
+    <w:name w:val="Endnote"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+    <w:name w:val="Текст выноски2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents7">
+    <w:name w:val="Contents 7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption11111">
+    <w:name w:val="Caption11111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents6">
+    <w:name w:val="Contents 6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11">
+    <w:name w:val="WW-Absatz-Standardschriftart11"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading71">
+    <w:name w:val="Heading 71"/>
+    <w:basedOn w:val="21"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents4">
+    <w:name w:val="Contents 4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Указатель3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents2">
+    <w:name w:val="Contents 2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart">
     <w:name w:val="WW-Absatz-Standardschriftart"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1">
-[...17 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption1111111">
+    <w:name w:val="Caption1111111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption11">
+    <w:name w:val="Caption11"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle33">
+    <w:name w:val="Font Style33"/>
+    <w:basedOn w:val="40"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Цветовое выделение"/>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="26282F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Цветовое выделение для Текст"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="24">
+    <w:name w:val="Основной текст 2 Знак"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="31">
+    <w:name w:val="Основной текст с отступом 3 Знак"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="32">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="33">
+    <w:name w:val="Основной текст 3 Знак"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="25">
+    <w:name w:val="Основной текст с отступом 2 Знак"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Основной текст Знак"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z8">
+    <w:name w:val="WW8Num9z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z7">
+    <w:name w:val="WW8Num9z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z6">
+    <w:name w:val="WW8Num9z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z5">
+    <w:name w:val="WW8Num9z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z4">
+    <w:name w:val="WW8Num9z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z3">
+    <w:name w:val="WW8Num9z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z2">
+    <w:name w:val="WW8Num9z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z1">
+    <w:name w:val="WW8Num9z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z0">
+    <w:name w:val="WW8Num9z0"/>
+    <w:rPr>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num8z0">
+    <w:name w:val="WW8Num8z0"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z8">
+    <w:name w:val="WW8Num7z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z7">
+    <w:name w:val="WW8Num7z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z6">
+    <w:name w:val="WW8Num7z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z5">
+    <w:name w:val="WW8Num7z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z4">
+    <w:name w:val="WW8Num7z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z3">
+    <w:name w:val="WW8Num7z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z2">
+    <w:name w:val="WW8Num7z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z1">
+    <w:name w:val="WW8Num7z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z0">
+    <w:name w:val="WW8Num7z0"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z8">
+    <w:name w:val="WW8Num6z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z7">
+    <w:name w:val="WW8Num6z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z6">
+    <w:name w:val="WW8Num6z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z5">
+    <w:name w:val="WW8Num6z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z4">
+    <w:name w:val="WW8Num6z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z3">
+    <w:name w:val="WW8Num6z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z2">
+    <w:name w:val="WW8Num6z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z1">
+    <w:name w:val="WW8Num6z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z0">
+    <w:name w:val="WW8Num6z0"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z8">
+    <w:name w:val="WW8Num5z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z7">
+    <w:name w:val="WW8Num5z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z6">
+    <w:name w:val="WW8Num5z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z5">
+    <w:name w:val="WW8Num5z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z4">
+    <w:name w:val="WW8Num5z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z3">
+    <w:name w:val="WW8Num5z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z2">
+    <w:name w:val="WW8Num5z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z1">
+    <w:name w:val="WW8Num5z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z0">
+    <w:name w:val="WW8Num5z0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z8">
+    <w:name w:val="WW8Num3z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z7">
+    <w:name w:val="WW8Num3z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z6">
+    <w:name w:val="WW8Num3z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z5">
+    <w:name w:val="WW8Num3z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z4">
+    <w:name w:val="WW8Num3z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z3">
+    <w:name w:val="WW8Num3z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z2">
+    <w:name w:val="WW8Num3z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z1">
+    <w:name w:val="WW8Num3z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z8">
+    <w:name w:val="WW8Num1z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z7">
+    <w:name w:val="WW8Num1z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z6">
+    <w:name w:val="WW8Num1z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z5">
+    <w:name w:val="WW8Num1z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z4">
+    <w:name w:val="WW8Num1z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z3">
+    <w:name w:val="WW8Num1z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z2">
+    <w:name w:val="WW8Num1z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z1">
+    <w:name w:val="WW8Num1z1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
     <w:name w:val="Заголовок1"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a3"/>
+    <w:next w:val="a0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a0">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:jc w:val="both"/>
-[...5 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="List"/>
-    <w:basedOn w:val="a3"/>
+    <w:basedOn w:val="a0"/>
     <w:rPr>
       <w:rFonts w:cs="Tahoma"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
-      <w:sz w:val="24"/>
-[...3 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26">
     <w:name w:val="Указатель2"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
-    <w:name w:val="Название1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="111">
+    <w:name w:val="Заголовок111"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="110">
+    <w:name w:val="Заголовок11"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Tahoma"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption3">
+    <w:name w:val="Caption3"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Tahoma"/>
       <w:i/>
       <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Указатель21"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Tahoma"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Содержимое таблицы"/>
+    <w:basedOn w:val="a0"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Заголовок таблицы"/>
+    <w:basedOn w:val="af0"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Колонтитул"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="af2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Текст в заданном формате"/>
+    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Mono" w:eastAsia="NSimSun" w:hAnsi="Liberation Mono" w:cs="Liberation Mono"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
+    <w:name w:val="Содержимое врезки"/>
+    <w:basedOn w:val="a"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsTitle">
+    <w:name w:val="ConsTitle"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:ind w:right="19772"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1121">
+    <w:name w:val="Заголовок1121"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
       <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption5">
+    <w:name w:val="Caption5"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="220">
+    <w:name w:val="Указатель22"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="120">
+    <w:name w:val="Текст выноски12"/>
+    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z81">
+    <w:name w:val="WW8Num2z81"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z21">
+    <w:name w:val="WW8Num2z21"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="112">
+    <w:name w:val="Цитата11"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:ind w:left="1134" w:right="-766"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart12">
+    <w:name w:val="WW-Absatz-Standardschriftart12"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1111112">
+    <w:name w:val="Caption1111112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z21">
+    <w:name w:val="WW8Num3z21"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z41">
+    <w:name w:val="WW8Num3z41"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af6">
+    <w:name w:val="Subtitle"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:i/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="34">
+    <w:name w:val="Основной шрифт абзаца3"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14">
+    <w:name w:val="Название объекта1"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="310">
+    <w:name w:val="Заголовок 3 Знак1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:eastAsia="NSimSun" w:hAnsi="Calibri Light" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="26"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z11">
+    <w:name w:val="WW8Num1z11"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="50">
+    <w:name w:val="toc 5"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="800"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z41">
+    <w:name w:val="WW8Num2z41"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption11112">
+    <w:name w:val="Caption11112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption111111112">
+    <w:name w:val="Caption111111112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z01">
+    <w:name w:val="WW8Num3z01"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
+    <w:name w:val="Символ нумерации1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption11111111112">
+    <w:name w:val="Caption11111111112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="80">
+    <w:name w:val="toc 8"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="1400"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1112">
+    <w:name w:val="WW-Absatz-Standardschriftart1112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z71">
+    <w:name w:val="WW8Num2z71"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z61">
+    <w:name w:val="WW8Num1z61"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z61">
+    <w:name w:val="WW8Num2z61"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z51">
+    <w:name w:val="WW8Num1z51"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Absatz-Standardschriftart1">
+    <w:name w:val="Absatz-Standardschriftart1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="90">
+    <w:name w:val="toc 9"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="1600"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1111111112">
+    <w:name w:val="Caption1111111112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z81">
+    <w:name w:val="WW8Num3z81"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="16">
+    <w:name w:val="toc 1"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footnote1">
+    <w:name w:val="Footnote1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:firstLine="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Internetlink">
+    <w:name w:val="Internet link"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z11">
+    <w:name w:val="WW8Num3z11"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1112">
+    <w:name w:val="Caption1112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z61">
+    <w:name w:val="WW8Num3z61"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z71">
+    <w:name w:val="WW8Num3z71"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="113">
+    <w:name w:val="Основной шрифт абзаца11"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption111111111111">
+    <w:name w:val="Caption111111111111"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z11">
+    <w:name w:val="WW8Num2z11"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="35">
+    <w:name w:val="toc 3"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="400"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z31">
+    <w:name w:val="WW8Num1z31"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z71">
+    <w:name w:val="WW8Num1z71"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z51">
+    <w:name w:val="WW8Num3z51"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z41">
+    <w:name w:val="WW8Num1z41"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="101">
+    <w:name w:val="Заголовок 101"/>
+    <w:basedOn w:val="111"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="caption311">
+    <w:name w:val="caption311"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z51">
+    <w:name w:val="WW8Num2z51"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z01">
+    <w:name w:val="WW8Num2z01"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111111"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="114">
+    <w:name w:val="Указатель11"/>
+    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z31">
+    <w:name w:val="WW8Num3z31"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption12">
+    <w:name w:val="Caption12"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Endnote1">
+    <w:name w:val="Endnote1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:firstLine="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z01">
+    <w:name w:val="WW8Num1z01"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DefaultParagraphFont1">
+    <w:name w:val="Default Paragraph Font1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="115">
+    <w:name w:val="Текст выноски11"/>
+    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="70">
+    <w:name w:val="toc 7"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="1200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption111112">
+    <w:name w:val="Caption111112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="60">
+    <w:name w:val="toc 6"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="1000"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z81">
+    <w:name w:val="WW8Num1z81"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z21">
+    <w:name w:val="WW8Num1z21"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart112">
+    <w:name w:val="WW-Absatz-Standardschriftart112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="41">
+    <w:name w:val="toc 4"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="600"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z31">
+    <w:name w:val="WW8Num2z31"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="27">
+    <w:name w:val="toc 2"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart2">
+    <w:name w:val="WW-Absatz-Standardschriftart2"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11112">
+    <w:name w:val="WW-Absatz-Standardschriftart11112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption11111112">
+    <w:name w:val="Caption11111112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption112">
+    <w:name w:val="Caption112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2111">
+    <w:name w:val="Указатель2111"/>
+    <w:basedOn w:val="a"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption4">
+    <w:name w:val="Caption4"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af7">
+    <w:name w:val="Верхний колонтитул слева"/>
+    <w:basedOn w:val="af3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17">
+    <w:name w:val="Обычный1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="100" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="00000A"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af8">
+    <w:name w:val="Нормальный (таблица)"/>
+    <w:basedOn w:val="a"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af9">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afa">
+    <w:name w:val="Таблицы (моноширинный)"/>
+    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitle">
+    <w:name w:val="ConsPlusTitle"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-    </w:rPr>
-[...2 lines deleted...]
-    <w:name w:val="Указатель1"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="211">
+    <w:name w:val="Основной текст 21"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:suppressLineNumbers/>
-[...5 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a6">
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="280" w:after="119"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="18">
+    <w:name w:val="Знак1 Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afc">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:snapToGrid w:val="0"/>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283" w:firstLine="851"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afd">
+    <w:name w:val="Верхний и нижний колонтитулы"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="311">
+    <w:name w:val="Основной текст с отступом 31"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283" w:firstLine="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="312">
+    <w:name w:val="Основной текст 31"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:firstLine="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="212">
     <w:name w:val="Основной текст с отступом 21"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:ind w:firstLine="780"/>
+      <w:ind w:firstLine="851"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
-[...35 lines deleted...]
-    <w:name w:val="Цитата1"/>
+  <w:style w:type="paragraph" w:styleId="afe">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:pPr>
-[...2 lines deleted...]
-    <w:rPr>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="19">
+    <w:name w:val="Текст выноски1"/>
+    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2110">
+    <w:name w:val="Указатель211"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption31">
+    <w:name w:val="Caption31"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1120">
+    <w:name w:val="Заголовок112"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
       <w:sz w:val="28"/>
-    </w:rPr>
-[...2 lines deleted...]
-    <w:name w:val="Основной текст с отступом 31"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2120">
+    <w:name w:val="Указатель212"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:ind w:right="57" w:firstLine="170"/>
-[...1 lines deleted...]
-    <w:rPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption32">
+    <w:name w:val="Caption32"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1130">
+    <w:name w:val="Заголовок113"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
       <w:sz w:val="28"/>
-    </w:rPr>
-[...12 lines deleted...]
-      <w:kern w:val="2"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="230">
+    <w:name w:val="Указатель23"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption6">
+    <w:name w:val="Caption6"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="121">
+    <w:name w:val="Заголовок12"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
       <w:sz w:val="28"/>
-    </w:rPr>
-[...16 lines deleted...]
-      <w:bCs/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2983,54 +7468,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>719</Words>
-  <Characters>4103</Characters>
+  <Words>2147</Words>
+  <Characters>12240</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>102</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4813</CharactersWithSpaces>
+  <CharactersWithSpaces>14359</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>                                                 </dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>лдз</dc:creator>
+  <dc:creator>user</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>