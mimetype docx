--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,2415 +1,5516 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
-      <w:pPr>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pageBreakBefore/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:lang/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
-          <w:lang/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:51pt;height:65.25pt" filled="t">
-[...1 lines deleted...]
-            <v:imagedata r:id="rId5" o:title="" croptop="-3f" cropbottom="-3f" cropleft="-4f" cropright="-4f"/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:50.25pt;height:57.75pt" filled="t">
+            <v:fill color2="black"/>
+            <v:imagedata r:id="rId6" o:title="" croptop="-704f" cropbottom="-704f" cropleft="-879f" cropright="-879f"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
-[...7 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:lang/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
-[...138 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...39 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="28"/>
-[...214 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="2"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>от 05.11.2025                                                                                                                           №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:szCs w:val="28"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> кавалера Ордена Славы Владимира Ивановича Аманова</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1543</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3300"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении Порядка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...7 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уведомления муниципальным служащим администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>возникновении личной заинтересованности, которая приводит или может привести</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к ко</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нфликту интересов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...17 lines deleted...]
-        <w:pStyle w:val="a6"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В соответствии с Федеральным законом от 25 декабря 2008 года №273-ФЗ «О противодействии коррупции», Федеральным законом от 20 марта 2025 года №33-ФЗ «Об общих принципах организации местного самоуправления в единой системе публичной влас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ти», Указом Президента российской Федерации от 01 июля 2010 года №821 «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>О комиссиях по соблюдению требований к служебному поведению федеральных государственных служащих и урегулированию конфликта интересов»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, подпунктом 2 пункта 14 Положения о комиссии по со</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>блюдению требований к служебному поведению муниципальных служащих и урегулированию конфликта интересов на муниципальной службе в администрации муниципального образования Кореновский муниципальный район Краснодарского края, утвержденного постановлением адми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нистрации муниципального образования Кореновский муниципальный район Краснодарского края от 05 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мая 2025 года №525</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, администрация муниципального образования Кореновский муниципальный район Краснодарского края п о с т а н о в л я е т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1. Утвердить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ведомления муниципальным служащим администрации муниципального образования Кореновский муниципальный район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Краснодарского края о  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>возникновении личной заинтересованности, которая приводит или может привести к конфликту интересов (прилагается);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. Признать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утратившими силу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2.1. П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>остановлени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> администрации муниципального образования Кореновский район от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 08 сентября</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№1602</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Об утверждении Порядков поступления обращений, заявлений и уведомлений, являющихся основаниями для проведения заседания Комисс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ии по соблюдению требований к служебному поведению муниципальных служащих и урегулированию </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>2</w:t>
-[...13 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:t xml:space="preserve">конфликта интересов на муниципальной службе в администрации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...11 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кореновский район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.2. П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>остановление администрации муниципального образова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ния Кореновский район от 02 августа 2024 года №922 «О внесении изменений в постановление администрации муниципального образования Кореновский район от 08 сентября 2023 года №1602 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Об утверждении Порядков поступления обращений, заявлений и уведомлений, явля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ющихся основаниями для проведения заседания Комиссии по соблюдению требований к служебному поведению муниципальных служащих и урегулированию конфликта интересов на муниципальной службе в администрации муниципального образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кореновский район».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.3. По</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>становление администрации муниципального образования Кореновский район от 13 мая 2025 года №565 «О внесении изменений в постановление администрации муниципального образования Кореновский район от 08 сентября 2023 года №1602 «Об утверждении Порядков поступл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ения обращений, заявлений и уведомлений, являющихся основаниями для проведения заседания Комиссии по соблюдению требований к служебному поведению муниципальных служащих и урегулированию конфликта интересов на муниципальной службе в администрации муниципаль</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ного образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кореновский район (с изменениями, внесенными постановлением от                              02 августа 2024 года №922)».</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="sub_12"/>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Управлению службы протокола и информационной политики администрации муниципального образования Кореновский муницип</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>альный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> официально обнародовать настоящее постановление в установленном порядке и разместить на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">официальном сайте администрации  муниципального образования  Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>информационно - тел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>екоммуникационной сети «Интернет»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Контроль за выполнением настоящего постановления возложить на заместителя главы муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И.А. Максименко.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">5. Постановление вступает в силу после </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>его официального обнародования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Глава</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
-[...10 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>муниципального образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
-[...600 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                    С.А. Голобородько</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="4503" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5243"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5243" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+            <w:pPr>
+              <w:pageBreakBefore/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПРИЛОЖЕНИЕ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к постановлению администрации  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>муниципа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>льного образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 05.11.2025  № </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1543</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3300"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОРЯДОК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уведомления муниципальным служащим администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>возникновении л</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ичной заинтересованности, которая приводит или может привести</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к конфликту интересов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="sub_1001"/>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="sub_13"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящий Порядок определяет </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правила уведомления муниципальными служащими администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>далее - муниципальные служащие) о возникновении личной заинтересованности, которая приводит или может привести к конфликту интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Уведомление о возникновении личной заинтересованности, которая приводит или может привести к конфликту интересов (далее</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - уведомление), представляется муниципальными служащими согласно форме, предусмотренной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>риложением №1 к настоящему Порядку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Уведомление представляется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципальными служащими, для которых работодателем является глава муниципального образования Корен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">овский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, - должностному лицу о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тдела по профилактике коррупционных правонарушений правового управления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, ответственному за профилактику коррупционных правонарушений в  администрации муниципального образования Кореновски</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">й </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее – должностное лицо, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ответственное за профилактику коррупционных правонарушений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципальными служащими, работодателем для которых является представитель нанимателя (работодатель) отраслевых (функциональны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>х) органов администраци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, обладающих правами юридического лица (далее – представитель нанимателя (работодатель)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, - должностным лицам отраслевых (функциональных) органов админист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>раци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, обладающих правами юридического лица, ответственных за профилактику коррупционных правонарушений (далее – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ответственные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>должностные лица отраслевых (функциональных) орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уведомление подлежит </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>регистрации должностн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лицо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ответственным за профилактику коррупционных правонарушений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ответственными должностными лицами отраслевых (функциональных) органов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>урнале   регистрации уведомлений о возникновении личной</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="p_62_Копия_1"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заинте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ресованности при исполнении должностных обязанностей,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="p_63_Копия_1"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> которая приводит или может привести к конфликту интересов (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>далее - журнал регистрации уведомлений)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, образец которого предусмотрен Приложением №2 к настоящему Порядку, в день представления уведомления. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Копия уведомления с отметкой о регистрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>выдаётся муниципальному служащему под роспись в журнале регистрации уведомлений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Уведомление с отметкой о регистрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в течение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>одного рабочего дня после его регистрации направляется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>должностн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лицо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тственным за профилактику коррупционных правонарушений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> — главе муниципального образования Кореновский</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ответственными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>должностны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лица отраслевых (функциональных) органов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нанимателя (работодател</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ям</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. По поручению главы муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, представителя нанимателя (работодателя), уведомление рассматривается должностн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лицо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ответственным за профилактику коррупционных правонарушений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, кот</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орый осуществляет подготовку мотивированного заключения по результатам рассмотрения уведомления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в порядке, установленном Положением о комиссии по соблюдению требований к служебному поведению муниципальных служащих и урегулированию конфликта интересов на му</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ниципальной службе в администрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный район Краснодарского края (далее-Комиссия)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, утвержденным нормативным правовым актом администрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный район Краснодарск</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ого края (далее - постановление)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>. Комиссия рассматривает уведомление и принимает по нему решение, руководствуясь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">постановлением </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ьного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И.А. Максименко</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:pageBreakBefore/>
+        <w:widowControl/>
+        <w:ind w:left="3515"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:headerReference w:type="even" r:id="rId7"/>
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:headerReference w:type="first" r:id="rId9"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1172" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ № 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орядк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уведомления муниципальными служащими администрации муниципального образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о возникновении личной заинтересованности, которая приводит или может привести к конфликту интересов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="p_30"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="p_31"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(Ф.И.О. представителя нанимателя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="p_32"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="p_33"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Ф.И.О., </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>замещаемая</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="p_34"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">телефон)                                                                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="p_35"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:spacing w:after="283"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>УВЕДОМЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="p_37"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>о возникновении ли</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>чной заинтересованности при исполнении</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="p_38"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должностных обязанностей, которая приводит или может привести</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="14" w:name="p_39"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  к конфликту интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="p_40"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">В соответствии со статьей 11 Федерального закона от 25.12.2008 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№273-ФЗ</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="p_41"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "О противодействии коррупции"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сообщаю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о возникновении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>у меня личной</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="p_42"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заинтересованности при исполнении должностных обязанностей, которая</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="p_43"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приводит или может привести к конфликту интересов (нужное подчеркнуть).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="p_44"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Обстоятельства, являющиеся основанием возникновения личной</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="p_45"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заинтересованности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="p_46"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="p_47"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="p_49"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Должностные обязанности, на исполнение которых влияет или может</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="p_50"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> повлиять личная заинтересованность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="p_51"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="p_52"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="p_53"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Предлагаемые меры по предотвращению или урегулированию конфликта</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="p_54"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интересов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="p_55"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="p_56"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="p_58"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________           __________________         ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1172" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ата)         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    (подпись)                                       (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>асшифровка подписи)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Намереваюсь (не намереваюсь) лично присутствовать на заседании Комиссии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по соблюдению требований к служебному поведению муниципальных служащих и урегулированию кон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фликта интересов на муниципальной службе при рассмотрении настоящего уведомления (нужное подчеркнуть).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              И.А. Максименко</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="55" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="55" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4819"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="4079"/>
+        <w:gridCol w:w="5559"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4079" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
             <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:pageBreakBefore/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:widowControl/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Дударева</w:t>
+              <w:t xml:space="preserve">ПРИЛОЖЕНИЕ № 2 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:widowControl/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Liberation Mono"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1C1C1C"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к П</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:anchor="/document/43636946/entry/18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a4"/>
+                  <w:color w:val="1C1C1C"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="none"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                </w:rPr>
+                <w:t>орядк</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1C1C1C"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1C1C1C"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1C1C1C"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">уведомления муниципальными служащими администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1C1C1C"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципальный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1C1C1C"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>район</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1C1C1C"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1C1C1C"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Красно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1C1C1C"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a5"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="1C1C1C"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о возникновении личной заинтересованности, которая приводит или может привести к конфликту интересов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+            <w:pPr>
+              <w:pStyle w:val="ae"/>
+              <w:widowControl/>
+              <w:ind w:firstLine="4422"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="32" w:name="p_60"/>
+            <w:bookmarkEnd w:id="32"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Liberation Mono"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Наталья Николаевна</w:t>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="4422"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ЖУРНАЛ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="p_61"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>регистрации уведомлений о возникновении личной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="p_62"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заинтересованности при исполнении должностных обя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занностей,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="p_63"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>которая приводит или может привести к конфликту интересов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="p_64"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Начат: "__" ___________ 20__ г.                        Окончен: "__" ___________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="p_65"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>На ____ листах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="ae"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="-8" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="28" w:type="dxa"/>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:bottom w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="592"/>
+        <w:gridCol w:w="1929"/>
+        <w:gridCol w:w="1574"/>
+        <w:gridCol w:w="2167"/>
+        <w:gridCol w:w="2221"/>
+        <w:gridCol w:w="1155"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="592" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="1929" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
+              <w:jc w:val="center"/>
             </w:pPr>
+            <w:bookmarkStart w:id="38" w:name="p_67"/>
+            <w:bookmarkEnd w:id="38"/>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>- учитель русского языка и литературы муниципального  автономного некоммерческого  общеобразовательного  учреждения средней общеобразовательной школы № 9 имен</w:t>
-[...47 lines deleted...]
-              <w:t>Анастасия Владимировна</w:t>
+              <w:t>Регистрационный номер уведомления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="1574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
+              <w:jc w:val="center"/>
             </w:pPr>
+            <w:bookmarkStart w:id="39" w:name="p_68"/>
+            <w:bookmarkEnd w:id="39"/>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>- заместитель начальника управления образования администрац</w:t>
-[...56 lines deleted...]
-              <w:t>Владимир Иванович</w:t>
+              <w:t>Дата регистрации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="2167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
+              <w:jc w:val="center"/>
             </w:pPr>
+            <w:bookmarkStart w:id="40" w:name="p_69"/>
+            <w:bookmarkEnd w:id="40"/>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>- председатель Кореновской районной организации Краснодарской краевой общественной организации  ветеранов (пенсионеров, инвал</w:t>
+              <w:t>Ф.И.О., должность л</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">идов) войны, труда, вооруженных сил и правоохранительных органов </w:t>
+              <w:t>ица, представившего уведомление, контактный телефон, подпись</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2221" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
+              <w:jc w:val="center"/>
             </w:pPr>
+            <w:bookmarkStart w:id="41" w:name="p_70"/>
+            <w:bookmarkEnd w:id="41"/>
             <w:r>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(представитель общественности) (по согласованию);</w:t>
+              <w:t>Ф.И.О. лица, зарегистрировавшего уведомление, подпись</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="42" w:name="p_71"/>
+            <w:bookmarkEnd w:id="42"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сведения о принятом решении</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="592" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
+              <w:jc w:val="center"/>
             </w:pPr>
+            <w:bookmarkStart w:id="43" w:name="p_72"/>
+            <w:bookmarkEnd w:id="43"/>
             <w:r>
-              <w:rPr>
-[...12 lines deleted...]
-              <w:t>Наталия Викторовна</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="1929" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
+              <w:jc w:val="center"/>
             </w:pPr>
+            <w:bookmarkStart w:id="44" w:name="p_73"/>
+            <w:bookmarkEnd w:id="44"/>
             <w:r>
-              <w:rPr>
-[...10 lines deleted...]
-              <w:t>я средней общеобразовательной школы № 9 имени полного кавалера Ордена Славы В.И.Аманова    муниципального образования Кореновский район (представитель работников автономного учреждения) (по согласованию);</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
+              <w:jc w:val="center"/>
             </w:pPr>
+            <w:bookmarkStart w:id="45" w:name="p_74"/>
+            <w:bookmarkEnd w:id="45"/>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="46" w:name="p_75"/>
+            <w:bookmarkEnd w:id="46"/>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2221" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="47" w:name="p_76"/>
+            <w:bookmarkEnd w:id="47"/>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="48" w:name="p_77"/>
+            <w:bookmarkEnd w:id="48"/>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="592" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...12 lines deleted...]
-              <w:t>Марина Геннадьевна</w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="1929" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...66 lines deleted...]
-              <w:t>иколаевна</w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="1574" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...44 lines deleted...]
-              <w:t>Юлия Юрьевна</w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="2167" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...51 lines deleted...]
-              <w:t>Виктор Георгиевич</w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="2221" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...51 lines deleted...]
-              <w:t>Светлана Ивановна</w:t>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="1" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="283"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              <w:t>-  социальный педагог муниципального  автономного некоммерческого общеобразовательного учреждения средней общеобразовательной школы № 9 имени пол</w:t>
+              <w:t> </w:t>
             </w:r>
-            <w:r>
-[...23 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
-[...1 lines deleted...]
-        <w:ind w:left="708"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="283"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1172" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:ind w:left="708"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Красно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дарского края                                                                      И.А. Максименко</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...107 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="003128B0">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang/>
-        </w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:pPr>
+        <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00000000">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1172" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Andale Sans UI">
+    <w:altName w:val="Arial Unicode MS"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Liberation Mono">
+    <w:altName w:val="Courier New"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="NSimSun">
+    <w:panose1 w:val="02010609030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...126 lines deleted...]
-</w:numbering>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+    <w:pPr>
+      <w:pStyle w:val="af0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+    <w:pPr>
+      <w:pStyle w:val="ad"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00894C4E">
+    <w:pPr>
+      <w:pStyle w:val="af0"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="706"/>
   <w:defaultTableStyle w:val="a"/>
+  <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:strictFirstAndLastChars/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
-    <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003128B0"/>
-    <w:rsid w:val="003128B0"/>
+    <w:rsidRoot w:val="00894C4E"/>
+    <w:rsid w:val="00894C4E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormenu v:ext="edit" fillcolor="none [4]" strokecolor="none [1]" shadowcolor="none [2]"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{7A786611-D65B-4E20-B17A-F4C03147BD49}"/>
+  <w15:docId w15:val="{86376336-EEF7-4B72-B255-45D4258C0D40}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2734,424 +5835,383 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:eastAsia="zh-CN"/>
-[...35 lines deleted...]
-      <w:b/>
+      <w:rFonts w:eastAsia="Andale Sans UI"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
-    </w:rPr>
-[...72 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-    <w:name w:val="Основной шрифт абзаца2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z0">
+    <w:name w:val="WW8Num1z0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Absatz-Standardschriftart">
-    <w:name w:val="Absatz-Standardschriftart"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a3">
+    <w:name w:val="Символ нумерации"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart">
-    <w:name w:val="WW-Absatz-Standardschriftart"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Основной шрифт абзаца1"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1">
-    <w:name w:val="WW-Absatz-Standardschriftart1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle30">
+    <w:name w:val="Font Style30"/>
+    <w:basedOn w:val="1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11">
-    <w:name w:val="WW-Absatz-Standardschriftart11"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel3">
+    <w:name w:val="ListLabel 3"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111">
-    <w:name w:val="WW-Absatz-Standardschriftart111"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Emphasis"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="3">
+    <w:name w:val="Основной шрифт абзаца3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel12">
+    <w:name w:val="ListLabel 12"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel11">
+    <w:name w:val="ListLabel 11"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel10">
+    <w:name w:val="ListLabel 10"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel9">
+    <w:name w:val="ListLabel 9"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel8">
+    <w:name w:val="ListLabel 8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel7">
+    <w:name w:val="ListLabel 7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel6">
+    <w:name w:val="ListLabel 6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel5">
+    <w:name w:val="ListLabel 5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel4">
+    <w:name w:val="ListLabel 4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Гипертекстовая ссылка"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="106BBE"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
     <w:name w:val="WW8Num2z0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-    <w:name w:val="Основной шрифт абзаца1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z1">
+    <w:name w:val="WW8Num2z1"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z2">
+    <w:name w:val="WW8Num2z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z3">
+    <w:name w:val="WW8Num2z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z4">
+    <w:name w:val="WW8Num2z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z5">
+    <w:name w:val="WW8Num2z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z6">
+    <w:name w:val="WW8Num2z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z7">
+    <w:name w:val="WW8Num2z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z8">
+    <w:name w:val="WW8Num2z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z0">
+    <w:name w:val="WW8Num4z0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Основной шрифт абзаца2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок1"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a3"/>
+    <w:next w:val="a7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Tahoma"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:jc w:val="both"/>
+      <w:spacing w:after="120"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List"/>
-    <w:basedOn w:val="a3"/>
+    <w:basedOn w:val="a7"/>
     <w:rPr>
       <w:rFonts w:cs="Tahoma"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
-    <w:name w:val="Указатель2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Указатель1"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
+      <w:rFonts w:cs="Tahoma"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
-    <w:name w:val="Название1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1">
+    <w:name w:val="Caption1"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Tahoma"/>
       <w:i/>
       <w:iCs/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
-[...28 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Содержимое таблицы"/>
+    <w:basedOn w:val="a7"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
     <w:name w:val="ConsPlusNormal"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
-      <w:ind w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:lang w:eastAsia="zh-CN"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNonformat">
-[...23 lines deleted...]
-    <w:name w:val="Цитата1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:ind w:left="170" w:right="57"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31">
-[...26 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Заголовок таблицы"/>
+    <w:basedOn w:val="aa"/>
     <w:pPr>
       <w:suppressLineNumbers/>
-    </w:pPr>
-[...4 lines deleted...]
-    <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Колонтитул"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="ac"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Текст в заданном формате"/>
+    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Mono" w:eastAsia="NSimSun" w:hAnsi="Liberation Mono" w:cs="Liberation Mono"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Содержимое врезки"/>
+    <w:basedOn w:val="a"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsTitle">
+    <w:name w:val="ConsTitle"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:ind w:right="19772"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Верхний колонтитул слева"/>
+    <w:basedOn w:val="ad"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mobileonline.garant.ru/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3376,54 +6436,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>767</Words>
-  <Characters>4376</Characters>
+  <Words>1888</Words>
+  <Characters>10762</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5133</CharactersWithSpaces>
+  <CharactersWithSpaces>12625</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>                                                 </dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>лдз</dc:creator>
+  <dc:creator>user</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>