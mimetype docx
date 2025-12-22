--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,2241 +1,5812 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
-      <w:pPr>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pageBreakBefore/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
           <w:lang/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
-          <w:lang/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:51pt;height:65.25pt" filled="t">
-[...1 lines deleted...]
-            <v:imagedata r:id="rId5" o:title="" croptop="-3f" cropbottom="-3f" cropleft="-4f" cropright="-4f"/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:50.25pt;height:57.75pt" filled="t">
+            <v:fill color2="black"/>
+            <v:imagedata r:id="rId7" o:title="" croptop="-701f" cropbottom="-701f" cropleft="-875f" cropright="-875f"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
-[...7 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:lang/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
-[...64 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...33 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...32 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="25"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a6"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="28"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="28"/>
-[...203 lines deleted...]
-        <w:t>ия Кореновский район от 8 ноября 2022 года № 1706 «Об утверждении</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от 05.11.2025                                                                                                                           №</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:b/>
           <w:bCs/>
-          <w:szCs w:val="28"/>
-[...16 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1544</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:right="-510"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="28"/>
-[...13 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об утверждении Положения о комиссии по соблюдению требований к служебному поведению руководителями муниципальных учреждений </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и урегулированию конфликта интере</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:right="-510"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...23 lines deleted...]
-        <w:pStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:right="-510"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>В соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve">едеральным законом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>от 25 декабря 2008 года        №273-ФЗ «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>О противодействии коррупции»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федеральным законом от 20 марта 2025 года №33-ФЗ «Об общих принципах организации местного самоуправления в единой системе публичной власти»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t xml:space="preserve"> У</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>казом Президента Российской Федерации от 1 июля 2010 года №821 «О комиссиях по соблюдению требований к служебному поведению федеральных государственных служащих и урегулированию конфликта интересов»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, в целях обеспечения принятия мер по предупреждению корру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пции руководителями муниципальных учреждений муниципального образования Кореновский муниципальный район Краснодарского края, необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1. Утвердить Положение о комиссии по соблюдению требований к служебному поведению руководителями муниципальных учрежде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ний муниципального образования Кореновский муниципальный район Краснодарского края и урегулированию конфликта интересов (Приложение №1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:ind w:right="57"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Образовать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>комиссию по соблюдению требований к служебному поведению руководителями муниципальных учреждений муницип</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ального образования Кореновский муниципальный район Краснодарского края и урегулированию конфликта интересов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и утвердить ее </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+        <w:t>состав (Приложение №2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Управлению службы протокола и информационной политики администрации муниципального образования Кореновск</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ий муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> официально обнародовать настоящее постановление в установленном порядке и разместить на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">официальном сайте администрации  муниципального образования Кореновский муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>2</w:t>
-[...13 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:t xml:space="preserve">район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>информацио</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>нно - телекоммуникационной сети «Интернет»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...11 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Контроль за выполнением настоящего постановления возложить на заместителя главы муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И.А. Максименко.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5. Постановление вступает в сил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>у после его официального обнародования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Глава</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
-      <w:pPr>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...602 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края                                                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С.А. Голобородько</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...4 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4819"/>
         <w:gridCol w:w="4819"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
+              <w:pageBreakBefore/>
+              <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>- учитель начальных классов муниципального  автономного некоммерческого  общеобразовательного  учреждения средней общеобразовательной школы № 8 имени Героя Советского Союза Ю.А.Гагарина    муниципально</w:t>
+              <w:t>ПРИЛОЖЕНИЕ №1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>УТВЕРЖДЕН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">постановлением </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>го образования Кореновский район (представитель работников автономного учреждения) (по согласованию);</w:t>
+              <w:t>администрации</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципального образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кореновский муниципальный район</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 05.11.2025  №  1544</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о комиссии по соблюдению требований к служебному поведению руководителями муниципальных учреждений муниципального образования К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ореновский муниципальный район Краснодарского края и урегулированию конфликта интересов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="sub_20"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Настоящим Положением определяется порядок формирования и деятельности комиссии по соблюдению требований к служебному поведению руководителями муниципальных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учрежден</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципального образования Кореновский муниципальный район Краснодарского края и урегулированию конфликта интересов (далее - Комиссия), образуемой в администрации муниципального образования Кореновский муниципальный район Краснодарского края в соответст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вии с Указом Президента Российской Федерации от 01 июля 2010 года №821 «О комиссиях по соблюдению требований к служебному поведению федеральных государственных служащих и урегулированию конфликта интересов», </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Федеральным законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 25 декабря 2008 года №273</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-ФЗ «О противодействии коррупции».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Комиссия в своей деятельности руководствуется </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конституцией </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Российской Федерации, федеральными конституционными законами, федеральными законами, актами Президента Российской Федерации и Правительства Российской Федерац</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ии, нормативными правовыми актами Краснодарского края, муниципального образования Кореновский муниципальный район Краснодарского края, настоящим Положением.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="sub_21"/>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Основной задачей Комиссии является содействие руководителям муниципальных учреждений </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ого образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="sub_2001"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) в обеспечении соблюдения требований о предотвращении или урегулировании конфликта интересов, а также обеспечении исполнения ими обязанностей, установленны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">х </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Федеральным законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5 де</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кабря 2008 года №273-ФЗ «О противодействии коррупции», другими федеральными законами (далее - требования к служебному поведению и (или) требования об урегулировании конфликта интересов);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="sub_2002"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) в осуществлении в учреждениях муниципального образования Кореновск</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ий муниципальный район Краснодарского края мер по предупреждению коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="sub_1004"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Комиссия рассматривает вопросы, связанные с соблюдением требований к служебному поведению и требований к урегулированию конфликта интересов в отношении руководителей учреждений </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципальный район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Комиссия образуется  нормативным правовым актом администрации муниципального образования Кореновский муниципальный район Краснодарского края. Указанным актом утверждаются со</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>став комиссии и порядок ее работы, назначаются председатель комиссии, его заместит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ель, секретарь и определяются другие члены комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Все члены комиссии при принятии решений обладают равными правами. В отсутствие председателя комиссии его обязанности испо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лняет заместитель председателя комиссии. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>В отсутствие председателя и заместителя председателя комиссии назначается председательствующий в заседании комиссии из числа её членов, выбранный простым большинством голосов членов комиссии, о чем производится запи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>сь в протоколе заседания комиссии. ».</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="sub_1005"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. В состав Комиссии входят:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="sub_611"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) заместитель главы муниципального образования Кореновский муниципальный район Краснодарского края, курирующий вопросы внутренней и кадровой политики, взаимодействия с органами местного са</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>моуправления (председатель Комиссии)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, заместитель главы муниципального образования Кореновский муниципальный район  краснодарского края, курирующий вопросы взаимодействия с правоохранительными органами (заместитель председателя комиссии),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начальник отдела </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по профилактике коррупционных правонарушений правового управления (секретарь Комиссии),  начальник правового управления, начальник отдела муниципальной службы и кадровой работы управления делами, муниципальные служащие отраслевых (функциональных) органов  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>администрации муниципального образования Кореновский муниципальный район Краснодарского края, определяемые главой муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> представитель (представители) научных организаций и професс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>иональных образовательных организаций, образовательных организаций высшего образования и организаций дополнительного профессионального образования, деятельность которых связана с государственной и муниципальной службой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="sub_10071"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Глава муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края может принять решение о включении в состав Комиссии:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="sub_711"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) представителя общественного совета, образованного в муниципальном </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования Кореновский муниципальный  район Краснодарского края;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="sub_721"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) представител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я общественной организации ветеранов, созданной в муниципальном образования Кореновский муниципальный район Краснодарского края;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) представителя профсоюзной организации, действующей в установленном порядке в муниципальном образовании Кореновский муниципал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ьный район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="sub_10081"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Лица, указанные в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте «б» пункт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_1007" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a8"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>в пункте 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оящего Положения, включаются в состав комиссии в установленном порядке по согласованию с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>научными организациями, профессиональными обр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азовательными организациями, образовательными организациями высшего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и организациями дополнительного профессионального образования, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>с общественным советом, образованным в муниципальном образовании Кореновский муниципальный район Краснодарского к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>рая, с общес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>твенной организацией ветеранов, созданной в муниципально</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кореновский муниципальный район Краснодарского края, с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>профсоюзной организацией, действующей в установленном порядке в муниципальном образовании Кореновский муниципальный ра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>он Краснодарского края,  на основании запроса главы муниципального образования Кореновский муниципальный район Краснодарского края. Согласование осуществляется в 10-дневный срок со дня получения запроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="sub_10091"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9. Число членов Комиссии, не замещающих должности му</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ниципальной службы в администрации муниципального образования Кореновский муниципальный  район Краснодарского края, должно составлять не менее одной четверти от общего числа членов Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10. Состав комиссии формируется таким образом, чтобы исключить во</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зможность возникновения конфликта интересов, который мог бы повлиять на принимаемые Комиссией решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="sub_10111"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>11. В заседаниях комиссии с правом совещательного голоса участвуют:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="sub_1111"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>руководитель отраслевого (функционального) органа муниципального образования Корен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>овский муниципальный район Краснодарского края, курирующий деятельность учреждения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в отношении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>руководителя которого</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматривается вопрос о соблюдении требований к служебному поведению и урегулированию конфликта интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="sub_1121"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>б) другие специалисты, которы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е могут дать пояснения по вопросам, рассматриваемым Комиссией; должностные лица других государственных органов, органов местного самоуправления; представители заинтересованных организаций; представитель </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>руководителя учреждения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, в отношении которого комисси</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ей рассматривается вопрос о соблюдении требований к служебному поведению и урегулирования конфликта интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="sub_10121"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12. Заседание Комиссии считается правомочным, если на нем присутствует не менее двух третей от общего числа членов Комиссии. Проведение заседаний</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с участием только членов Комиссии, замещающих должности муниципальной службы в администрации муниципального образования Кореновский муниципальный район Краснодарского края, недопустимо.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. При возникновении прямой или косвенной личной заинтересованности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>члена Комиссии, которая может привести к конфликту интересов при рассмотрении вопроса, включенного в повестку дня заседания Комиссии, он обязан до начала заседания заявить об этом. В таком случае соответствующий член Комиссии не принимает участия в рассмот</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рении указанного вопроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Основаниями для проведения заседания Комиссии является представление </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руководителем учредителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> председателю Комиссии:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="17" w:name="sub_831_Копия_1"/>
+      <w:bookmarkStart w:id="18" w:name="sub_841_Копия_1"/>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уведомления руководителя учреждения о возникновении личной заинтересованности при исполнении должностных обя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занностей, которая приводит или может привести к конфликту интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">материалов о несоблюдении руководителем учреждения требований к служебному поведению и  урегулированию конфликта интересов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалов проверки о представлении руководителем муниципальн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ого учреждения недостоверных и (или) неполных сведений о доходах, об имуществе и обязательствах имущественного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>заявления руководителя муниципального учреждения о невозможности по объективным причинам представить сведения о доходах, об имуществе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и обязательствах имущественного характера своих супруги (супруга) и несовершеннолетних детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>уведомления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о возникновении не зависящих от руководителя муниципального учреждения обстоятельств, препятствующих соблюдению ограничений и запретов, требований о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предотвращении или об урегулировании конфликта интересов и исполнению обязанностей, установленных федеральным законом от 25 декабря 2008 года №273-ФЗ «О противодействии коррупции» и другими федеральными законами в целях противодействия коррупции. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="sub_851"/>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="sub_10092"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Ком</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иссия не рассматривает сообщения о преступлениях и административных правонарушениях, а также анонимные обращения, не проводит проверки по фактам нарушения служебной дисциплины.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="sub_10101"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>16. Председатель Комиссии при поступлении к нему информации, содержащей основан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ия для проведения заседания Комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="sub_20071"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) в 10-дневный срок назначает дату заседания Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="sub_20081"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) организует ознакомление руководителя учреждения в отношении которого Комиссией рассматривается вопрос о соблюдении требований к служебному поведению и урегулир</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ованию конфликта интересов, его представителя, членов Комиссии и других лиц, участвующих в заседании Комиссии, с информацией, поступившей в адрес главы района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="sub_10112"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>17. Секретарь Комиссии решает организационные вопросы, связанные с подготовкой заседания Комисси</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и, а также извещает членов Комиссии о дате, времени и месте заседания, о вопросах, включенных в повестку дня, знакомит с материалами, представляемыми для обсуждения на заседании Комиссии, не позднее чем за три рабочих дня до дня заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="25" w:name="sub_10122"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Заседание Ко</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>миссии проводится, как правило, в присутствии руководителя учреждения, в отношении которого рассматривается вопрос о соблюдении требований к служебному поведению и урегулировании конфликта интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="sub_10131"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>19. Заседания Комиссии могут проводиться в отсутствие ру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ководителя учреждения в случае:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="sub_20091"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) если в заявлении или уведомлении, предусмотренных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>пунктом 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Положения, не содержится указания о намерении руководителя учреждения лично присутствовать на заседании Комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="sub_20101"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) если руководитель учреждения, на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>меревающийся лично присутствовать на заседании Комиссии и надлежащим образом извещенный о времени и месте его проведения, не явился на заседание Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="sub_10141"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. На заседании Комиссии заслушиваются пояснения руководителя учреждения и иных лиц, рассматриваются</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материалы по существу, а также дополнительные материалы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="sub_10151"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Члены Комиссии и лица, участвовавшие в заседании Комиссии, не вправе разглашать сведения, ставшие им известными в ходе работы Комиссии.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="31" w:name="sub_10191"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. По итогам рассмотрения вопроса, указанного в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">абзаце </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рвом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Положения, Комиссия принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="sub_20181"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) признать, что при исполнении руководителем учреждения  должностных обязанностей, конфликт интересов отсутствует;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="sub_20191"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) признать, что при исполнении руководителем учреждения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должностных обязанностей, личная заинтересованность приводит или может привести к конфликту интересов. В этом случае Комиссия рекомендует руководителю учреждения, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руководителю учредителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принять меры по урегулированию конфликта интересов или по недопущени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю его возникновения</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предотвращение или урегулирование конфликта интересов может состоять в изменении должностного положения (перераспределение функций) руководителя учреждения, являющегося стороной конфликта интересов, вплоть до его отстранения от исполне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ния должностных обязанностей в установленном порядке, в отказе от выгоды, явившейся причиной возникновения конфликта интересов, а также в принятии иных мер, предусмотренных законодательством о противодействии коррупции.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="sub_20121"/>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="sub_10171"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. По итогам рассмотрения вопроса, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>указанного в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">абзаце </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>втором</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Положения, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="sub_10181"/>
+      <w:bookmarkStart w:id="37" w:name="sub_20151"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссия принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="sub_20161"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) установить, что руководитель учреждения соблюдал требования к служебному поведению и  урегулированию конфликта интересов</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="sub_20171_Копия_1"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) установить, что руковод</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итель учреждения не соблюдал требования к служебному поведению и урегулированию конфликта интересов. В этом случае Комиссия рекомендует </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руководителю учредителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указать руководителю учреждения,  на недопустимость нарушения требований к служебному поведению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и  урегулирования конфликта интересов либо применить к руководителю учреждения конкретную меру ответственности.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель учреждения освобождается от ответственности за не соблюдение требований к служебному поведению и урегулированию конфликта интересов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, в случаях, предусмотренных частями 3-6  статьи 13 Федерального закона от 25 декабря 2008 года №273-ФЗ «О противодействии коррупции».</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="sub_20201"/>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">24. По итогам рассмотрения вопроса, указанного в абзаце третьем пункта 14 настоящего Положения, Комиссия принимает одно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">а) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="p_45"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>установить, что сведения о доходах, об имуществе и обязательствах имущественного характера руководителя муниципального учреждения, супруги (супруга) и несовершеннолетних детей являются достоверными и полными;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">б) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>установить, что с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ведения о доходах, об имуществе и обязательствах имущественного характера руководителя муниципального учреждения, супруги (супруга) и несовершеннолетних детей являются недостоверными и (или) неполными. В этом случае комиссия рекомендует руководителю учреди</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>теля применить к руководителю муниципального учреждения меру ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">25. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>По итогам рассмотрения вопроса, указанного в абзаце четвертом пункта 14 настоящего Положения, Комиссия принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="p_51"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>признать, что причина непредс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тавления руководителем муниципального учреждения сведений о доходах, об имуществе и обязательствах имущественного характера своих супруги (супруга) и несовершеннолетних детей является объективной и уважительной;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="p_52"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>б) признать, что причина непредставления ру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ководителем муниципального учреждения сведений о доходах, об имуществе и обязательствах имущественного характера своих супруги (супруга) и несовершеннолетних детей не является уважительной. В этом случае Комиссия рекомендует руководителю муниципального учр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еждения принять меры по представлению указанных сведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>в) признать, что причина непредставления руководителем муниципального учреждения сведений о доходах, об имуществе и обязательствах имущественного характера своих супруги (супруга) и несовершеннолет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>них детей необъективна и является способом уклонения от представления указанных сведений. В этом случае Комиссия рекомендует руководителю учредителя применить к руководителю учреждения конкретную меру ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">26. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>По итогам рассмотрения вопроса, у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>казанного в абзаце пятом пункта 14 настоящего Положения, Комиссия принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>1) признать наличие причинно-следственной связи между возникновением обстоятельств, препятствующих соблюдению руководителем учреждения ограничений и зап</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ретов, требований о предотвращении или об урегулировании конфликта интересов и исполнению обязанностей, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Федеральным законом №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>273-ФЗ и другими федеральными законами в целях противодействия коррупции, и невозможностью соблюдения таких ограничен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ий, запретов и требований, а также исполнения таких обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="p_128"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2) признать отсутствие причинно-следственной связи между возникновением обстоятельств, препятствующих соблюдению руководителем учреждения ограничений и запретов, требований о предотвращении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или об урегулировании конфликта интересов и исполнению обязанностей, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Федеральным законом №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>273-ФЗ и другими федеральными законами в целях противодействия коррупции, и невозможностью соблюдения таких ограничений, запретов и требований, а также</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнения таких обязанностей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle30"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="sub_10201"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27. По итогам рассмотрения вопросов, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>пунктом 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Положения, и при наличии к тому оснований Комиссия может принять иное решение, чем это предусмотрено </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пунктами </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>22, 23, 24, 25, 26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Положен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ия. Основания и мотивы принятия такого решения должны быть отражены в протоколе заседания Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="sub_10211"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>28. Основания и мотивы принятия решения должны быть отражены в протоколе заседания Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:pStyle w:val="af9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>29. Решения Комиссии принимаются открытым голосованием простым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> большинством голосов присутствующих на заседании членов комиссии.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="sub_10221"/>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="48" w:name="sub_10231"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Решения Комиссии оформляются протоколами, которые подписывают члены Комиссии, принимавшие участие в заседании. Решения Комиссии носят рекомендательный характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="sub_10241"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. В протоколе заседани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я Комиссии указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="sub_20211"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) дата заседания Комиссии, фамилии, имена, отчества членов Комиссии и других лиц, присутствующих на заседании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="sub_20221"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) формулировка каждого из рассматриваемых на заседании Комиссии вопросов с указанием фамилии, имени, отчества руководит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еля учреждения, предприятия района, в отношении которого рассматривается вопрос о соблюдении требований к служебному поведению и (или) требований об урегулировании конфликта интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="sub_20231"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) содержание пояснений руководителя учреждения по существу предъявляем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ых претензий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="sub_20241"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г) фамилии, имена, отчества выступивших на заседании лиц и краткое изложение их выступлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="sub_20251"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д) источник информации, содержащей основания для проведения заседания Комиссии, дата поступления информации в администрацию района;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="sub_20261"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е) результаты гол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="sub_20271"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж) решение и обоснование его принятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>32</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="sub_10251"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Член Комиссии, не согласный с ее решением, вправе в письменной форме изложить свое мнение, которое подлежит обязательному приобщению к протоколу заседания Комиссии и с которым должен быть ознакомлен руко</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>водитель учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Копия протокола заседания комиссии в 7-дневный срок со дня заседания направляется </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руководителю учредителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для принятия решения в пределах своей компетенции, полностью или в виде выписок из него - руководителю учреждения, а также п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о решению Комиссии - иным заинтересованным лицам.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="sub_2004"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="58"/>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:headerReference w:type="first" r:id="rId10"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1172" w:right="567" w:bottom="731" w:left="1701" w:header="567" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                        С.В. Колупайко</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="-108" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
+              <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4819" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>- заместитель начальника управления образования администрации муниципального образования Кореновский район (представит</w:t>
+              <w:t>ПРИЛОЖЕНИЕ  №2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>УТ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>ель учредителя автономного   учреждения);</w:t>
+              <w:t>ВЕРЖДЕН</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>постановлением администрации</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципального образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>от 05.11.2025  №  1544</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СОСТАВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>комиссии по соблюдению требований к служебному поведению руководителями муниципальных учреждений муниципаль</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a9"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ного образования Кореновский муниципальный район Краснодарского края и урегулированию конфликта интересов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="9" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3195"/>
+        <w:gridCol w:w="6375"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3195" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
+              <w:pStyle w:val="af6"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Палиев  </w:t>
+              <w:t>Максименко</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Владимир Иванович</w:t>
+              <w:t>Ирина Анатольевна</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="6375" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="af6"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>- председатель Кореновской районной организации Краснодарской краевой общественной организации  ветеранов (пенсионеров, инвалидов) войны, труда, вооруженных сил и правоохранительных ор</w:t>
+              <w:t>- заместитель главы муниципального образования Кореновский муниципальный район Краснодарского края, председатель комис</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">ганов </w:t>
-[...11 lines deleted...]
-              <w:t>(представитель общественности) (по согласованию);</w:t>
+              <w:t>сии;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3195" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
+              <w:pStyle w:val="af6"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Гребенник</w:t>
+              <w:t>Манько</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
+              <w:pStyle w:val="af6"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Евгения Валентиновна</w:t>
+              <w:t>Александр Петрович</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
-[...6 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="6375" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="af6"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>- учитель   математики, физики муниципального  автономного некоммерческого общеобразовательного  учреждения средней общеобразовательной школы № 8 имени Героя Советск</w:t>
+              <w:t>- заместитель главы муниципального образования Кореновский муниципальный район Краснодарского края, заместитель председателя комиссии;</w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3195" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
+              <w:pStyle w:val="af6"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Наумова </w:t>
+              <w:t>Быкова Елена</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Марина Геннадьевна</w:t>
+              <w:t>Юрьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="6375" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="af6"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>-начальник управления земельных и имущественных отношений</w:t>
+              <w:t>- начальник отдела по профилактике коррупционных правонарушений пр</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:tab/>
-              <w:t xml:space="preserve"> администрации муниципальног</w:t>
+              <w:t>авового управления  администрации муниципального образования Кореновский муниципальный район Краснодарского края, секретарь комиссии;</w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3195" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
-[...6 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="6375" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="af6"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>- председатель Кореновской районной территориальной орг</w:t>
+              <w:t>Члены комиссии:</w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3195" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Треногина</w:t>
+              <w:t xml:space="preserve">Аннина </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Светлана Георгиевна</w:t>
+              <w:t>Татьяна Сергеевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="6375" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="af6"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">-  ведущий специалист  отдела воспитательной работы управления образования администрации муниципального образования Кореновский район </w:t>
+              <w:t>- начальник отдела по социальным вопросам администрации муниципального обра</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>(представитель учредителя автономного учреждения);</w:t>
+              <w:t>зования Кореновский муниципальный район Краснодарского края;</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3195" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:pStyle w:val="af6"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t xml:space="preserve">Бежевец </w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Гоптарева Елена</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Виктор Георгиевич</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Викторовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="6375" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="af6"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>- председатель  Кореновского отделения  Краснодарской общественной организации «Союз ветеранов чернобыльской катастрофы» (представитель общественности) (по согласованию);</w:t>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>- начальник управления сельского хозяйства администрации муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
             </w:r>
-          </w:p>
-[...16 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="3195" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
+              <w:pStyle w:val="af6"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ти</w:t>
-[...6 lines deleted...]
-              <w:t>таренко</w:t>
+              <w:t>Лаштабега</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Неля Валентиновна</w:t>
+              <w:t>Юлия Юрьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="6375" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="af6"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>- учитель  истории и обществознания муниципального  автономного некоммерческого общеобразовательного учреждения средней общеобразовательной школы № 8 имени Героя Советского Союза Ю.А.Гагарина    муниципального образования Кореновс</w:t>
+              <w:t>- нача</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>кий район (представитель работников автономного учреждения) (по согласованию).</w:t>
+              <w:t>льник отдела муниципальной службы и кадровой работы управления делами администрации муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
+              <w:pStyle w:val="af6"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Милославская</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="af6"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Марина Григорьевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6375" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- начальник управления архитектуры и градостроительства адм</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>инистрации муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Палиев</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Владимир Иванович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6375" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- председатель Кореновской районной организации Краснодарской краевой общественной организации ветеранов (пенсионеров, инвалидов) войны, тр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>уда, Вооруженных сил и правоохранительных органов (по согласованию);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Пивовар</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Инна Николаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6375" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- начальник правового управления</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>администрации муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Прокофьева</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ирина Станиславовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6375" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>редседатель районной территориальной организации профсоюза работников государственных учреждений и общественного обслуживания (по согласованию);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Субочева</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Анастасия Юрьевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6375" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:rPr>
+                <w:rStyle w:val="40"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- директор ГБОУ СПО «Кореновский политехнический техникум»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="40"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="40"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(по согласованию);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3195" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пелюк</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Анна Николаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6375" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+            <w:pPr>
+              <w:pStyle w:val="af6"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- начальник финансового управления администрации муниципального образования Кореновский муниципальный район Краснодарского края.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009A14DC">
-[...125 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="810"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="810"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="810"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="810"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:rPr>
+          <w:rStyle w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="810"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:rPr>
+          <w:rStyle w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="810"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="40"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.В. Колупайко</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1172" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lucida Sans Unicode">
-    <w:panose1 w:val="020B0602030504020204"/>
+  <w:font w:name="XO Thames">
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Times">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Microsoft YaHei">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Liberation Mono">
+    <w:altName w:val="Courier New"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="NSimSun">
+    <w:panose1 w:val="02010609030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+    <w:pPr>
+      <w:pStyle w:val="afc"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>8</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+    <w:pPr>
+      <w:pStyle w:val="af3"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>9</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+    <w:pPr>
+      <w:pStyle w:val="afc"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+    <w:pPr>
+      <w:pStyle w:val="afc"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+    <w:pPr>
+      <w:pStyle w:val="af3"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="005D31D5">
+    <w:pPr>
+      <w:pStyle w:val="afc"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>10</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
-      </w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="27"/>
+        <w:szCs w:val="27"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
@@ -2298,157 +5869,407 @@
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00000002"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000002"/>
+    <w:name w:val="WW8Num2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00000003"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000003"/>
+    <w:name w:val="WW8Num3"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="27"/>
+        <w:szCs w:val="27"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:defaultTableStyle w:val="a"/>
+  <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:spaceForUL/>
-[...5 lines deleted...]
-    <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009A14DC"/>
-    <w:rsid w:val="009A14DC"/>
+    <w:rsidRoot w:val="005D31D5"/>
+    <w:rsid w:val="005D31D5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{6D4C75EB-C1C4-4A54-86DA-F0D7B8AAADCA}"/>
+  <w15:docId w15:val="{5D57571D-93D9-4A61-B033-62CAFB88EDD7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
@@ -2787,408 +6608,2892 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
+      <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:ilvl w:val="1"/>
-        <w:numId w:val="1"/>
+        <w:numId w:val="3"/>
       </w:numPr>
+      <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="4">
-    <w:name w:val="heading 4"/>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:ilvl w:val="3"/>
-        <w:numId w:val="1"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="111"/>
+    <w:next w:val="a0"/>
+    <w:qFormat/>
+    <w:pPr>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="48"/>
+      <w:i/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="111"/>
+    <w:next w:val="a0"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...3 lines deleted...]
-      </w:numPr>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
+      <w:b/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="111"/>
+    <w:next w:val="a0"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...4 lines deleted...]
-      <w:jc w:val="center"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="24"/>
+      <w:sz w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="111"/>
+    <w:next w:val="a0"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...4 lines deleted...]
-      <w:jc w:val="center"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="111"/>
+    <w:next w:val="a0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="111"/>
+    <w:next w:val="a0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="a2">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="a3">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z0">
+    <w:name w:val="WW8Num1z0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z0">
+    <w:name w:val="WW8Num3z0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z0">
+    <w:name w:val="WW8Num4z0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
+    <w:name w:val="WW8Num2z0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z1">
+    <w:name w:val="WW8Num1z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z2">
+    <w:name w:val="WW8Num1z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z3">
+    <w:name w:val="WW8Num1z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z4">
+    <w:name w:val="WW8Num1z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z5">
+    <w:name w:val="WW8Num1z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z6">
+    <w:name w:val="WW8Num1z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z7">
+    <w:name w:val="WW8Num1z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z8">
+    <w:name w:val="WW8Num1z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z1">
+    <w:name w:val="WW8Num2z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z2">
+    <w:name w:val="WW8Num2z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z3">
+    <w:name w:val="WW8Num2z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z4">
+    <w:name w:val="WW8Num2z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z5">
+    <w:name w:val="WW8Num2z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z6">
+    <w:name w:val="WW8Num2z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z7">
+    <w:name w:val="WW8Num2z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z8">
+    <w:name w:val="WW8Num2z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z1">
+    <w:name w:val="WW8Num3z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z2">
+    <w:name w:val="WW8Num3z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z3">
+    <w:name w:val="WW8Num3z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z4">
+    <w:name w:val="WW8Num3z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z5">
+    <w:name w:val="WW8Num3z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z6">
+    <w:name w:val="WW8Num3z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z7">
+    <w:name w:val="WW8Num3z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z8">
+    <w:name w:val="WW8Num3z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z0">
+    <w:name w:val="WW8Num5z0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z1">
+    <w:name w:val="WW8Num5z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z2">
+    <w:name w:val="WW8Num5z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z3">
+    <w:name w:val="WW8Num5z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z4">
+    <w:name w:val="WW8Num5z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z5">
+    <w:name w:val="WW8Num5z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z6">
+    <w:name w:val="WW8Num5z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z7">
+    <w:name w:val="WW8Num5z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z8">
+    <w:name w:val="WW8Num5z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z0">
+    <w:name w:val="WW8Num6z0"/>
+    <w:rPr>
+      <w:rFonts w:hint="default"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z1">
+    <w:name w:val="WW8Num6z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z2">
+    <w:name w:val="WW8Num6z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z3">
+    <w:name w:val="WW8Num6z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z4">
+    <w:name w:val="WW8Num6z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z5">
+    <w:name w:val="WW8Num6z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z6">
+    <w:name w:val="WW8Num6z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z7">
+    <w:name w:val="WW8Num6z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z8">
+    <w:name w:val="WW8Num6z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z0">
+    <w:name w:val="WW8Num7z0"/>
+    <w:rPr>
+      <w:rFonts w:hint="default"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z1">
+    <w:name w:val="WW8Num7z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z2">
+    <w:name w:val="WW8Num7z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z3">
+    <w:name w:val="WW8Num7z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z4">
+    <w:name w:val="WW8Num7z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z5">
+    <w:name w:val="WW8Num7z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z6">
+    <w:name w:val="WW8Num7z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z7">
+    <w:name w:val="WW8Num7z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z8">
+    <w:name w:val="WW8Num7z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num8z0">
+    <w:name w:val="WW8Num8z0"/>
+    <w:rPr>
+      <w:rFonts w:hint="default"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z0">
+    <w:name w:val="WW8Num9z0"/>
+    <w:rPr>
+      <w:rFonts w:hint="default"/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z1">
+    <w:name w:val="WW8Num9z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z2">
+    <w:name w:val="WW8Num9z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z3">
+    <w:name w:val="WW8Num9z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z4">
+    <w:name w:val="WW8Num9z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z5">
+    <w:name w:val="WW8Num9z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z6">
+    <w:name w:val="WW8Num9z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z7">
+    <w:name w:val="WW8Num9z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z8">
+    <w:name w:val="WW8Num9z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Основной шрифт абзаца4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Основной текст Знак"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
-    <w:name w:val="Основной шрифт абзаца2"/>
+    <w:name w:val="Основной текст с отступом 2 Знак"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Основной текст 3 Знак"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="31">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="32">
+    <w:name w:val="Основной текст с отступом 3 Знак"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Основной текст 2 Знак"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Цветовое выделение для Текст"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Цветовое выделение"/>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="26282F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Гипертекстовая ссылка"/>
+    <w:basedOn w:val="aa"/>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:color w:val="106BBE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ac">
+    <w:name w:val="Emphasis"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle33">
+    <w:name w:val="Font Style33"/>
+    <w:basedOn w:val="40"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Основной шрифт абзаца1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle30">
+    <w:name w:val="Font Style30"/>
+    <w:basedOn w:val="10"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption11">
+    <w:name w:val="Caption11"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption1111111">
+    <w:name w:val="Caption1111111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart">
+    <w:name w:val="WW-Absatz-Standardschriftart"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents2">
+    <w:name w:val="Contents 2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="33">
+    <w:name w:val="Указатель3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents4">
+    <w:name w:val="Contents 4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Заголовок2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading71">
+    <w:name w:val="Heading 71"/>
+    <w:basedOn w:val="22"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11">
+    <w:name w:val="WW-Absatz-Standardschriftart11"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents6">
+    <w:name w:val="Contents 6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption11111">
+    <w:name w:val="Caption11111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents7">
+    <w:name w:val="Contents 7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+    <w:name w:val="Текст выноски2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Endnote">
+    <w:name w:val="Endnote"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading31">
+    <w:name w:val="Heading 31"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption1">
+    <w:name w:val="Caption1"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading91">
+    <w:name w:val="Heading 91"/>
+    <w:basedOn w:val="22"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Указатель1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="caption2">
+    <w:name w:val="caption2"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="100">
+    <w:name w:val="Заголовок 10"/>
+    <w:basedOn w:val="22"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents3">
+    <w:name w:val="Contents 3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption11111111111">
+    <w:name w:val="Caption11111111111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading51">
+    <w:name w:val="Heading 51"/>
+    <w:basedOn w:val="22"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading11">
+    <w:name w:val="Heading 11"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption111">
+    <w:name w:val="Caption111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Footnote">
+    <w:name w:val="Footnote"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading81">
+    <w:name w:val="Heading 81"/>
+    <w:basedOn w:val="22"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents1">
+    <w:name w:val="Contents 1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderandFooter">
+    <w:name w:val="Header and Footer"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption111111111">
+    <w:name w:val="Caption111111111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents9">
+    <w:name w:val="Contents 9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Absatz-Standardschriftart"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart">
-    <w:name w:val="WW-Absatz-Standardschriftart"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111">
+    <w:name w:val="WW-Absatz-Standardschriftart111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents8">
+    <w:name w:val="Contents 8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption1111111111">
+    <w:name w:val="Caption1111111111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Символ нумерации"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption11111111">
+    <w:name w:val="Caption11111111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption1111">
+    <w:name w:val="Caption1111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Contents5">
+    <w:name w:val="Contents 5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Textbody">
+    <w:name w:val="Text body"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="List1">
+    <w:name w:val="List1"/>
+    <w:basedOn w:val="Textbody"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="24">
+    <w:name w:val="Название объекта2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Subtitle1">
+    <w:name w:val="Subtitle1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Caption111111">
+    <w:name w:val="Caption111111"/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1">
     <w:name w:val="WW-Absatz-Standardschriftart1"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11">
-[...14 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Title1">
+    <w:name w:val="Title1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:cs="XO Thames"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading41">
+    <w:name w:val="Heading 41"/>
+    <w:basedOn w:val="22"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Цитата1"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading21">
+    <w:name w:val="Heading 21"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading61">
+    <w:name w:val="Heading 61"/>
+    <w:basedOn w:val="22"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel1">
+    <w:name w:val="ListLabel 1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel2">
+    <w:name w:val="ListLabel 2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel3">
+    <w:name w:val="ListLabel 3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel4">
+    <w:name w:val="ListLabel 4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel5">
+    <w:name w:val="ListLabel 5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel6">
+    <w:name w:val="ListLabel 6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel7">
+    <w:name w:val="ListLabel 7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel8">
+    <w:name w:val="ListLabel 8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel9">
+    <w:name w:val="ListLabel 9"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel10">
+    <w:name w:val="ListLabel 10"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel11">
+    <w:name w:val="ListLabel 11"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel12">
+    <w:name w:val="ListLabel 12"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel13">
+    <w:name w:val="ListLabel 13"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel14">
+    <w:name w:val="ListLabel 14"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel15">
+    <w:name w:val="ListLabel 15"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel16">
+    <w:name w:val="ListLabel 16"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel17">
+    <w:name w:val="ListLabel 17"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel18">
+    <w:name w:val="ListLabel 18"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="25">
+    <w:name w:val="Основной шрифт абзаца2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
     <w:name w:val="Заголовок1"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a3"/>
+    <w:next w:val="a0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a0">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
+      <w:ind w:firstLine="851"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="List"/>
-    <w:basedOn w:val="a3"/>
-[...4 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a5">
+    <w:basedOn w:val="a0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26">
     <w:name w:val="Указатель2"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
-    <w:name w:val="Название1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="111">
+    <w:name w:val="Заголовок111"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="110">
+    <w:name w:val="Заголовок11"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption3">
+    <w:name w:val="Caption3"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Tahoma"/>
+      <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Указатель21"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="112">
+    <w:name w:val="Заголовок112"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption31">
+    <w:name w:val="Caption31"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="211">
+    <w:name w:val="Указатель211"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1121">
+    <w:name w:val="Заголовок1121"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption311">
+    <w:name w:val="Caption311"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2111">
+    <w:name w:val="Указатель2111"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11211">
+    <w:name w:val="Заголовок11211"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption3111">
+    <w:name w:val="Caption3111"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21111">
+    <w:name w:val="Указатель21111"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="112111">
+    <w:name w:val="Заголовок112111"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption31111">
+    <w:name w:val="Caption31111"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="211111">
+    <w:name w:val="Указатель211111"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14">
+    <w:name w:val="Текст выноски1"/>
+    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="212">
+    <w:name w:val="Основной текст с отступом 21"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:ind w:firstLine="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="310">
+    <w:name w:val="Основной текст 31"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:firstLine="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="311">
+    <w:name w:val="Основной текст с отступом 31"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283" w:firstLine="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Верхний и нижний колонтитулы"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Колонтитул"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af4">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283" w:firstLine="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
-    <w:name w:val="Указатель1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
+    <w:name w:val="Знак1 Знак"/>
     <w:basedOn w:val="a"/>
-    <w:pPr>
-[...7 lines deleted...]
-    <w:name w:val="Body Text Indent"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af5">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:snapToGrid w:val="0"/>
-[...6 lines deleted...]
-    <w:name w:val="Основной текст с отступом 21"/>
+      <w:spacing w:before="280" w:after="119"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="213">
+    <w:name w:val="Основной текст 21"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:ind w:firstLine="780"/>
-[...7 lines deleted...]
-    <w:name w:val="ConsPlusNormal"/>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitle">
+    <w:name w:val="ConsPlusTitle"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
-      <w:ind w:firstLine="720"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:autoSpaceDE w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNonformat">
-    <w:name w:val="ConsPlusNonformat"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsTitle">
+    <w:name w:val="ConsTitle"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
-    </w:pPr>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Arial" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:ind w:right="19772"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitle">
-[...46 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a7">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
     <w:name w:val="Содержимое таблицы"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af7">
     <w:name w:val="Заголовок таблицы"/>
-    <w:basedOn w:val="a7"/>
+    <w:basedOn w:val="af6"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af8">
+    <w:name w:val="Таблицы (моноширинный)"/>
+    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af9">
+    <w:name w:val="Текст в заданном формате"/>
+    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Mono" w:eastAsia="NSimSun" w:hAnsi="Liberation Mono" w:cs="Liberation Mono"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afa">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afb">
+    <w:name w:val="Нормальный (таблица)"/>
+    <w:basedOn w:val="a"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="16">
+    <w:name w:val="Обычный1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="100" w:lineRule="atLeast"/>
+      <w:ind w:firstLine="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="00000A"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="afc">
+    <w:name w:val="Верхний колонтитул слева"/>
+    <w:basedOn w:val="af3"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4677"/>
+        <w:tab w:val="clear" w:pos="9355"/>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption4">
+    <w:name w:val="Caption4"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2111111">
+    <w:name w:val="Указатель2111111"/>
+    <w:basedOn w:val="a"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption112">
+    <w:name w:val="Caption112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption11111112">
+    <w:name w:val="Caption11111112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11112">
+    <w:name w:val="WW-Absatz-Standardschriftart11112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart2">
+    <w:name w:val="WW-Absatz-Standardschriftart2"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="27">
+    <w:name w:val="toc 2"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z31">
+    <w:name w:val="WW8Num2z31"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="41">
+    <w:name w:val="toc 4"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="600"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart112">
+    <w:name w:val="WW-Absatz-Standardschriftart112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z21">
+    <w:name w:val="WW8Num1z21"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z81">
+    <w:name w:val="WW8Num1z81"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="60">
+    <w:name w:val="toc 6"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="1000"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption111112">
+    <w:name w:val="Caption111112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="70">
+    <w:name w:val="toc 7"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="1200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="113">
+    <w:name w:val="Текст выноски11"/>
+    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DefaultParagraphFont1">
+    <w:name w:val="Default Paragraph Font1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z01">
+    <w:name w:val="WW8Num1z01"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Endnote1">
+    <w:name w:val="Endnote1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:firstLine="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption12">
+    <w:name w:val="Caption12"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z31">
+    <w:name w:val="WW8Num3z31"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="114">
+    <w:name w:val="Указатель11"/>
+    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111111"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z01">
+    <w:name w:val="WW8Num2z01"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z51">
+    <w:name w:val="WW8Num2z51"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="caption311111">
+    <w:name w:val="caption311111"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="101">
+    <w:name w:val="Заголовок 101"/>
+    <w:basedOn w:val="111"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z41">
+    <w:name w:val="WW8Num1z41"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z51">
+    <w:name w:val="WW8Num3z51"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z71">
+    <w:name w:val="WW8Num1z71"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z31">
+    <w:name w:val="WW8Num1z31"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="34">
+    <w:name w:val="toc 3"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="400"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z11">
+    <w:name w:val="WW8Num2z11"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption111111111111">
+    <w:name w:val="Caption111111111111"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="115">
+    <w:name w:val="Основной шрифт абзаца11"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z71">
+    <w:name w:val="WW8Num3z71"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z61">
+    <w:name w:val="WW8Num3z61"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1112">
+    <w:name w:val="Caption1112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z11">
+    <w:name w:val="WW8Num3z11"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Internetlink">
+    <w:name w:val="Internet link"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footnote1">
+    <w:name w:val="Footnote1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:firstLine="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="17">
+    <w:name w:val="toc 1"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z81">
+    <w:name w:val="WW8Num3z81"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1111111112">
+    <w:name w:val="Caption1111111112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="90">
+    <w:name w:val="toc 9"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="1600"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Absatz-Standardschriftart1">
+    <w:name w:val="Absatz-Standardschriftart1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z51">
+    <w:name w:val="WW8Num1z51"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z61">
+    <w:name w:val="WW8Num2z61"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z61">
+    <w:name w:val="WW8Num1z61"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z71">
+    <w:name w:val="WW8Num2z71"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1112">
+    <w:name w:val="WW-Absatz-Standardschriftart1112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="80">
+    <w:name w:val="toc 8"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="1400"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption11111111112">
+    <w:name w:val="Caption11111111112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="18">
+    <w:name w:val="Символ нумерации1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z01">
+    <w:name w:val="WW8Num3z01"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption111111112">
+    <w:name w:val="Caption111111112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption11112">
+    <w:name w:val="Caption11112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z41">
+    <w:name w:val="WW8Num2z41"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="50">
+    <w:name w:val="toc 5"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:left="800"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num1z11">
+    <w:name w:val="WW8Num1z11"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="312">
+    <w:name w:val="Заголовок 3 Знак1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:eastAsia="NSimSun" w:hAnsi="Calibri Light" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="26"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="19">
+    <w:name w:val="Название объекта1"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="35">
+    <w:name w:val="Основной шрифт абзаца3"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afd">
+    <w:name w:val="Subtitle"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:eastAsia="NSimSun" w:hAnsi="XO Thames" w:cs="Mangal"/>
+      <w:i/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z41">
+    <w:name w:val="WW8Num3z41"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num3z21">
+    <w:name w:val="WW8Num3z21"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1111112">
+    <w:name w:val="Caption1111112"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart12">
+    <w:name w:val="WW-Absatz-Standardschriftart12"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="116">
+    <w:name w:val="Цитата11"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:ind w:left="1134" w:right="-766"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111112"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z21">
+    <w:name w:val="WW8Num2z21"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW8Num2z81">
+    <w:name w:val="WW8Num2z81"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="120">
+    <w:name w:val="Текст выноски12"/>
+    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="220">
+    <w:name w:val="Указатель22"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption5">
+    <w:name w:val="Caption5"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1121111">
+    <w:name w:val="Заголовок1121111"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3413,54 +9718,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>757</Words>
-  <Characters>4317</Characters>
+  <Words>3489</Words>
+  <Characters>19891</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>165</Lines>
+  <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5064</CharactersWithSpaces>
+  <CharactersWithSpaces>23334</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>                                                 </dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>лдз</dc:creator>
+  <dc:creator>User</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>