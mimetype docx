--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,9488 +1,43418 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header10.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header11.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header12.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header13.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header14.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header15.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header16.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header17.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header18.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header19.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header20.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header21.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header22.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header23.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header24.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header25.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header26.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header27.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header28.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header29.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header30.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header31.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header32.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header33.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pageBreakBefore/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4428"/>
+        </w:tabs>
         <w:jc w:val="center"/>
-        <w:rPr/>
+        <w:rPr>
+          <w:lang/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...40 lines deleted...]
-        </w:drawing>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:pict>
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+              <v:f eqn="sum @0 1 0"/>
+              <v:f eqn="sum 0 0 @1"/>
+              <v:f eqn="prod @2 1 2"/>
+              <v:f eqn="prod @3 21600 pixelWidth"/>
+              <v:f eqn="prod @3 21600 pixelHeight"/>
+              <v:f eqn="sum @0 0 1"/>
+              <v:f eqn="prod @6 1 2"/>
+              <v:f eqn="prod @7 21600 pixelWidth"/>
+              <v:f eqn="sum @8 21600 0"/>
+              <v:f eqn="prod @7 21600 pixelHeight"/>
+              <v:f eqn="sum @10 21600 0"/>
+            </v:formulas>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+            <o:lock v:ext="edit" aspectratio="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:50.25pt;height:57.75pt" filled="t">
+            <v:fill color2="black"/>
+            <v:imagedata r:id="rId7" o:title="" croptop="-686f" cropbottom="-686f" cropleft="-856f" cropright="-856f"/>
+          </v:shape>
+        </w:pict>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:bidi="zxx"/>
+          <w:lang/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
-[...9 lines deleted...]
-        <w:ind w:hanging="0" w:left="0"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:bidi="zxx"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
-[...9 lines deleted...]
-        <w:ind w:hanging="0" w:left="0"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:bidi="zxx"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-        <w:t>КОРЕНОВСКИЙ  РАЙОН</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
-[...9 lines deleted...]
-        <w:ind w:hanging="0" w:left="0"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:lang w:bidi="zxx"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="20"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="36"/>
-          <w:lang w:bidi="zxx"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ПОСТАНОВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...3 lines deleted...]
-      <w:r>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">т </w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от 07.11.2025                                                                                                                           №</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:bidi="zxx"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:bidi="zxx"/>
-[...1 lines deleted...]
-        <w:t>г.  Кореновск</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1567</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...2 lines deleted...]
-        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="30"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О внесении изменений в постановление администрации муниципального образования Кореновский муниципальный район Краснодарского края      от 03 октября 2024 №1206 «Об утверждении муниципальной программы муниципального образования Кореновск</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ий район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026-2028 годы» (с изменениями, внесенными постано</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">влением от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20.06.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...2 lines deleted...]
-        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="40"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...5 lines deleted...]
-        <w:rPr/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Об утверждении Программы профилактики рисков причинения вреда (ущерба) охраняемым законом ценностям при осуществлении муниципального контроля в области охраны и использования особо охраняемых природных территорий на территории  Кореновского района</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В соответствии с постановлением администрации муниципального образования Кореновский район от 02 ноября 2023 года №1921 «Об утверждении Порядка принятия решения о разработке, формировании, реализации и оценке эффективности реа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лизации муниципальных программ муниципального образования Кореновский район» администрация муниципального образования Кореновский муниципальный район Краснодарского края п о с т а н о в л я е т:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...5 lines deleted...]
-        <w:rPr/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...11 lines deleted...]
-        <w:t>на 2025 год</w:t>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Внести в постановление администрации муниципального образо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вания Кореновский район «Об утверждении муниципальной программы муниципального образования Кореновский район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>муниц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ипальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026-2028 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">годы» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(с изменениями, внесенными постановлением от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>20.06.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изменения, изложив приложение в новой редакции (прилагается). </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...8 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2. Признать утратившим силу п.1.2 постановления администрации муниципального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования Кореновский муниципальный район Краснодарского края от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>0 июн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2025 №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 823 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>О внесении изменений в постановление администрации муниципального образования Кореновский район от 03 октября 2024 №1206 «Об утверждении муниципальной программы муницип</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ального образования Кореновский район «Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>муниципальной собственности муниципального образования Кореновский район на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026-2028 годы».</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...8 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>3. Управлению службы протокола и инфор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мационной политики администрации муниципального образования Кореновский муниципальный район Краснодарского края обеспечить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>размещение настоящего постановления на официальном сайте администрации муниципального образования Кореновский муниципальный район Кра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>снодарского края в информационно - телекоммуникационной сети «Интернет».</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:ind w:firstLine="794"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Постановление вступает в силу со дня его подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Глава</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>В соответствии со статьей 44 Федерального закона от 31 июля                        2020 года № 248-ФЗ «О государственном контроле (надзоре) и муниципальном контроле в Российской Федерации», постановлением Правительства Российской Федерации от 25 июня 2021 № 990 «Об утверждении Правил разработки и утверждения контрольными (надзорными) органами программы профилактики рисков причинения вреда (ущерба) охраняемым законом ценностям», администрация муниципального образования Кореновский район                                  п о с т а н о в л я е т:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...18 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края                                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                С.А. Голобородько</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pageBreakBefore/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6355"/>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к постановлению администрации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарск</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ого края</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от 07.11.2025  № 1567</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«ПРИЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДЕНА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением администрации муниципального образования Кореновский район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от 03.10.2024 года № 1206</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в редакции постановления администрации муниципального образования Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от 07.11.2025  № 1567</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ПАСПОРТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:t>(прилагается)                                (далее - Программа профилактики).</w:t>
+        <w:t xml:space="preserve">муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...6 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:pStyle w:val="a0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:t>2. Отделу жилищно-коммунального хозяйства, транспорта и связи администрации муниципального образования Кореновский район (Нейжмак) обеспечить выполнение мероприятий Программы профилактики.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ьной собственности муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на      2026-2028 г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>оды»</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...6 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:pStyle w:val="a0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1958 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Style_8"/>
-[...2 lines deleted...]
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-8" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="108" w:type="dxa"/>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="566"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1947"/>
+        <w:gridCol w:w="3404"/>
+        <w:gridCol w:w="6401"/>
       </w:tblGrid>
-      <w:tr>
-[...176 lines deleted...]
-              <w:t>Сроки (периодичность) их проведения</w:t>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Координатор муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Крас</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нодарского края</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...167 lines deleted...]
-              <w:t>5</w:t>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Координатор подпрограмм муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...86 lines deleted...]
-              <w:contextualSpacing/>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...22 lines deleted...]
-              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Участники муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...81 lines deleted...]
-              <w:t>По мере необходимости</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ьного образования Кореновский муниципальный район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Муниципальное казенное учреждение муниципального образования Кореновский район «Управление капитального строительства»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...52 lines deleted...]
-              <w:contextualSpacing/>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...33 lines deleted...]
-              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подпрограммы муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Строительство объектов соци</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>альной сферы»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Капитальный ремонт, текущий ремонт и содержание объектов муниципальной собственности»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...21 lines deleted...]
-              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Реконструкция объектов муниципальной собственности»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...21 lines deleted...]
-              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ведомственные целевые программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...21 lines deleted...]
-              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Не предусмотрены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...21 lines deleted...]
-              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Цели муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...68 lines deleted...]
-              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание и развитие </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">социальной инфраструктуры для обеспечения населения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципального образования Кореновский муниципальный район Краснодарского края услугами учреждений образования, медицины, спорта. Привести объекты муниципальной собственности в надлежащее техническое сост</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ояние, отвечающее стандартам качества.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...22 lines deleted...]
-              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Задачи муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...13 lines deleted...]
-              <w:t>Результаты обобщения правоприменительной практики включаются в ежегодный доклад контрольного органа о состоянии муниципального контроля.</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Подготовка исходно разрешительной документации на строительство, проектно-сметной документации, прошедшей государственную экспертизу и их реализация путем строительства, выполнение подр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ядных работ по текущему, капитальному ремонту муниципального имущества, в том числе многоквартирных домов, проведение технического надзора.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...53 lines deleted...]
-              <w:contextualSpacing/>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...35 lines deleted...]
-              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Перечень целевых показателей муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Строительство общеобразовательных организаций</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Строительств</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>о детских дошкольных образовательных учреждений</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Строительство объектов спортивной инфраструктуры</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Строительство объектов здравоохранения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Приобретение, установка и (или) строительство комплексных спортивных игровых площадок, комплексных детских игровых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> площадок</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Строительство объектов теплоснабжения населения (котельных, тепловых сетей, тепловых пунктов)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Проектирование объектов социальной сферы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Капитальный ремонт помещений, находящихся в муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Текущий ремонт </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помещений, нахо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дящихся в муниципальной собственности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>- Содержание объектов муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Реконструкция объектов муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...85 lines deleted...]
-              <w:t>В течение года (при наличии оснований)</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Демонтаж объектов муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Переустройство объектов муниципальной собственности с целью п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>риведения в соответствии с современными возросшими нормативными требованиями.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...53 lines deleted...]
-              <w:contextualSpacing/>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...32 lines deleted...]
-              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Этапы и сроки реализации муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...21 lines deleted...]
-              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026-2028  годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...25 lines deleted...]
-              <w:contextualSpacing/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Объемы бюджетных ассигнований муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий программы составит:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>общи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>й объем —18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>529,4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в том числе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>за счет средств краевого бюджета — 92 465,6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>тыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>яч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год — 77 465,6 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 15 000,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">за счет средств федерального бюджета — </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...20 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...25 lines deleted...]
-              <w:contextualSpacing/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:spacing w:val="0"/>
-[...85 lines deleted...]
-              <w:t>В течение года по необходимости</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет средств бюджета муниципального образования Кореновский муниципальный район Краснодарского края — 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>063,8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч рублей, в том чи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сле на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год — 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>063,8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет средств внебюджетных источников —           0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2028 год — 0,0 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ысяч рублей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Контроль за выполнением муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Администрация муниципального образования Кореновский муниципальный район Краснодарский край</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-        <w:ind w:firstLine="709" w:left="0" w:right="-1"/>
+        <w:pStyle w:val="a0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Характеристика текущего состояния и прогноз развития соответствующей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сферы реализации муниципальн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ой программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-          <w:sz w:val="28"/>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Строительство представляет собой отдельную самостоятельную отрасль экономики, которая предназначена для ввода в действие новых объектов, а также реконструкции, расширения, ремонта и технического перевооружения действующих объектов. Определя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ющая роль отрасли строительство заключается в создании условий для динамичного развития экономики района.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-        <w:ind w:hanging="0" w:left="0" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В муниципальном образовании Кореновский муниципальный район Краснодарского края имеется потребность в строительстве дополнительных общеобразователь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ных учреждений, а также дошкольных образовательных учреждений для устранения дефицита мест в дошкольных учреждениях, уменьшения количества смен в общеобразовательных школах. Для обучения детей здоровому образу жизни, а также для развития физической подгото</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вки в каждом образовательном учреждении должны быть помещения, предназначенные для этого и соответствующие нормам и требованиям действующего законодательства РФ. Также для обеспечения равного доступа учащихся к занятиям спортом необходимо строительство спо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ртивных залов в сельских школах. В целях дополнительного  оздоровления населения путем  полного вовлечения его в спортивно-оздоровительные мероприятия необходимо строительство теннисных кортов, комплексных спортивных игровых площадок, комплексных детских и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гровых площадок. Для оказания своевременной и квалифицированной медицинской помощи населению требуется наличие кабинетов врачей общей практики во всех поселениях муниципального образования Кореновский муниципальный район Краснодарского края. А также необхо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>димо своевременно производить капитальный ремонт, текущий ремонт соответствующих помещений и приводить их в соответствие с действующими нормативными требованиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выполнение программных мероприятий по ремонту и содержанию объектов муниципальной собственнос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ти, вызванных процессом физического и морального старения объектов муниципальной собственности, необходимо д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ля предотвращения создания аварийных ситуаций и износа недвижимого имущества муниципального образования Кореновский муниципальный район Краснодарско</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">го края. В связи с этим требуется выполнять предупредительный текущий ремонт, который заключается в своевременно проводимых работах по предупреждению преждевременного износа конструкций, а также работах по устранению мелких </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повреждений и неисправностей в к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онструкциях, возникающих в процессе эксплуатации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На сегодняшний день имеется потребность в ведении технического надзора за выполнением работ на объектах муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Реализация мероприятий программы и эффективное использование местного бюджета невозможно без применения программно-целевого метода, который позволит объединить ее отдельные мероприятия, консолидировать бюджетные и внебюджетные источники финансиров</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ания, добиться мультипликативного эффекта, выраженного в развитии и модернизации муниципального образования, создании благоприятного инвестиционного климата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Цели, задачи и целевые показатели, конкретные сроки и этапы</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-        <w:ind w:hanging="0" w:left="0" w:right="-1"/>
         <w:jc w:val="center"/>
-        <w:rPr/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>реализации муниципальной программы</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-        <w:ind w:hanging="0" w:left="0" w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2.1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основной целью муниципальной программы является: с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оздание и развитие социальной инфраструктуры для обеспечения населения   муниципального образования Кореновский муниципальный район Краснодарского края услугами учреждений образования, медицины, спо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рта. Привести объекты муниципальной собственности в надлежащее техническое состояние, отвечающее стандартам качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.2. Для достижения указанной цели необходимо решить следующие основные задачи: п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>одготовка исходно разрешительной документации на строит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ельство, проектно-сметной документации, прошедшей государственную экспертизу и их реализация путем строительства, выполнение подрядных работ по текущему, капитальному ремонту муниципального имущества, в том числе многоквартирных домов, проведение техническ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ого надзора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.3. Сроки реализации муниципальной программы: 2026– 2028 годы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.4. Целевые показатели муниципальной программы увязаны с целевыми показателями, характеризующими достижение целей и решение задач муниципальной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Плановые значен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ия целевых показателей приведены в приложение № 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-        <w:t>Раздел IV</w:t>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Перечень и краткое описание подпрограмм</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="ConsPlusTitle11"/>
+        <w:pStyle w:val="ab"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В целях выполнения задач и достижения установленной цели муниципальной программы  «Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края на 2026-2028 годы» предусматривает реализация трех подпрограмм:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Подпрограмма «Строительство объектов социальной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сферы» предусматривает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выполнение комплекса мероприятий, обеспечивающих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>положительный эффект в развитии инфраструктуры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципального образования Кореновский муниципальный район Краснодарского края. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Обеспечение выполнения подпрограммы позволит удовлетворить спрос населения Корен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>овского муниципального района Краснодарского края на получение образовательных услуг. Строительство спортивных объектов позволит обеспечить реализацию основных задач и направлений развития физической культуры и спорта с учетом местных условий и возможносте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>й, создать условия для популяризации физической культуры и спорта среди различных групп населения. Строительство новых объектов здравоохранения на территории сельских поселений муниципального образования повысит уровень жизни и качества населения путем рас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ширения доступа населения к услугам в сфере здравоохранения, создания безопасных и комфортных условий обслуживания населения в медицинских учреждениях, а также путем создания дополнительных рабочих мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Подпрограмма «Капитальный ремонт, текущий ремонт и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содержание объектов муниципальной собственности» предусматривает выполнение комплекса мероприятий, обеспечивающих положительный эффект в развитии инфраструктуры муниципального образования Кореновский муниципальный район Краснодарского края.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Привести объек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ты муниципальной собственности в надлежащее техническое состояние, отвечающее стандартам качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Подпрограмма «Реконструкция объектов муниципальной собственности» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусматривает выполнение комплекса мероприятий, обеспечивающих положительный эффект в р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азвитии инфраструктуры муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Реконструкция объектов муниципальной собственности на территории муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> повысит у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ровень жизни населения путем социально-экономическую привлекательность района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t>Показатели результативности и эффективности Программы</w:t>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Перечень основных мероприятий муниципальной программы</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="ConsPlusTitle11"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="ConsPlusTitle11"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень основных мероприятий муниципальной программ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы приводится в табличной форме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в приложении к муниципальной подп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рограммы «Капитальный ремонт, текущий ремонт и содержание объектов муниципальной собственности».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Обоснование ресурсного обеспечения муниципальной программы</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="ConsPlusTitle11"/>
-        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
-        <w:rPr/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...24 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Style_8"/>
-[...2 lines deleted...]
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-8" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="0" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="108" w:type="dxa"/>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="566"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2857"/>
+        <w:gridCol w:w="2549"/>
+        <w:gridCol w:w="1365"/>
+        <w:gridCol w:w="1696"/>
+        <w:gridCol w:w="1424"/>
+        <w:gridCol w:w="1077"/>
+        <w:gridCol w:w="1694"/>
       </w:tblGrid>
-      <w:tr>
-[...111 lines deleted...]
-              <w:t>Величина</w:t>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Источник финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования (тыс.руб.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...51 lines deleted...]
-              <w:ind w:hanging="0" w:left="0" w:right="-1"/>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ъем финансирования всего,  тыс.руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4195" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">не менее 4-х мероприятий, проведённых отделом </w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В том числе по годам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...51 lines deleted...]
-              <w:ind w:hanging="0" w:left="0" w:right="-1"/>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий подпрограммы «Строительство объектов социальной сферы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...66 lines deleted...]
-              <w:t>100%</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>95 662,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80 662,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...51 lines deleted...]
-              <w:ind w:hanging="0" w:left="0" w:right="-1"/>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...64 lines deleted...]
-              <w:t>100% от числа обратившихся</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>92 465,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>77 465,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...51 lines deleted...]
-              <w:ind w:hanging="0" w:left="0" w:right="-1"/>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...44 lines deleted...]
-              <w:t>3 %</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...51 lines deleted...]
-              <w:ind w:hanging="0" w:left="0" w:right="-1"/>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...44 lines deleted...]
-              <w:t>3 %</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий подпрограммы «Капитальный ремонт, текущий ремонт и содержание объектов муниципальной собственност</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий подпрограммы «Реконструкция объектов муниципа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>льной собственности»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-        <w:ind w:firstLine="709" w:left="0" w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Объем софинансирования из краевого бюджета выд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еляется в рамках </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной программы Краснодарского края «Развитие физической  культуры и спорта», утвержденной постановлением главы администрации (губернатора) Краснодарского края от 12.10.2015 года № 962; подпрограммы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«Создание объектов общественно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>й инфраструктуры муниципальной собственности» государственной программы Краснодарского края «Развитие общественной инфраструктуры», утвержденным постановлением главы администрации (губернатора) Краснодарского края от 30 ноября 2021 г №857,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программы Краснодарского края «Развития здравоохранения»  от 12.10.2015 г. №966.</w:t>
+      </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-        <w:ind w:firstLine="709" w:left="0" w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...3 lines deleted...]
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-          <w:color w:val="FF0000"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...1 lines deleted...]
-        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Методика оценки эффективности реализации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оценка эффективности реализации муниципальной программы производится ежегодно. В соответствии с базов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыми показателями типовой методикой оценки эффективности муниципальной программы в соответствии с утвержденным постановлением администрации муниципального образования Кореновский район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>02 ноября 2023 года №1921.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Механизм реализации муниципальной програм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и контроль за ее выполнением</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Текущее управление ходом реализации муниципальной программы и контроль за ее выполнением осуществляет отдел строительства администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, котор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ое:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- обеспечивает разработку и реализацию муниципальной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- организует работу по достижению целевых показателей муниципальной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- представляет в управление экономики администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отчетность о реализации муниципальной программы, а также информацию, необходимую для проведения оценки эффективности реализации муниципальной программы, мониторинга ее реализации и подготовки доклада о ходе реализации муниципально</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>й программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Исполнителями мероприятий программы является администрация  муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, муниципальное казенное учреждение муниципального образования Кореновский район «Управление капитальн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ого строительства», которые представляют в управление экономики администрации муниципального образования Кореновский муниципальный район Краснодарского края информацию об исполнении мероприятий подпрограммы в следующие сроки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- ежеквартально до 25-го чис</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ла месяца, следующего за отчетным периодом, представляют отчет об объемах использованных денежных средств и степени выполнения мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- в срок до 1 марта года, следующего за отчетным, представляет в управление экономики доклад о ходе реализации муниц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ипальной программы на бумажных и электронных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Отдел строительства администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляет в управление экономики администрации муниципального образования Корено</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сводную информацию о реализации программных мероприятий в установленные сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Заместитель главы</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...1 lines deleted...]
-        <w:contextualSpacing/>
+        <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
-        <w:rPr/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>муниципального образования</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-[...1 lines deleted...]
-        <w:contextualSpacing/>
+        <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
-        <w:rPr/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-        <w:t>Кореновский район                                                                       А.Е. Дружинкин</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
       </w:r>
     </w:p>
-    <w:sectPr>
-[...10 lines deleted...]
-      <w:docGrid w:type="default" w:linePitch="100" w:charSpace="0"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:headerReference w:type="first" r:id="rId10"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1127" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края                               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                               Б.И. Сторчун</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6329"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6329" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение №2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">одержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края на </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026-2028</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЦЕЛИ, ЗАДАЧИ И ЦЕЛЕВЫЕ ПОКАЗАТЕЛИ МУНИЦИПАЛЬНОЙ ПРОГРАММЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">й район Краснодарского края </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а 2026-2028 годы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-8" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="598"/>
+        <w:gridCol w:w="5086"/>
+        <w:gridCol w:w="1461"/>
+        <w:gridCol w:w="2292"/>
+        <w:gridCol w:w="1566"/>
+        <w:gridCol w:w="1762"/>
+        <w:gridCol w:w="1798"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наимено</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>вание целевого показателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ед.изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Статус</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5126" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Значение показателей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13965" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подпрограмма </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Строительство объектов социальной сферы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Строительство общеобразовательных организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Строительство детских </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дошкольных образовательных  учреждений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="126"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Строительство объектов спортивной инфраструктуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Строительство объектов здравоохранения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приобретение, установка и (или) строительство комплексных спортивных игровых площ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>адок, комплексных детских игровых площадок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Строительство объектов теплоснабжения населения (котельных, тепловых сетей, тепловых пунктов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проектирование объектов социальной сферы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13965" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подпрограмма «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Капитальный ремонт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>, текущий ремонт и содержание объектов муниципальной собственности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Капитальный ремонт помещений, находящихся в муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Текущий ремонт </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>помещений, находящихся в муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>58,74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Сод</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ержание объектов муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13965" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подпрограмма «Реконструкция объектов муниципальной собственности»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Реконструкция объектов муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Демонтаж объектов муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Переустройство объектов муниципальной собственности с целью приведения в соответствии с современными возросшими нормативными требованиями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="first" r:id="rId13"/>
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="1134" w:right="1134" w:bottom="720" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                    Б.И. Сторчун</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pageBreakBefore/>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ №1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к муниципальной программе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">айон Краснодарского края </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2026-2028</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПАСПОРТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муници</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пальной подпрограммы муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Строительство объектов социальной сферы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="2" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3169"/>
+        <w:gridCol w:w="6487"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="855"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Координатор подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>айон Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="968"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Участники подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Муниципальное казенное учреждение муниципального образования Кореновский район «Управление к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>апитального строительства»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="712"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Цели подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Создание условий предоставления общедоступного и бесплатного начального общего, основного общего, среднего (полного) общего образования детям по основным общеобразовательным программам и организация общедоступн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ого дошкольного образования при условии обеспечения надлежащими условиями процесса обучения и дошкольного воспитания детей. Формирования здорового образа жизни путем обеспечения условий для развития физической культуры, школьного и массового спорта на терр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>итории муниципального образования Кореновский муниципальный район Краснодарского края. Создание условий для оказания медицинской помощи населению на территории муниципального образования Кореновский муниципальный район Краснодарского края.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Задачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>подпрогр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>аммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Строительство новых объектов, включая разработку проектно-сметной документации и подключение их к сетям инженерных коммуникаций и осуществление строительного контроля.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Перечень целевых показателей подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Строительство общеобразовательных орга</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>низаций</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Строительство детских дошкольных образовательных учреждений</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>- Строительство объектов спортивной инфраструктуры</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Строительство объектов здравоохранения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Приобретение, установка и (или) строительство комплексных спортивных игровых площадок, компл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ексных детских игровых площадок</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Строительство объектов теплоснабжения населения (котельных, тепловых сетей, тепловых пунктов)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Проектирование объектов социальной сферы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="512"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Этапы и сроки реализации муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026-2028 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="1017"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Объемы бюджетных ас</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сигнований подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Общий объем финансирования мероприятий программы составит 95 662,1 тысяч рублей, в том числе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет средств краевого бюджета — 92 465,6 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год — 77 465,6 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 15 000,0 тысяч руб</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет средств федерального бюджета — 0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет средств бюджета муниципального образования Кореновский м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>униципальный район Краснодарского края — 3 196,5 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год — 3 196,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет средств иных источников бюджета —           0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="810"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Контроль за выполнением</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Администрация муниципального образования  Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Х</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арактеристика текущего состояния и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прогноз развития соответствующей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сферы реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Реализация мероприятий подпрограммы направлена на экономическое развитие муниципального образования Кореновский муниципальный район Краснодарского края и повышение качества жизни населения пу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тем строительством </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>объектов социальной сферы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Для обеспечения возможности привлечения средств вышестоящих бюджетов на реализацию указанных мероприятий необходимо осуществлять проектирование за счет средств местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Выполнение подпрограммы позволит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> решить задачи, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нацеленные на обеспечение дальнейшего развития Кореновского муниципального района Краснодарского края как многофункционального муниципального образования с качественным социальным уровнем жизни населения и благоприятными условиями для эконо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мической деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Процесс обучения и дошкольного воспитания детей школьного и дошкольного возрастов ведется в школе, строительство которых осуществлялось 50 лет назад, т.е. имеющих большой процент износа. Площади групповых комнат в детских садах и кла</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ссных комнатах в школе не отвечают современным санитарно-эпидемиологическим требованиям, а также требованиям по обеспечению непосредственно процесса обучения и воспитания. В некоторых зданиях школ нет столовых (пищеблоков), спортзалов, медицинских кабинето</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в, кабинетов директора. В здании детских садов недостаточное количество спальных мест и туалетных комнат. В зданиях школы переход детей из одного блока в другой осуществляется по улице.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мотивация к ведению здорового и активного образа жизни становится все </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>более популярной, как среди взрослого населения страны, так в детско-юношеской и молодежной среде. Количество детей увеличивается, т. к. на территории муниципального образования несколько воинских частей, в которых ежегодно прибывают военнослужащие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Востре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бованность в спортивных сооружениях, в комплексных спортивных игровых площадках, в комплексных детских игровых площадках, в дополнительных местах в образовательных и дошкольных учреждениях растет. Поэтому необходимо планировать мероприятия по решению данно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>й проблемы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поликлиники и участковые больницы строились в 40-е и 50-е годы прошлого столетия и располагаются в трех поселениях, возникла необходимость строительства зданий амбулаторий врача общей практики.  На сегодняшний день они построены в 7 из 9 посел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ений. Таким образом, строительство дополнительных аналогичных объектов позволит обеспечить условия, при которых жители удаленных населенных пунктов смогут получить своевременную квалифицированную медицинскую помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Это возможно сделать программно-целевым </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>методом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Цели, задачи и целевые показатели, конкретные сроки и этапы реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="907"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цель - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>организация предоставления общедоступного и бесплатного начального общего, основного общего, среднего (полного) общего образования детям по основны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>м общеобразовательным программам и организация общедоступного дошкольного образования при условии обеспечения надлежащими условиями процесса обучения и дошкольного воспитания детей. Формирования здорового образа жизни путем обеспечения условий для развития</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> физической культуры, школьного и массового спорта на территории муниципального образования Кореновский муниципальный район Краснодарского края. Создание условий для оказания медицинской помощи населению на территории муниципального образования Кореновский</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципальный район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2.2 Задачи — строительство новых объектов, включая разработку проектно-сметной документации и подключение их к сетям инженерных коммуникаций и осуществление строительного контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2.3 Сроки реализации подпрограммы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2026-2028</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Целевые показатели муниципальной программы увязаны с целевыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>показателями, характеризующими достижение целей и решение задач муниципальной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Плановые значения целевых показателей приведены в приложение № 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Перечень основ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ных мероприятий муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень основных мероприятий муниципальной программы приводится в табличной форме в соответствии с приложением №3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Обоснование ресурсного обеспечения подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-8" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2502"/>
+        <w:gridCol w:w="1344"/>
+        <w:gridCol w:w="1666"/>
+        <w:gridCol w:w="1402"/>
+        <w:gridCol w:w="1392"/>
+        <w:gridCol w:w="1331"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Источник фина</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нсирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5791" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования (тыс.руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования всего,  тыс.руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4125" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В том числе по годам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий подпрограммы «Строительство объектов социальной сферы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>95 662,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>80 662,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>92 465,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>77 465,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Методика оценки эффективности реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оценка эффективности р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еализации подпрограммы производится ежегодно в соответствии с базовыми показателями типовой методикой оценки эффективности подпрограммы, утвержденными постановлением администрации муниципального образования Кореновский район от 02 ноября 2023 года №1921.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Механизм реализации подпрограммы и контроль за ее выполнением</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Текущее управление ходом реализации и контроль за ее выполнением осуществляет отдел строительства администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского кр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, который:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- обеспечивает разработку и реализацию подпрограммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- организует работу по достижению целевых показателей подпрограммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">- представляет в управление экономики администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Красн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отчетность о реализации подпрограммы, а также информацию, необходимую для проведения оценки эффективности реализации подпрограммы, мониторинга ее реализации и подготовки доклада о ходе реализации подпрограммы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Исполнителями мероприятий подп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рограммы является администрация  муниципального образования Кореновский муниципальный район Краснодарского края, муниципальное казенное учреждение муниципального образования Кореновский район «Управление капитального строительства», которые представляют в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>управление экономики администрации муниципального образования Кореновский муниципальный район Краснодарского края информацию об исполнении мероприятий подпрограммы в следующие сроки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- ежеквартально до 25-го числа месяца, следующего за отчетным периодом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, представляют отчет об объемах использованных денежных средств и степени выполнения мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- в срок до 1 марта года, следующего за отчетным, представляет в управление экономики доклад о ходе реализации муниципальной программы на бумажных и электро</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края предоставляет в управление экономики администрации муниципального образования Кореновский муниципальный район Краснодарского </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>края сводную информацию о реализации программных мероприятий в установленные сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края                                                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Б.И. Сторчун</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:headerReference w:type="even" r:id="rId14"/>
+          <w:headerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId16"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1548" w:right="567" w:bottom="1134" w:left="1701" w:header="1134" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6329"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6329" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение №2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной подпрограммы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Строительство объектов социальной сферы»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>муниципальной программы муниципального</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>образования Кореновский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский ра</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>йон на 2026-2028 годы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЦЕЛИ, ЗАДАЧИ И ЦЕЛЕВЫЕ ПОКАЗАТЕЛИ П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ОДПРОГРАММЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Строительство объектов социальной сферы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципально</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">й собственности муниципального образования Кореновский район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на 2026-2028 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>годы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-8" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="620"/>
+        <w:gridCol w:w="5148"/>
+        <w:gridCol w:w="1717"/>
+        <w:gridCol w:w="1745"/>
+        <w:gridCol w:w="1630"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1871"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование целевого показателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ед.изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Статус</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5333" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Значение показателей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13943" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подпрограмма </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Строительство объектов социальной сф</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еры»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Строительство общеобразовательных организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Строительство детских дошкольных образовательных  учреждений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Строительство объектов спортивной инфраструктуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Строительство объектов здравоохранения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приобретение, установка и (или) строительство комплексных спортивных игровых площадок, комплексных детских игровых площадок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Строительство объектов теплоснабжения населения (котельных, тепловых сетей, тепловых пунктов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проектирование объектов социальной сферы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:headerReference w:type="even" r:id="rId17"/>
+          <w:headerReference w:type="default" r:id="rId18"/>
+          <w:headerReference w:type="first" r:id="rId19"/>
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="1134" w:right="1134" w:bottom="720" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6329"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6329" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение №3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной подпрограммы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Строительство объектов социальной сферы»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>муниципальной програм</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>мы муниципального</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Краснодарского края на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2026-2028 г</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>оды»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕРЕЧЕНЬ ОСНОВНЫХ МЕРОПРИЯТИЙ ПОДПРОГРАММЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Строительство объектов социальной сферы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Строительство, реконструкц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ия, капитальный ремонт, текущий ремонт, содержание объектов мун</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иципальной собственности муниципального образования Кореновский район на 2026-2028 годы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-8" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="3991"/>
+        <w:gridCol w:w="400"/>
+        <w:gridCol w:w="1185"/>
+        <w:gridCol w:w="1247"/>
+        <w:gridCol w:w="1078"/>
+        <w:gridCol w:w="1020"/>
+        <w:gridCol w:w="1247"/>
+        <w:gridCol w:w="966"/>
+        <w:gridCol w:w="1093"/>
+        <w:gridCol w:w="1801"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Наименования предприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Источник финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Объем финансирования, всего (тыс.руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3345" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>В том чи</w:t>
+            </w:r>
+            <w:r>
+              <w:t>сле</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Срок реализации мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Непосредственный результат реализации мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Муниципальный заказчик мероприятий, ответственный за выполнение мероприятий и получатель субсидий (субвенция, иных межбюджетных трансфертов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Цель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10037" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Организация предоставления общедоступного и бесплатного начального общего, основного общего, среднего (полного) общего образования детям по основным общеобразовательным программам и организация общедоступного дошкольного обра</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>зования при условии обеспечения надлежащими условиями процесса обучения и дошкольного воспитания детей. Формирования здорового образа жизни путем обеспечения условий для развития физической культуры, школьного и массового спорта на территории муниципальног</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">о образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Создание условий для оказания медицинской помощи населению на территории муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Задача</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10037" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Строительство новых объекто</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>в, включая разработку проектно-сметной документации и подключение их к сетям инженерных коммуникаций и осуществление строительного контроля.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Общеобразовательная организация на 1100 мест в г. Кореновск</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>79 912,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>79 912,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюдж</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76 715,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76 715,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В том числе:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Выполнение проектно-изыскательных работ по объекту «Общеобразова</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>тельная организация на 1100 мест в г.Кореновск»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>79 912,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>79 912,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3 кв</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76 715,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76 715,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>«Фельдшерско-акушерский пункт в п. Южный, Кореновского района»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 750,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>750,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 750,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>750,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:t>2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Разработка проектно-сметной документации объекта: «Фельдшерско-акушерский пункт в п. Южный, Кореновского района»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>750,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>750,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Кра</w:t>
+            </w:r>
+            <w:r>
+              <w:t>евой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>750,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>750,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:t>2.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>Строительство объекта:«Фельдшерско-акушерский пункт в п. Южный, Кореновского района»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1801" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:headerReference w:type="even" r:id="rId20"/>
+          <w:headerReference w:type="default" r:id="rId21"/>
+          <w:headerReference w:type="first" r:id="rId22"/>
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="1134" w:right="1134" w:bottom="720" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                                                                                                   Б.И. Сторчун</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pageBreakBefore/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ №1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к муниципальной программе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, содержание объектов муниципальной собственности муниципального образования Кореновский район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2026-2028</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПАСПОРТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальной подпрограммы муниципального образования Кореновский муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Капитальный ремонт, текущий ремонт и содержание объектов муниципальной собственности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-36" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3206"/>
+        <w:gridCol w:w="6450"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="855"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Координатор подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="968"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уча</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>стники подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="712"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Цели подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение мероприятий, направленных на поддержание объектов муниципальной собственности муниципального </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>образования Кореновский муниципальный район Краснодарского края в надлежащем техническом состоянии. Обеспечение организации и своевременного проведения капитального ремонта многоквартирных домов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Задачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Выполнение подрядных работ по текущему</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, капитальному ремонту муниципального имущества, в том числе многоквартирных домов, проведение технического надзора.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Перечень целевых показателей подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Капитальный ремонт помещений, находящихся в муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Текущий ремонт </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>поме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>щений, находящихся в муниципальной собственности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>- Содержание объектов муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="512"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Этапы и сроки реализации муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026-2028 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="1017"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Объемы бюджетных ассигнований подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Общий объем финансирования мероприятий программ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ы составит</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 140,0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тысяч рублей, в том числе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет средств краевого бюджета — 0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет средств федерального бюджета — 0,0 тысяч рублей,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет средств бюджета муниципального образования Кореновский муниципальный район Краснодарского края — 140,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2026 год — </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет средств иных источников бюджета — 0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="810"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Контроль за выполн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ением</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Администрация муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Х</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арактеристика текущего состояния и прогноз развития соответствующей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сферы реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выполнение программных мероприятий по ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>монту и содержанию объектов муниципальной собственности, вызванных процессом физического и морального старения объектов муниципальной собственности, необходимо д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ля предотвращения создания аварийных ситуаций и износа недвижимого имущества муниципального обр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азования Кореновский муниципальный район Краснодарского края. В связи с этим требуется выполнять предупредительный текущий ремонт, который заключается в своевременно проводимых работах по предупреждению преждевременного износа конструкций, а также работах </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по устранению мелких </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повреждений и неисправностей в конструкциях, возникающих в процессе эксплуатации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На сегодняшний день имеется потребность в ведении технического надзора за выполнением строительно-монтажных работ на объектах капитального строительства </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в муниципальном образовании Кореновский муниципальный район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящее время решить проблему возможно программно-целевыми методами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Цели, задачи и целевые показатели, конкретные сроки и этапы реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="907"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Цель - пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>оведение мероприятий, направленных на поддержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края в надлежащем техническом состоянии. Обеспечение организации и своевременного проведения ка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>питального ремонта объектов муниципального имущества, в том числе и помещений, расположенных в многоквартирных домах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="907"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2.2 Задачи - выполнение подрядных работ по текущему, капитальному ремонту муниципального имущества, в том числе и помещений, расположенны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">х в многоквартирных домах, проведение технического надзора. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2.3 Сроки реализации подпрограммы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 2026-2028 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>годы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Целевые показатели муниципальной программы увязаны с целевыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>показателями, характеризующими достижение целей и решение задач муниципальной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Плановые значения целевых показателей приведены в приложение № 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Перечень основных мероприятий муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень основных мероприятий муниципальной программы приводится в табличной форме в соответствии с приложением №3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обоснование ресурсного обеспечения подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-8" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2502"/>
+        <w:gridCol w:w="1344"/>
+        <w:gridCol w:w="1666"/>
+        <w:gridCol w:w="1402"/>
+        <w:gridCol w:w="1392"/>
+        <w:gridCol w:w="1331"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Источник финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5791" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования (тыс.руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования всего,  тыс.руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4125" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В том числе по годам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования ме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>роприятий подпрограммы «Капитальный ремонт, текущий ремонт и содержание объектов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>муниципальной собственности»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетны</w:t>
+            </w:r>
+            <w:r>
+              <w:t>е источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Методика оценки эффективности реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оценка эффективности реализации подпрограммы производится ежегодно в соответствии с базовыми показателями типовой методикой оценки эффективности подпрограммы, утвержд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>енными постановлением администрации муниципального образования Кореновский район от 02 ноября 2023 года №1921</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Механизм реализации подпрограммы и контроль за ее выполнением</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Текущее управление ходом реализации и контроль за ее выполнением осуществляет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края, который:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- обеспечивает разработку и реализацию подпрограммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- организует работу по достижению целевых показателей подпрограммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- предс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тавляет в управление экономики администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отчетность о реализации подпрограммы, а также информацию, необходимую для проведения оценки эффективности реализации подпрограммы, м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ониторинга ее реализации и подготовки доклада о ходе реализации подпрограммы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Исполнителями мероприятий подпрограммы является администрация  муниципального образования Кореновский муниципальный район Краснодарского края, муниципальное казенное учреждение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципального образования Кореновский район «Управление капитального строительства», которые представляют в управление экономики администрации муниципального образования Кореновский муниципальный район Краснодарского края информацию об исполнении меропри</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ятий подпрограммы в следующие сроки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- ежеквартально до 25-го числа месяца, следующего за отчетным периодом, представляют отчет об объемах использованных денежных средств и степени выполнения мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- в срок до 1 марта года, следующего за отчет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ным, представляет в управление экономики доклад о ходе реализации муниципальной программы на бумажных и электронных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края предоставляет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в управление экономики администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сводную информацию о реализации программных мероприятий в установленные сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кореновский м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">униципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                             Б.И. Сторчун</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:headerReference w:type="even" r:id="rId23"/>
+          <w:headerReference w:type="default" r:id="rId24"/>
+          <w:headerReference w:type="first" r:id="rId25"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1548" w:right="567" w:bottom="1134" w:left="1701" w:header="1134" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6329"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6329" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение №2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной подпрограммы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципального образования Кореновский муниципальный район Краснодарского</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> края</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Капитальный ремонт, текущий ремонт и содержание объектов муниципальной собственности» муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«Строительство, реконструкция, капитальный ремонт, текущий р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>емонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края н</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFE"/>
+              </w:rPr>
+              <w:t>а 2026-2028</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЦЕЛИ, ЗАДАЧИ И ЦЕЛЕВЫЕ ПОКАЗАТЕЛИ ПОДПРОГРАММЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Капитальный ремонт, текущий ремонт и содержание объ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ектов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальной собственности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности мун</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на 2026-2028 год</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-8" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="563"/>
+        <w:gridCol w:w="5499"/>
+        <w:gridCol w:w="1083"/>
+        <w:gridCol w:w="1479"/>
+        <w:gridCol w:w="2291"/>
+        <w:gridCol w:w="1806"/>
+        <w:gridCol w:w="1842"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование целевого показателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ед.изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Статус</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5939" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Значение показателей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14000" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подпрограмма «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Капитальный ремонт, т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>екущий ремонт и содержание объектов муниципальной собственности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="915"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Капитальный ремонт помещений, находящихся в муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Текущий ремонт </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помещений, находящихся в муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>58,74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Содерж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ание объектов муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:headerReference w:type="even" r:id="rId26"/>
+          <w:headerReference w:type="default" r:id="rId27"/>
+          <w:headerReference w:type="first" r:id="rId28"/>
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="1134" w:right="1134" w:bottom="720" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:pageBreakBefore/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6329"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6329" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение №3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной подпрограммы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Капитальный ремонт, текущий ремонт и содержание объектов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ьной собственности» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального обр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">азования Кореновский муниципальный район Краснодарского края на </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026-2028</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕРЕЧЕНЬ ОСНОВНЫХ МЕРОПРИЯТИЙ ПОДПРОГРАММЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Капитальный ремонт, текущий ремонт и содержание объектов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальной собственности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальной программы муниципального обра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026-2028 годы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-8" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="3992"/>
+        <w:gridCol w:w="1584"/>
+        <w:gridCol w:w="1247"/>
+        <w:gridCol w:w="1081"/>
+        <w:gridCol w:w="1020"/>
+        <w:gridCol w:w="1244"/>
+        <w:gridCol w:w="966"/>
+        <w:gridCol w:w="1095"/>
+        <w:gridCol w:w="1799"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Наименования предприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Источник финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Объем финансирования, всего (тыс.руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3345" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>В том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Срок реализации мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Непосредственный результат реализации мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Муниципальный заказчик мероприятий, ответственный за </w:t>
+            </w:r>
+            <w:r>
+              <w:t>выполнение мероприятий и получатель субсидий (субвенция, иных межбюджетных трансфертов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Цель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10036" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Проведение мероприятий, направленных на поддержание объектов муниципальной собственности муниципального</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования Кореновский район в надлежащем техническом состоянии. Обеспечение организации и своевременного проведения капитального ремонта объектов муниципального имущества, в том числе и помещений, расположенных в многоквартирных домах.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Задача</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10036" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Выполнен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ие подрядных работ по текущему, капитальному ремонту муниципального имущества, в том числе и помещений, расположенных в многоквартирных домах, проведение технического надзора.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Ремонт доски почета</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2-3 кв 2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Ремонт 58,74 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="324"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:vanish/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кореновск</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ий муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:headerReference w:type="even" r:id="rId29"/>
+          <w:headerReference w:type="default" r:id="rId30"/>
+          <w:headerReference w:type="first" r:id="rId31"/>
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="1134" w:right="1134" w:bottom="720" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                                                                                                   Б.И. Сторчун</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pageBreakBefore/>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ №1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к муниципальной программе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ого образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарско</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>го края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2026-2028</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:left="4819"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПАСПОРТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальной подпрограммы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Реконструкция объектов муниципальной собственности»</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="2" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3168"/>
+        <w:gridCol w:w="6506"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="855"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Координатор подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="968"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Участники подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="712"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Цели подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Частичное или полное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> изменения функционального назначения, улучшение застройки территории, </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="__DdeLink__156724_366061773"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>приведение в соответствие с современными возросшими нормативными требованиями.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Задачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Обеспечение сохранности объектов муниципальной собственности, предотвращение их прежд</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>евременного выхода из эксплуатации и сноса, а также их переустройство с целью частичного или полного изменения функции, улучшения их потребительских качеств.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Перечень целевых показателей подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Реконструкция объектов муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Демонтаж объектов муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Переустройство объектов муниципальной собственности с целью приведения в соответствии с современными возросшими нормативными требованиями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="512"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Этапы и сроки реализации муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026-2028 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="1017"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ъемы бюджетных ассигнований подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Общий объем финансирования мероприятий программы составит 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч рублей, в том числе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет средств краевого бюджета — 0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет средств федерального бюджета — 0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет средств бюджета муниципального образования Кореновский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> муниципальный район Краснодарского края — 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год — 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>за счет средств иных источников бюджета — 0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 г</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>од — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="810"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Контроль за выполнением</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Администрация муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Х</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арактеристика текущего состояния и прогноз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> развития соответствующей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сферы реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:ind w:firstLine="737"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:ind w:firstLine="737"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реализация мероприятий Программы направлена на экономическое развитие муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и повышение качества жизни населения путем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реконструкции объектов социальной сферы. Для обеспечения возможности привлечения средств вышестоящих бюджетов на реализацию указанных мероприятий необходимо осуществлять проектирование за счет средств местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:ind w:firstLine="737"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Выполнение Программы позволит решить</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> задачи, нацеленные на обеспечение дальнейшего развития </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновского муниципального района Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> как многофункционального муниципального образования с качественной городской средой, обеспечивающей высокий уровень жизни населения и благоприятн</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ые условия для экономической деятельности, в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>- уменьшение аварийного жилого (нежилого) фонда на территории муниципального образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>- предотвращение возможного обрушения объектов муниципальной собственности, предоставляющих реальную угроз</w:t>
+      </w:r>
+      <w:r>
+        <w:t>у для жизни людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>В целях организации эффективной эксплуатации объектов муниципальной собственности, поддержания их эксплуатационных ресурсов, рационального использования бюджетных средств в условиях ограниченного финансирования появилась потребность пр</w:t>
+      </w:r>
+      <w:r>
+        <w:t>именения программного подхода к решению данной проблемы, которая предопределяет ее социально-экономический характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Цели, задачи и целевые показатели, конкретные сроки и этапы реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="907"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Цель — частичное или полное изменения функцион</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ального назначения, улучшение застройки территории, приведение в соответствие с современными возросшими нормативными требованиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="907"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2.2 Задачи — обеспечение сохранности объектов муниципальной собственности, предотвращение их преждевременного выхода из эксп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>луатации и сноса, а также их переустройство с целью частичного или полного изменения функции, улучшения их потребительских качеств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2.3 Сроки реализации подпрограмм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы: 2026-2028 год</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Целевые показатели муниципальной программы увязаны с целевыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>показа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>телями, характеризующими достижение целей и решение задач муниципальной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="850"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Плановые значения целевых показателей приведены в приложение № 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Перечень основных мероприятий муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень основных мероприятий муниципальной прогр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аммы приводится в табличной форме в соответствии с приложением №3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Обоснование ресурсного обеспечения подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-8" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2502"/>
+        <w:gridCol w:w="1344"/>
+        <w:gridCol w:w="1666"/>
+        <w:gridCol w:w="1402"/>
+        <w:gridCol w:w="1392"/>
+        <w:gridCol w:w="1331"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Источник финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5791" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования (тыс.руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования всего,  тыс.руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4125" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В том </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>числе по годам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий подпрограммы «Реконструкция объектов муниципальной собственности»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местны</w:t>
+            </w:r>
+            <w:r>
+              <w:t>й бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Методика оценки эффективности реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оценка эффективности реализации подпрограммы производится ежегодно в соответствии с базовыми показателями типовой мето</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дикой оценки эффективности подпрограммы, утвержденными постановлением администрации муниципального образования Кореновский район от 02 ноября 2023 года №1921.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Механизм реализации подпрограммы и контроль за ее выполнением</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Текущее управление ходом реа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лизации и контроль за ее выполнением осуществляет отдел строительства администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, который:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- обеспечивает разработку и реализацию подпрограммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- организует работу по дос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тижению целевых показателей подпрограммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">- представляет в управление экономики администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отчетность о реализации подпрограммы, а также информацию, необходимую для проведе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ния оценки эффективности реализации подпрограммы, мониторинга ее реализации и подготовки доклада о ходе реализации подпрограммы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Исполнителями мероприятий подпрограммы является администрация  муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Кра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>снодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, муниципальное казенное учреждение муниципального образования Кореновский район «Управление капитального строительства», которые представляют в управление экономики администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>раснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информацию об исполнении мероприятий подпрограммы в следующие сроки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- ежеквартально до 25-го числа месяца, следующего за отчетным периодом, представляют отчет об объемах использованных денежных средств и степени выполнения мероприяти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>й;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- в срок до 1 марта года, следующего за отчетным, представляет в управление экономики доклад о ходе реализации муниципальной программы на бумажных и электронных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Отдел строительства администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муни</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляет в управление экономики администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сводную информацию о реализации программных мероприятий в установленные сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:sectPr w:rsidR="00000000">
+          <w:headerReference w:type="even" r:id="rId32"/>
+          <w:headerReference w:type="default" r:id="rId33"/>
+          <w:headerReference w:type="first" r:id="rId34"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1548" w:right="567" w:bottom="1134" w:left="1701" w:header="1134" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                             Б.И. Сторчун</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6329"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6329" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение №2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной подпрограммы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>муниципального образован</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ия Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Реконструкция объектов муниципальной собственности» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский район </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>бъектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2026-2028</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЦЕЛИ, ЗАДАЧИ И ЦЕЛЕВЫЕ ПОКАЗАТЕЛИ ПОДПРОГРАММЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:eastAsia="TimesNewRomanPSMT" w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Реконструкция объектов муниципальной собственности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальной прог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">раммы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный рай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">он Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на 2026-2028 го</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ды»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-8" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="591"/>
+        <w:gridCol w:w="4723"/>
+        <w:gridCol w:w="1831"/>
+        <w:gridCol w:w="2267"/>
+        <w:gridCol w:w="1767"/>
+        <w:gridCol w:w="1686"/>
+        <w:gridCol w:w="1698"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование целевого показателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ед.изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Статус</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Значение показателей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4723" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13972" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подпрограмма «Реконструкция объектов муниципальной собственности»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Реконструкция объ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ектов муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Демонтаж объектов муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Переустройство объектов муниципальной собственности с целью приведения в соответствии с современными возросшими нормативными требованиями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:headerReference w:type="even" r:id="rId35"/>
+          <w:headerReference w:type="default" r:id="rId36"/>
+          <w:headerReference w:type="first" r:id="rId37"/>
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="1134" w:right="1134" w:bottom="720" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6329"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6329" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение №3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной подпрограммы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Реконструкция объектов муниципальной собственности» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:rFonts w:cs="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниц</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ипального образования Кореновский муниципальный район Краснодарского края на 2026-2028</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕРЕЧЕНЬ ОСНОВНЫХ МЕРОПРИЯТИЙ ПОДПРОГРАММЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Реконструкция объектов муниципальной собственности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:rFonts w:cs="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Строительство, реконструкция, капитальный ремонт, текущи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">й ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2026-2028 г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="30"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>оды»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-8" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="537"/>
+        <w:gridCol w:w="3947"/>
+        <w:gridCol w:w="1469"/>
+        <w:gridCol w:w="1184"/>
+        <w:gridCol w:w="1020"/>
+        <w:gridCol w:w="976"/>
+        <w:gridCol w:w="1243"/>
+        <w:gridCol w:w="1314"/>
+        <w:gridCol w:w="1087"/>
+        <w:gridCol w:w="1791"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименования предприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Источник финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования, всего (тыс.руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3239" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В то</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Срок реализации мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Непосредственный результат реализации мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Муниципальный заказчик мероприятий, ответственный за выполнение мероприятий и получатель субсидий (субвенция, иных межбюджетных трансфертов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2028 г</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>од</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Цель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Частичное или полное изменения функционального назначения, улучшение застройки территории, приведение в соответствие с современными возросшими нормативными требованиями.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Задача</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Обеспечение сохранности объектов муниципал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ьной собственности, предотвращение их преждевременного выхода из эксплуатации и сноса, а также их переустройство с целью частичного или полного изменения функции, улучшения их потребительских качеств.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>еконструкция здания «МДОБУ детский сад №1, располож</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>енного по адресу: г. Кореновск, ул. Ленина, 92»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>61 827,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>61 827,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>61 827,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>61 827,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюдже</w:t>
+            </w:r>
+            <w:r>
+              <w:t>тные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14568" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>В том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Выполнение проектно-изыскательных работ по объекту «МДОБУ детский сад №1, расположенного по адресу:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>г. Кореновск, ул. Ленина, 92»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60 837,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60 837,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:t>3 кв. 2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>УКС»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="615"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60 837,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60 837,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="23"/>
+              </w:rPr>
+              <w:t>Охранные услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:t>1-2 кв. 2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновск</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ий район «УКС»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Реконструкция здания «МАНУ ДО СШ МО Кореновский район, расположенного по а</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>дресу:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>г. Кореновск, ул. Запорожская, д. 2Б»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31 899,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31 899,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31 899,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31 899,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные ист</w:t>
+            </w:r>
+            <w:r>
+              <w:t>очники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14568" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>В том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Выполнение проектно-изыскательных работ по объекту «МАНУ ДО СШ МО Кореновский район, расположенного по адресу: г. Кореновск,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ул. Запорожская, д. 2Б»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30 909,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30 909,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:t>3 кв 2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновск</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ий район «УКС»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30 909,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30 909,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Охранные услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:r>
+              <w:t>1-2 кв. 2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ М</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="30"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>О Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1087" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="a0"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кореновский муниц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ипальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края             </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">                                                                                                                                                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Б.И Сторчун</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00000000">
+      <w:headerReference w:type="even" r:id="rId38"/>
+      <w:headerReference w:type="default" r:id="rId39"/>
+      <w:headerReference w:type="first" r:id="rId40"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="720" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="600" w:charSpace="40960"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Andale Sans UI">
+    <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="TimesNewRomanPSMT">
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-  </w:font>
-[...47 lines deleted...]
-    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
-  <w:p>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="af"/>
       <w:jc w:val="center"/>
-      <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>12</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header10.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>20</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header11.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>19</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header12.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D"/>
+</w:hdr>
+</file>
+
+<file path=word/header13.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>22</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header14.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>23</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header15.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D"/>
+</w:hdr>
+</file>
+
+<file path=word/header16.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>28</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header17.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>27</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header18.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D"/>
+</w:hdr>
+</file>
+
+<file path=word/header19.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>30</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
-  <w:p>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="af"/>
       <w:jc w:val="center"/>
-      <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>13</w:t>
+      <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header20.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>29</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header21.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D"/>
+</w:hdr>
+</file>
+
+<file path=word/header22.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>32</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header23.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>31</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header24.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D"/>
+</w:hdr>
+</file>
+
+<file path=word/header25.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>36</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header26.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>37</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header27.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D"/>
+</w:hdr>
+</file>
+
+<file path=word/header28.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>38</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header29.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>39</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
-  <w:p>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
     <w:pPr>
-      <w:pStyle w:val="Normal"/>
-      <w:rPr/>
+      <w:pStyle w:val="af"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header30.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D"/>
+</w:hdr>
+</file>
+
+<file path=word/header31.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:rPr/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>42</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-      </w:pPr>
+<file path=word/header32.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-    </w:lvl>
-[...224 lines deleted...]
-  <w:abstractNum w:abstractNumId="3">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>43</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header33.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D"/>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>12</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D"/>
+</w:hdr>
+</file>
+
+<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>18</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>17</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header9.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00F8198D"/>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00000001"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:hanging="0"/>
-[...119 lines deleted...]
-        <w:ind w:left="0" w:hanging="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
-[...8 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
-  <w:autoHyphenation w:val="true"/>
+  <w:displayBackgroundShape/>
+  <w:embedSystemFonts/>
+  <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:doNotTrackMoves/>
+  <w:defaultTabStop w:val="347"/>
+  <w:defaultTableStyle w:val="a"/>
   <w:evenAndOddHeaders/>
+  <w:drawingGridHorizontalSpacing w:val="0"/>
+  <w:drawingGridVerticalSpacing w:val="0"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="0"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:drawingGridHorizontalOrigin w:val="0"/>
+  <w:drawingGridVerticalOrigin w:val="0"/>
+  <w:noPunctuationKerning/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:strictFirstAndLastChars/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:adjustLineHeightInTable/>
+    <w:doNotBreakWrappedTables/>
+    <w:useWord2002TableStyleRules/>
+    <w:growAutofit/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
-  <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
+  <w:rsids>
+    <w:rsidRoot w:val="00F8198D"/>
+    <w:rsid w:val="00F8198D"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:doNotEmbedSmartTags/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{69360951-8EA5-4BEC-BD6C-E5B9B3A13B4E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
-[...1 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="25">
-[...24 lines deleted...]
-    <w:lsdException w:name="Hyperlink" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="0"/>
     <w:qFormat/>
     <w:pPr>
-      <w:widowControl/>
-[...3 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
       <w:color w:val="000000"/>
-      <w:spacing w:val="0"/>
-[...3 lines deleted...]
-      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-[...3 lines deleted...]
-    <w:uiPriority w:val="9"/>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="10"/>
+    <w:next w:val="a0"/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
-        <w:ilvl w:val="0"/>
-        <w:numId w:val="2"/>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="1"/>
       </w:numPr>
-      <w:spacing w:before="280" w:after="280"/>
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:before="140"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
-[...3 lines deleted...]
-    <w:uiPriority w:val="9"/>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepNext/>
       <w:numPr>
-        <w:ilvl w:val="1"/>
-        <w:numId w:val="2"/>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="1"/>
       </w:numPr>
-      <w:spacing w:before="200" w:after="120"/>
-      <w:outlineLvl w:val="1"/>
+      <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...19 lines deleted...]
-      <w:color w:val="808080"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
-[...2 lines deleted...]
-    <w:uiPriority w:val="9"/>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:qFormat/>
     <w:pPr>
-      <w:widowControl/>
-[...4 lines deleted...]
-      <w:outlineLvl w:val="3"/>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
-[...970 lines deleted...]
-      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading22">
-[...79 lines deleted...]
-    <w:next w:val="BodyText"/>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="true"/>
-      <w:spacing w:before="240" w:after="120"/>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Mangal"/>
-[...26 lines deleted...]
-      <w:i/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Style10">
-[...8 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:default="1" w:styleId="a1">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListLabel411">
-[...1921 lines deleted...]
-  <w:style w:type="table" w:default="1" w:styleId="Style_8">
+  <w:style w:type="table" w:default="1" w:styleId="a2">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a3">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Основной шрифт абзаца3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z0">
+    <w:name w:val="WW8Num1z0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z1">
+    <w:name w:val="WW8Num1z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z2">
+    <w:name w:val="WW8Num1z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z3">
+    <w:name w:val="WW8Num1z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z4">
+    <w:name w:val="WW8Num1z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z5">
+    <w:name w:val="WW8Num1z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z6">
+    <w:name w:val="WW8Num1z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z7">
+    <w:name w:val="WW8Num1z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z8">
+    <w:name w:val="WW8Num1z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
+    <w:name w:val="WW8Num2z0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z1">
+    <w:name w:val="WW8Num2z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z2">
+    <w:name w:val="WW8Num2z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z3">
+    <w:name w:val="WW8Num2z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z4">
+    <w:name w:val="WW8Num2z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z5">
+    <w:name w:val="WW8Num2z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z6">
+    <w:name w:val="WW8Num2z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z7">
+    <w:name w:val="WW8Num2z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z8">
+    <w:name w:val="WW8Num2z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z0">
+    <w:name w:val="WW8Num3z0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z1">
+    <w:name w:val="WW8Num3z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z2">
+    <w:name w:val="WW8Num3z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z3">
+    <w:name w:val="WW8Num3z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z4">
+    <w:name w:val="WW8Num3z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z5">
+    <w:name w:val="WW8Num3z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z6">
+    <w:name w:val="WW8Num3z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z7">
+    <w:name w:val="WW8Num3z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z8">
+    <w:name w:val="WW8Num3z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Absatz-Standardschriftart">
+    <w:name w:val="Absatz-Standardschriftart"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart">
+    <w:name w:val="WW-Absatz-Standardschriftart"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1">
+    <w:name w:val="WW-Absatz-Standardschriftart1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11">
+    <w:name w:val="WW-Absatz-Standardschriftart11"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111">
+    <w:name w:val="WW-Absatz-Standardschriftart111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Основной шрифт абзаца1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Символ нумерации"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
+    <w:name w:val="Font Style16"/>
+    <w:basedOn w:val="30"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle28">
+    <w:name w:val="Font Style28"/>
+    <w:basedOn w:val="30"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="30"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Основной шрифт абзаца4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="q">
+    <w:name w:val="q"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WWCharLFO1LVL1">
+    <w:name w:val="WW_CharLFO1LVL1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WWCharLFO2LVL1">
+    <w:name w:val="WW_CharLFO2LVL1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WWCharLFO3LVL1">
+    <w:name w:val="WW_CharLFO3LVL1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel1">
+    <w:name w:val="ListLabel 1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel2">
+    <w:name w:val="ListLabel 2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel3">
+    <w:name w:val="ListLabel 3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel4">
+    <w:name w:val="ListLabel 4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel5">
+    <w:name w:val="ListLabel 5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel6">
+    <w:name w:val="ListLabel 6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel7">
+    <w:name w:val="ListLabel 7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel8">
+    <w:name w:val="ListLabel 8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel9">
+    <w:name w:val="ListLabel 9"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel10">
+    <w:name w:val="ListLabel 10"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel11">
+    <w:name w:val="ListLabel 11"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel12">
+    <w:name w:val="ListLabel 12"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel13">
+    <w:name w:val="ListLabel 13"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel14">
+    <w:name w:val="ListLabel 14"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel15">
+    <w:name w:val="ListLabel 15"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel16">
+    <w:name w:val="ListLabel 16"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel17">
+    <w:name w:val="ListLabel 17"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel18">
+    <w:name w:val="ListLabel 18"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Основной шрифт абзаца2"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a0">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="a0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Tahoma"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Указатель2"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1">
+    <w:name w:val="Caption1"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Обычный2"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Название объекта1"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
+    <w:name w:val="Указатель1"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Tahoma"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="12"/>
+    <w:next w:val="a0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-">
+    <w:name w:val="WW-Заголовок"/>
+    <w:basedOn w:val="12"/>
+    <w:next w:val="a9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Основной текст с отступом 21"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:ind w:firstLine="780"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:ind w:firstLine="720"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNonformat">
+    <w:name w:val="ConsPlusNonformat"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Arial" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitle">
+    <w:name w:val="ConsPlusTitle"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14">
+    <w:name w:val="Цитата1"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:ind w:left="170" w:right="57"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31">
+    <w:name w:val="Основной текст с отступом 31"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:ind w:right="57" w:firstLine="170"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14pt">
+    <w:name w:val="Обычный + 14 pt.полужирный.по центру"/>
+    <w:basedOn w:val="1"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Содержимое таблицы"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsNormal">
+    <w:name w:val="ConsNormal"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:ind w:firstLine="720"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Заголовок таблицы"/>
+    <w:basedOn w:val="ab"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Колонтитул"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af0">
+    <w:name w:val="Блочная цитата"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:after="283"/>
+      <w:ind w:left="567" w:right="567"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="22"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Mangal"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
+    <w:name w:val="Обычный1"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="709"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:spacing w:after="60" w:line="100" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="00000A"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentMap1">
+    <w:name w:val="Document Map1"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+      <w:kern w:val="2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard1">
+    <w:name w:val="Standard1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentMap2">
+    <w:name w:val="Document Map2"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+      <w:kern w:val="2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard2">
+    <w:name w:val="Standard2"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header11.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header19.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header32.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header14.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header27.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header18.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header26.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header31.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header13.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header22.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header17.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header25.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header30.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header33.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header16.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header21.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header29.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header12.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header24.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header15.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header20.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header23.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header28.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="ffffff"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1f497d"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="eeece1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4f81bd"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="c0504d"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9bbb59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064a2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4bacc6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="f79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000ff"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria" pitchFamily="0" charset="1"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" pitchFamily="0" charset="1"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme>
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill>
+        <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:tileRect l="0" t="0" r="0" b="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
-        <a:gradFill>
+        <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:tileRect l="0" t="0" r="0" b="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="25400">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100">
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-                <a:shade val="99000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:tileRect l="0" t="0" r="0" b="0"/>
-[...14 lines deleted...]
-          <a:tileRect l="0" t="0" r="0" b="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/24.2.5.2$Windows_X86_64 LibreOffice_project/bffef4ea93e59bebbeaf7f431bb02b1a39ee8a59</Application>
+  <Pages>2</Pages>
+  <Words>9240</Words>
+  <Characters>52674</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>438</Lines>
+  <Paragraphs>123</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>SPecialiST RePack</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>61791</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
-  <Pages>13</Pages>
-[...3 lines deleted...]
-  <Paragraphs>154</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-[...2 lines deleted...]
-  <cp:lastModifiedBy/>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>лдз</dc:creator>
+  <cp:keywords/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:revision></cp:revision>
-[...1 lines deleted...]
-  <dc:title/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
+    <vt:lpwstr>15.0000</vt:lpwstr>
+  </property>
+</Properties>
+</file>