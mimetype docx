--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,5277 +1,15474 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
+        <w:pageBreakBefore/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4428"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:51pt;height:65.25pt" filled="t">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:50.25pt;height:57.75pt" filled="t">
             <v:fill color2="black"/>
-            <v:imagedata r:id="rId7" o:title="" croptop="-3f" cropbottom="-3f" cropleft="-4f" cropright="-4f"/>
+            <v:imagedata r:id="rId6" o:title="" croptop="-689f" cropbottom="-689f" cropleft="-861f" cropright="-861f"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
-[...173 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
-[...51 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:kern w:val="2"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="21"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от 07.11.2025                                                                                                                           №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>на 202</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>156</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="NSimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О внесении изменений в постановление администрации муниципального образования Кореновский муниципальный район Краснодарского края от  27 октября 2023 года  № 1894 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>«Об утверждении муниципальной программы «Меры социальной поддержки медици</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нских кадров в муниципальном образовании Кореновский муниципальный район Краснодарского края  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на 2024-2028 годы» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="NSimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>(с изменениями, внесенными постановлением от 16.05.2025 № 603)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="NSimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="NSimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В целях улучшения оказания медицинской помощи жителям муниципального образов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ания Кореновский муниципальный район Краснодарского края, достижения санитарно-эпидемиологического благополучия населения и в соответствии с Уставом муниципального образования Кореновский муниципальный район Краснодарского края, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>постановлением администраци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>и муниципального образования Кореновский муниципальный район Краснодарского края от 02 ноября 2023 года № 1921</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>«Об утверждении Порядка принятия решения о разработке, формировании, реализации и оценке эффективности реализации муниципальных программ муниципа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">льного образования Кореновский муниципальный район Краснодарского края», </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">администрация муниципального образования  Кореновский район Краснодарского  края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">п о с т а н о в л я е </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>1.Внести в постановление администрации муниципального образования Кореновски</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">й район  от  27 октября 2023 года  № 1894 «Об утверждении муниципальной программы «Меры социальной поддержки медицинских кадров в муниципальном образовании Кореновский муниципальный район Краснодарского края на 2024-2028 годы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>(с изменениями, внесенными пос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>тановлением от 16.05.2025 № 603)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>» изменения, изложив приложение в новой редакции (прилагается).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.Признать утратившим силу постановление администрации муниципального образования Кореновский муниципальный район Краснодарского края от  31 октября 2025 года  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>№ 1536 «О внесении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="NSimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="NSimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изменений </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="NSimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>в постановление администрации муниципального образования Кореновский муниципальный район Краснодарского края от  27 октября 2023 года  № 1894</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Об утверждении муниципальной программы «Меры социальной поддержки медицинских кадров</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в муниципальном образовании Кореновский муниципальный район Краснодарского края на 2024-2028 годы». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Управлению службы протокола и информационной политики администрации муниципального образования Кореновский муниципальный район  Краснодарского края  об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еспечить размещение   настоящего постановления  на официальном сайте администрации муниципального образования Кореновский муниципальный район Краснодарского края в информационно – телекоммуникационной сети «Интернет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.Постановление вступает в силу со дн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я его подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Глава</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:ind w:right="49"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский  муниципальный район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:ind w:right="49"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                                 С.А. Голобородько</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pageBreakBefore/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2595"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="5040"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>постановлению а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>дминистрации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="5040"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="5040"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="5040"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>район Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="5040"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>1568</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="5040"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="5040"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ПАСПОРТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Меры социальной поддержки медицинских кадров в муниципальном образовании Кореновский муниципальный  район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Краснодарского края </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2024-2028 годы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="-116" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="108" w:type="dxa"/>
+          <w:bottom w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2070"/>
+        <w:gridCol w:w="7567"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Координатор</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отдел по социальным вопросам администрации муниципального образования Кореновский муниципальный  район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Координатор</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>подпрограмм</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>не пре</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дусмотрены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="910"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Участники муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отдел по социальным вопросам администрации муниципального образования Кореновский муниципальный  район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="910"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подпрограммы муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>не предусмотрены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Цели</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">создание благоприятных условий в целях привлечения и закрепления квалифицированных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>медицинских кадров для работы в бюджетном учреждении здравоохранения муници-пального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Задачи муниципальной пр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- оказание мер социальной поддержки в виде п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>редоставле-ния социальной выплаты (стипендии) гражданам, обучаю-щимся в медицинских образовательных организациях высшего, среднего профессионального образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и по программам ординатуры в высших медицин</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ских образовательных организациях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оказание мер социальной поддержки в виде </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>предос-тавления доплаты за наем жилых помещений медицинских работников, работающих в государственных бюджетных учреждениях здравоохранения министерства здравоохранения Краснодарс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кого края, расположенных на территории муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Перечень целевых показателей муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оличество студентов высших и средних медицинских образовательных организаций, полу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>чающих социальную поддержку в виде стипендии;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:spacing w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-количество трудоустроенных студентов в бюджетное учреждение здравоохранения муниципального образования Кореновский муниципальный  район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- количество </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>медицинских работников, работающих в го</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сударственных бюджетных учреждениях здравоохранения министерства здравоохранения Краснодарского края, расположенных на территории муниципального образования Кореновский муниципальный район Краснодарского края получающих доплаты за наем жилых помещений;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Эт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>апы и сроки реализации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2024-2028 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Объемы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бюджетных ассигнований  муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Общий объем финансирования мероприятий муниципальной программы в 2024-2028 годах составляет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>13 870,0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тысяч рублей, в том числе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>из бюджета</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> муниципального образования Кореновский муниципальный район Краснодарского края:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2024 – 2 740,0 тысяч рублей,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2025 – 3 950,0 тысяч рублей,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026 – 5 060,0 тысяч рублей,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2027 – 1 060,0 тысяч рублей,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2028 – 1 060,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Контроль за выполнением муници</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>администрация муниципального образования Кореновский  муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Характеристика текущего состояния и прогноз развития соответствующей сферы реализации муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В здравоохранении муниципа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>льного образования Кореновский муници-пальный район Краснодарского края, как и в целом, в Краснодарском крае существует проблема низкой укомплектованности  врачами-специалистами  и     средним  медицинским персоналом, что является причиной недостаточной уд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овлетворенности населения района качеством медицинских услуг, ставит под угрозу санитарно-эпидемиологическое благополучие в районе, не обеспечивает   прав и свобод жителей района в области охраны здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Решение вопроса закрепления медицинских кадров в м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>униципальном образовании Кореновский муниципальный район Краснодарского края является неотложной задачей. Отсутствие притока врачей и среднего медицинского персонала в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бюджетное учреждение здравоохранения Кореновского района в последние пять лет. В условия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х дефицита медицинских врачебных кадров и перехода около 43% ныне работающих врачей в категорию лиц пенсионного возраста, имеет реальную угрозу срыва оказания медицинской помощи, в том числе первичной медико-санитарной жителям  муниципального образования К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ореновский муниципальный район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Действенными методами по привлечению медицинских кадров</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>редоставление социальной выплаты (стипендии) гражданам, обучаю-щимся в медицинских образовательных организациях высшего, среднего про-ф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>ессионального образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и по программам ординатуры в высших медицин-ских образовательных организациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказание мер социальной поддержки в виде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставления доплаты за наем жилых помещений медицинских работников, работающих в государствен-ных бюджетн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ых учреждениях здравоохранения министерства здравоохранения Краснодарского края, расположенных на территории муниципального образова-ния Кореновский муниципальный район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.  Цели, задачи и целевые показатели, конкретные сроки и этапы р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еализации муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цели, задачи и целевые показатели программы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Меры социальной поддержки медицинских кадров в муниципальном образовании Кореновский муниципальный район Краснодарского края на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024-2028 годы» представлены в приложении №1 к </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальной программе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сроки реализации мероприятий муниципальной программы указан в приложении №2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Основными о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жидаемыми результатами реализации мероприятий программы является:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Реализация мероприятий, предусмотренных программой, позволит обес-печить за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>крепление медицинских кадров в районе после окончания обучения в государственных образовательных учреждениях высшего и среднего професси-онального образования, предоставления жилья в специализированном жилищ-ном фонде на территории Кореновского района и об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еспечения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>материальной поддержки и социальной защищенности работников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального учреж-дения здравоохранения муниципального образования Кореновский муници-пальный район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Общий срок реализации  программы «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Меры социальной поддержки м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">едицинских кадров в муниципальном образовании Кореновский муниципальный  район Краснодарского края на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2024-2028 годы» рассчитан на период с 2024 по 2028 год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>При необходимости возможна корректировка мероприятий в зависимости от результатов анализа эффекти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вности их реализации в предыдущем году и постановки новых задач в рамках реализации муниципальной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Перечень основных мероприятий муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Мероприятия программы представлены в табличной форме в приложении №2 к программе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обоснование ресурсного обеспечения муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Объемы и источники финансирования программы определяются перечнем программных мероприятий. Общий планируемый объем финансирования программы на 2024 -2028 годы составит </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:kern w:val="2"/>
-[...8 lines deleted...]
-          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13 870,0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:kern w:val="2"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> год</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыс. рублей.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
-        <w:spacing w:before="342" w:after="342"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ктура финансирования программы                                                                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыс. руб.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-63" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2263"/>
+        <w:gridCol w:w="1198"/>
+        <w:gridCol w:w="1248"/>
+        <w:gridCol w:w="1201"/>
+        <w:gridCol w:w="1358"/>
+        <w:gridCol w:w="1231"/>
+        <w:gridCol w:w="1138"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Источ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ники и направления расходов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7374" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Объем финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6176" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>В том числе по годам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2024 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2025 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1358" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Районный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>13 870,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2 740,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3 950,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1358" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>(на условиях софинан-нсирования)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1358" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Другие источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1358" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ВСЕГО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>13 870,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2 740,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3 950,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1358" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1231" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ресурсное обеспечение программы носит прогнозный характер и подлежит ежегодной корректировке в пределах бюджетных ассигнований, предусмотре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нных решением Совета муниципального образования Кореновский муниципальный район Краснодарского края о бюджете муниципального образования Кореновский муниципальный район Краснодарского края  на соответствующий финансовых год и на плановый период.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Методи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ка оценки эффективности реализации муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
         <w:ind w:firstLine="709"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оценка эффективности реализации муниципальной программы произво-дится ежегодно в соответствии с постановлением администрации  муниципа-льного образования Кореновский район от 02 ноября 2023 года №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1921 «Об утверждении Порядка принятия решения о разработке, формировании, реали-зации и оценке эффективности реализации муниципальных программ муници-пального  образования Кореновский район».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Механизм реализации муниципальной программы и </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">контроль за </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ее выполнением</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="857"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="857"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:kern w:val="2"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Текущее управление ходом реализации муниципальной программы и контроль за ее выполнением осуществляет отдел по социальным вопросам администрации муниципального образования Кореновский муниципальный район Краснодарского края, который:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:kern w:val="2"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:kern w:val="2"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:kern w:val="2"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чивает разработку муниципальной программы, её согласование с соисполнителями, участниками муниципальной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:kern w:val="2"/>
-[...4 lines deleted...]
-        <w:t>, администрация муниципального образования Кореновский район                                  п о с т а н о в л я е т:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формирует структуру муниципальной программы и перечень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соисполнителей, участников муниципальной программы;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организует реализацию муниципально</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й программы, координацию деятельности соисполнителей, участников муниципальной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принимает решение о внесении в установленном порядке изменений в</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальную программу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>несет ответственность за достижение целевых показателей муниципальной програ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляет подготовку предложений по объемам и источникам финансирования реализации муниципальной программы на основании предложений соисполнителей, участников муниципальной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разрабатывает формы отчетности для соисполнителей и участников м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>униципальной программы, необходимые для проведения мониторинга реализации муниципальной программы, устанавливает сроки их предоставления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляет мониторинг и анализ отчетности, представляемой соисполнителями и участниками муниципальной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еже</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>годно проводит оценку эффективности реализации  муниципальной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>готовит ежегодный доклад о ходе реализации муниципальной программы и оценке эффективности её реализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организует информационную и разъяснительную работу, направленную на освещение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>целей и задач муниципальной программы в печатных средствах массовой информации, на официальном сайте в информационно-телекоммуникационной сети Интернет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>размещает информацию о ходе реализации и достигнутых результатах муниципальной программы на официальном</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сайте в информационно-телекоммуникационной сети Интернет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляет иные полномочия, установленные муниципальной программой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> В целях осуществления текущего контроля реализации мероприятий муниципальной программы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Меры социальной поддержки медицинских</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кадров в муниципальном образовании Кореновский муниципальный район Краснодарского края на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024-2028 годы» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ответственный исполнитель программ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы ежеквартально до 25-го числа месяца, следующего за отчетным периодом,  представляет в управление экономики и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фина</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нсовое управление администрации муниципального образования  Кореновский муниципальный район Краснодарского края, отчет об объемах и источниках финансирования программы в разрезе мероприятий согласно приложения № 7 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>постановления администрации муниципального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования Кореновский район от 02 ноября 2023 года № 1921 «Об утверждении Порядка принятия решения о разработке, формировании, реализации и оценке эффективности реализации муниципаль-ных программ муниципального  образования Кореновский район».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отдел по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>социальным вопросам администрации муниципального образо-вания Кореновский  муниципальный  район  Краснодарского  края  ежегодно,  до 1 марта года,  следующего за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отчетным годом, направляет в управление экономики доклад о ходе реализации муниципальной прогр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аммы на бумажных и электронных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="200" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Начальник отдела по социальным вопросам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>администрации муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:headerReference w:type="even" r:id="rId7"/>
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:headerReference w:type="first" r:id="rId9"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1246" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                               Т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.С. Аннина</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ №1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="5040"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>к муниципальной программе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Меры социальной поддержки </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>медицинских кадров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>в муниципальном образовании Кореновский муниципальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район Краснодарского края на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024-2028 годы»      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ЦЕЛИ, ЗАДАЧИ И ЦЕЛЕВЫЕ ПОКАЗАТЕЛИ МУНИЦИПАЛЬНОЙ ПРОГРАММЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-2" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="563"/>
+        <w:gridCol w:w="4534"/>
+        <w:gridCol w:w="143"/>
+        <w:gridCol w:w="1003"/>
+        <w:gridCol w:w="131"/>
+        <w:gridCol w:w="1009"/>
+        <w:gridCol w:w="77"/>
+        <w:gridCol w:w="1340"/>
+        <w:gridCol w:w="126"/>
+        <w:gridCol w:w="1291"/>
+        <w:gridCol w:w="1414"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1469"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>целевого показателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ед. изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Статус *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7058" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Значение показателей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2024 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2025 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="195"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13955" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Муниципальная программа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  «Меры социальной поддержки</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>медицинских кадров в муниципальном образовании Кореновский муниципальный район Краснодарского края 2024-2028 годы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13955" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Цель «Создание благоприятных условий в целях привлечения и закрепления вы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сококвалифицированных врачебных кадров для работы в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>бюджетном</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="800000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>учреждении здравоохранения МО Кореновский муниципальный  район Краснодарского края»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13955" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Задача 1. «Оказание мер социальной поддержки в виде предоставления социальной выплаты (стипендии) гражданам </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучающимся в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>медицинских образовательных организациях высшего, среднего профессионального образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и по программам ординатуры в высших медицинских образовательных организациях»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Количество студентов высших и средних медицинских образовательных орга</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>низа-ций, получающих социальную поддержку в виде стипендии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>чел.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="581"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Количество трудоустроенных студентов в бюджетное учреждение здравоохранения муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(получавшие со</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>циальную поддержку в виде стипендии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Врачи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="209"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Средний персонал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1086" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1466" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13955" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Задача 2. «Оказание мер социальной поддержки в виде предоставления </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>доплаты за наем жилых помещений медицинских работников, работающих в государственных бюджетных учреж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дениях здравоохранения министерства здравоохранения Краснодарского края, расположенных на территории муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="209"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Количество трудоустроенных врачей в бюджетное учреждение здравоохранени</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>я муниципального образования Коренов-ский муниципальный район Краснодар-ского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(получающих социальную поддержку в виде предоставления доплаты за наем жилых помещений)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>чел.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1414" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Методика расчета целевых показателей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-при расчете целевого показа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>теля 1.1. считается количество студентов высших и средних медицинских образовательных организаций, получающих социальную поддержку в виде стипендии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-при расчете целевого показателя 1.2. считается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>количество трудоустроенных студентов в бюджетное учреждение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> здравоохранения муниципального образования Кореновский район (получавшие социальную поддержку в виде стипендии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9637"/>
+          <w:tab w:val="left" w:pos="784"/>
         </w:tabs>
-        <w:ind w:right="-2" w:firstLine="705"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a5"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...111 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-при расчете целевого показателя 2.1. считается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>количество трудоустроенных врачей в бюджетное учреждение здравоохранения муниципального образо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>вания Кореновский муниципальный район Краснодарского края (получающих социальную поддержку в виде предоставления доплаты за наем жилых помещений).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
-        <w:ind w:firstLine="737"/>
-        <w:contextualSpacing/>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="784"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="blk"/>
-[...97 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
-        <w:ind w:firstLine="737"/>
-        <w:contextualSpacing/>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="784"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="blk"/>
-[...74 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
-        <w:contextualSpacing/>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="784"/>
+        </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="blk"/>
-[...62 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Начальник отдела по социальным вопросам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>администрации муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                                                                                                     Т.С.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack_Копия_1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аннина</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:pageBreakBefore/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ №2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="5040"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>к муниципальной программе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Меры социальной поддержки </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>медицинских кадров</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>в муниципальном образовании Кореновский муниципальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9637"/>
+          <w:tab w:val="left" w:pos="2595"/>
         </w:tabs>
-        <w:contextualSpacing/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район Краснодарского края на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024-2028 годы»      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ПЕРЕЧЕНЬ ОСНОВНЫХ МЕРОПРИЯТИЙ МУНИЦИПАЛЬНОЙ ПРОГРАММЫ</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
-        <w:tabs>
-[...334 lines deleted...]
-        <w:rPr>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:kern w:val="2"/>
-[...1475 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-8" w:type="dxa"/>
+        <w:tblInd w:w="-63" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="566"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1947"/>
+        <w:gridCol w:w="611"/>
+        <w:gridCol w:w="1713"/>
+        <w:gridCol w:w="565"/>
+        <w:gridCol w:w="995"/>
+        <w:gridCol w:w="990"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="852"/>
+        <w:gridCol w:w="849"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="849"/>
+        <w:gridCol w:w="1136"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="6"/>
+        <w:gridCol w:w="1836"/>
       </w:tblGrid>
       <w:tr w:rsidR="00000000">
-        <w:tc>
-[...23 lines deleted...]
-                <w:bCs/>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="735"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...86 lines deleted...]
-              <w:t>Сроки (периодичность) их проведения</w:t>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Наименования мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ста</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>тус</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Источ-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ники финанси</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>рования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Объем финанси-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>рования,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>всего</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(тыс. руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>В том числе по годам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Срок реализа-ции меропри-ятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Непосредственный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>результат реализации мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Муниципальный  заказчик мероп-риятия, ответ-ственный за выполнение меро-приятий и  полу-чатель субсидий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
-        <w:tc>
-[...101 lines deleted...]
-            </w:r>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2027</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2028</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2466" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
-        <w:tc>
-[...15 lines deleted...]
-            <w:r>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1084"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...31 lines deleted...]
-              <w:ind w:right="-1"/>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Цель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12240" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:suppressLineNumbers/>
+              <w:ind w:left="57" w:right="57"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...80 lines deleted...]
-              <w:t>По мере необходимости</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>«Создание благоприятных условий в целях привлечения и за</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">крепления высококвалифицированных врачебных кадров для работы в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>бюджетном</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="800000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>учреждении здравоохранения муниципального образования Кореновский муниципальный  район Краснодарского края»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
-        <w:tc>
-[...50 lines deleted...]
-              <w:ind w:right="-1"/>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1140"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Задача</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12240" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="57" w:right="57"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Размещение и поддержание в актуальном состоянии </w:t>
-[...99 lines deleted...]
-              <w:t>По мере обновления</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>«Оказание мер социальной поддержки в виде предоставления социа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">льной выплаты (стипендии) гражданам обучающимся в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>медицинских образовательных организациях высшего, среднего профессионального образования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и по программам ординатуры в высших медицинских образовательных организациях»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
-        <w:tc>
-[...55 lines deleted...]
-              <w:rPr>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1075"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.1.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>Предоставление социальной вып-л</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>аты в виде наз-начения стипен-дий студентам, обучающимся в государственных медицинских образовательных организациях высшего и сред-него профессио-нального обра-зования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; врачам, интернам/орди-наторам, обуча-ющимся по ос-новным профес-сиональным про граммам </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>после вузовского меди-цинского и фар-мацевтического образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12 820,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2 740,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3 740,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4 220,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Ежеме-сячно до 10 числа каждого месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Закрепление медицинских кадров в районе после окончания обучения в государстве-нных образователь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ных учреждениях высшего и среднего профессиона-льного образования, предоставления жилья в специализированном жилищном фонде на территории Кореновс-кого района и обеспече-ния  материальной под-держки и социальной защищенности работни-ков </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:rPr>
+              <w:t>муниципального учр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
-[...130 lines deleted...]
-              <w:t>ри наличии оснований)</w:t>
+              <w:t>еждения здравоох-ранения МО Коре-новский муниципаль-ный район Краснодар-ского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>администрация</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>муниципального</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>образования Кореновский муниципальный район Краснодар-ского края</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
-        <w:tc>
-[...187 lines deleted...]
-            </w:r>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="658"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Краевой</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000000">
-        <w:tc>
-[...34 lines deleted...]
-            <w:r>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b w:val="0"/>
-[...5 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Федера-льный бюджет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b w:val="0"/>
-[...35 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="917"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12 820,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2 740,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3 740,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4 220,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="2155"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Внебюд-жетные источ-ники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1056"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Задача</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12240" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="57" w:right="57"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Оказание мер социальной поддержки в виде предоставления </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>доплаты за наем жилых помещений медицинс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ких работников, работающих в государственных бюджетных учреждениях здравоохранения министерства здравоохранения Краснодарского края, расположенных на территории муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="832"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.2.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Предоста</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>вле-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="a4"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ние </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>доплаты за наем жилых помещений медицинских работников, работающих в государственных бюджетных учреждениях здравоохраненияминистерства здравоохране-ния Краснодар-ского края, расположенных на территории муниципального образования Кореновский муници</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пальный район Красно-дарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 050,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>210,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>840,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Ежемесячно до 10 числа каждого месяца</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Закрепление медицинс-ких кадров в районе после окончания обуче-ния в государственных образовательных учре-ждениях высшего и среднего про</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>фессиона-льного образования, предоставления жилья в специализированном жилищном фонде на территории Кореновс-кого района и обеспече-ния материальной под-держки и социальной защищенности работни-ков</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>от 31 июля 2020 года № 248-ФЗ  «О государственном контроле (надзоре) и муниципальном контроле в Российской Федерации»</w:t>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>муниципального учреждения здравоох-ранения муниципально-го</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования Коренов-ский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>администрация</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...61 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>муниципаль-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ного образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="889"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Краевой</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Федера-льный бюджет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1059"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 050,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>210,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>840,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="714"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Внебюд-жетные источ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="637"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ИТОГО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 870,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2 740,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3 950,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="523"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="744"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Федера-льный бюдж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="573"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13 870,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2 740,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3 950,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1 060,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="611" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="565" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Внебюд-жетные источ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:left="-57" w:right="-57"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1136" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Andale Sans UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Segoe UI" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
-        <w:ind w:right="-1" w:firstLine="709"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
-        <w:ind w:right="-1" w:firstLine="709"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
-        <w:ind w:right="-1"/>
-[...2 lines deleted...]
-          <w:bCs/>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...12 lines deleted...]
-        <w:t>IV</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Начальник отдела по социальным вопросам</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
-        <w:pStyle w:val="ConsPlusTitle"/>
-        <w:jc w:val="center"/>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>администрации муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский мун</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:t>Показатели результативности и эффективности Программы</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                                                                                                     Т.С.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack_Копия_1_Копия_1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аннина</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:pPr>
-        <w:pStyle w:val="ConsPlusTitle"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Standard"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
-[...761 lines deleted...]
-    </w:p>
     <w:sectPr w:rsidR="00000000">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...3 lines deleted...]
-      <w:pgMar w:top="1474" w:right="567" w:bottom="1134" w:left="1701" w:header="1134" w:footer="720" w:gutter="0"/>
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1767" w:right="1134" w:bottom="567" w:left="1134" w:header="1134" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
+      <w:docGrid w:linePitch="100"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="0">
+    <w:charset w:val="CC"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Mangal">
-[...13 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="NSimSun">
+    <w:panose1 w:val="02010609030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Andale Sans UI">
     <w:altName w:val="Arial Unicode MS"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-[...23 lines deleted...]
-    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
     <w:pPr>
-      <w:pStyle w:val="af4"/>
+      <w:pStyle w:val="af0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> PAG</w:instrText>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:noProof/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>8</w:t>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
     <w:pPr>
-      <w:pStyle w:val="af4"/>
+      <w:pStyle w:val="af0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00000000" w:rsidRDefault="00F765BE"/>
+  <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+    <w:pPr>
+      <w:pStyle w:val="af0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...248 lines deleted...]
-</w:numbering>
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+    <w:pPr>
+      <w:pStyle w:val="af0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>12</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+    <w:pPr>
+      <w:pStyle w:val="af0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="00565FF7">
+    <w:pPr>
+      <w:pStyle w:val="af0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:t>9</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
   <w:defaultTableStyle w:val="a"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:strictFirstAndLastChars/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:adjustLineHeightInTable/>
-    <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F765BE"/>
-    <w:rsid w:val="00F765BE"/>
+    <w:rsidRoot w:val="00565FF7"/>
+    <w:rsid w:val="00565FF7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{36FA2709-09D2-4AD1-882F-C8776916AA2C}"/>
+  <w15:docId w15:val="{EBC76447-B8E8-4C01-B36F-B10E74BC2E80}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5601,755 +15798,593 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressAutoHyphens/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="0" w:hAnsi="Liberation Serif" w:cs="0"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="zh-CN"/>
-[...19 lines deleted...]
-      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="10"/>
-    <w:next w:val="a0"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
     <w:qFormat/>
     <w:pPr>
-      <w:numPr>
-[...3 lines deleted...]
-      <w:spacing w:before="200"/>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:eastAsia="SimSun" w:cs="Mangal"/>
       <w:b/>
-      <w:bCs/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...18 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="a1">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a2">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a3">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
-[...5 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z0">
     <w:name w:val="WW8Num1z0"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z1">
     <w:name w:val="WW8Num1z1"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z2">
     <w:name w:val="WW8Num1z2"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z3">
     <w:name w:val="WW8Num1z3"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z4">
     <w:name w:val="WW8Num1z4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z5">
     <w:name w:val="WW8Num1z5"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z6">
     <w:name w:val="WW8Num1z6"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z7">
     <w:name w:val="WW8Num1z7"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z8">
     <w:name w:val="WW8Num1z8"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a3">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Цветовое выделение для Текст"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="0" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="annotationreference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
+    <w:name w:val="Font Style11"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
+    <w:name w:val="Font Style16"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
+    <w:name w:val="WW8Num2z0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z1">
     <w:name w:val="WW8Num2z1"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z2">
     <w:name w:val="WW8Num2z2"/>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z3">
     <w:name w:val="WW8Num2z3"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z4">
     <w:name w:val="WW8Num2z4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z5">
     <w:name w:val="WW8Num2z5"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z6">
     <w:name w:val="WW8Num2z6"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z7">
     <w:name w:val="WW8Num2z7"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z8">
     <w:name w:val="WW8Num2z8"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Absatz-Standardschriftart">
-[...13 lines deleted...]
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle58">
+    <w:name w:val="Font Style58"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-    <w:name w:val="Цветовое выделение для Текст"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle33">
+    <w:name w:val="Font Style33"/>
     <w:rPr>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-    <w:name w:val="Гипертекстовая ссылка"/>
+    <w:name w:val="Текст примечания Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
-      <w:b w:val="0"/>
-      <w:color w:val="106BBE"/>
+      <w:rFonts w:eastAsia="0" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
-    <w:name w:val="Маркеры списка"/>
+    <w:name w:val="Тема примечания Знак"/>
+    <w:basedOn w:val="a6"/>
     <w:rPr>
-      <w:rFonts w:ascii="OpenSymbol" w:eastAsia="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol"/>
+      <w:rFonts w:eastAsia="0" w:cs="Mangal"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel5">
-    <w:name w:val="ListLabel 5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Wingdings" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:sz w:val="24"/>
+      <w:rFonts w:eastAsia="SimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
-    <w:name w:val="Символ нумерации"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Основной шрифт абзаца2"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
-[...85 lines deleted...]
-    <w:name w:val="Заголовок1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Заголовок2"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a0"/>
+    <w:next w:val="a8"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a0">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:spacing w:after="140" w:line="288" w:lineRule="auto"/>
+      <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="a8"/>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
-    <w:name w:val="Указатель2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Указатель1"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1">
-    <w:name w:val="Caption1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="caption1">
+    <w:name w:val="caption1"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption11">
-    <w:name w:val="Caption11"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="indexheading">
+    <w:name w:val="index heading"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="caption11">
+    <w:name w:val="caption11"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption111">
-    <w:name w:val="Caption111"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Mangal"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="caption111">
+    <w:name w:val="caption111"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="caption1111">
+    <w:name w:val="caption1111"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1111">
-[...73 lines deleted...]
-    <w:next w:val="a"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
+    <w:name w:val="Standard"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
-      <w:autoSpaceDE w:val="0"/>
-      <w:ind w:firstLine="720"/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:lang w:eastAsia="zh-CN"/>
+      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="Segoe UI" w:hAnsi="Liberation Serif" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ae">
-[...12 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Standard"/>
     <w:pPr>
       <w:spacing w:after="283"/>
       <w:ind w:left="567" w:right="567"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Title">
-[...2 lines deleted...]
-    <w:next w:val="a0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
     <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="0" w:hAnsi="Segoe UI" w:cs="Arial"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="caption11111">
+    <w:name w:val="caption11111"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="280" w:after="119"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style6">
+    <w:name w:val="Style6"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:spacing w:line="323" w:lineRule="exact"/>
+      <w:ind w:firstLine="691"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style4">
+    <w:name w:val="Style4"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:spacing w:line="324" w:lineRule="exact"/>
       <w:jc w:val="center"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style7">
+    <w:name w:val="Style7"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:spacing w:line="324" w:lineRule="exact"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:ind w:firstLine="720"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="56"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
-[...3 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNonformat">
+    <w:name w:val="ConsPlusNonformat"/>
     <w:pPr>
-      <w:spacing w:before="60"/>
-      <w:jc w:val="center"/>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="36"/>
-      <w:szCs w:val="36"/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Arial" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Текст в заданном формате"/>
+    <w:basedOn w:val="Standard"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Содержимое таблицы"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Standard"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af2">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Колонтитул"/>
+    <w:basedOn w:val="Standard"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af3">
-    <w:name w:val="Колонтитул"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Верхний и нижний колонтитулы"/>
     <w:basedOn w:val="a"/>
-    <w:pPr>
-[...5 lines deleted...]
-    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderandFooter">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="ad"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af4">
+  <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:suppressLineNumbers/>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4819"/>
-        <w:tab w:val="right" w:pos="9638"/>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="annotationtext">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="a"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="annotationsubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="annotationtext"/>
+    <w:next w:val="annotationtext"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Заголовок таблицы"/>
-    <w:basedOn w:val="af1"/>
+    <w:basedOn w:val="ac"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
-  </w:style>
-[...119 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6573,55 +16608,78 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>9797</Characters>
+  <Pages>2</Pages>
+  <Words>3544</Words>
+  <Characters>20206</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>168</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11493</CharactersWithSpaces>
+  <CharactersWithSpaces>23703</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Администрация МО Кореновский район рассмотрев Вашу жалобу об устранении причин  занижения  налоговой базы, неправильному исчислению  налога и недоимкам по налогу на землю в отношении земельного участка  с КН 23:12:0601040:185, находящегося по адресу: г</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>user</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
+    <vt:lpwstr>15.0000</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Company">
+    <vt:lpwstr>SPecialiST RePack</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="HyperlinksChanged">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LinksUpToDate">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ScaleCrop">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ShareDoc">
+    <vt:bool>false</vt:bool>
+  </property>
+</Properties>
+</file>