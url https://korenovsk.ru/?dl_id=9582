--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -4,2720 +4,7265 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="008369E0">
-      <w:pPr>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4428"/>
+        </w:tabs>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:51pt;height:65.25pt" filled="t">
-[...1 lines deleted...]
-            <v:imagedata r:id="rId7" o:title="" croptop="-3f" cropbottom="-3f" cropleft="-4f" cropright="-4f"/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:50.25pt;height:57.75pt" filled="t">
+            <v:fill opacity="0" color2="black"/>
+            <v:imagedata r:id="rId7" o:title="" croptop="-693f" cropbottom="-693f" cropleft="-866f" cropright="-866f"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="008369E0">
-      <w:pPr>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
-        <w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 10.11.2025                                                                                                                           № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>1574</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об утверждении устава муниципального  казенного  учреждения «Информационно-методический центр системы образования муниципального образования  Кореновский   муниципальный район  Краснодарского края»  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В    соответствии  со  статьями 52</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, 123.21, 123.22 Гражданского  кодекса Российской Федерации  и  на основании постановления администрации муниципального образования Кореновский муниципальный район Краснодарского края от 25 сентября  2025 года № 1355 «О  переименовании  муниципального  каз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>енного  учреждения «Информационно-методический центр системы образования муниципального образования  Кореновский   район»  администрация  муниципального образования Кореновский муниципальный район Краснодарского края  п о с т а н о в л я е т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>устав муниципального  казенного  учреждения «Информационно-методический центр системы образования муниципального образования  Кореновский   муниципальный район  Краснодарского края» (МКУ «ИМЦ системы образования МО Кореновский район») (прилагается).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Мун</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иципальному  казенному  учреждению «Информационно-методический центр системы образования муниципального образования  Кореновский   муниципальный район  Краснодарского края» организовать работу  по регистрации  устава муниципального  казенного  учреждения «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информационно-методический центр системы образования муниципального образования  Кореновский   муниципальный район  Краснодарского края».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3. Признать  утратившим  силу постановление администрации муниципального   образования     Кореновский район  от 24 де</w:t>
+      </w:r>
+      <w:r>
+        <w:t>кабря 2010 года № 2046 «Об утверждении устава муниципального  казенного  учреждения «Информационно-методический центр системы образования муниципального образования  Кореновский    район» в новой редакции».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>4. Управлению службы протокола и информационной п</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">олитики администрации муниципального образования Кореновский муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>район Краснодарского края  официально  обнародовать настоящее постановление в установленном порядке и разместить на официальном сайте администрации муниципального образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Корено</w:t>
+      </w:r>
+      <w:r>
+        <w:t>вский муниципальный район  Краснодарского края в информационно-телекоммуникационной сети «Интернет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Контроль  за исполнением  постановления возложить на заместителя главы муниципального образования Кореновский муниципальный район  Краснодарского края  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.Г.Ковалеву.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6. Постановление вступает в силу после  его  официального обнародования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный  район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
           <w:lang/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        </w:numPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                    С.А.Голобо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>родько</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pageBreakBefore/>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДЕН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением администрации муниципального образования Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1574</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:left="4956"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>У С Т А В</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального  казенного учреждения «Информационно-методический</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>центр с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>истемы образования муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pageBreakBefore/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.1.Муниципальное казенное учреждение «Информационно-методический центр системы образования муниципального образования Кореновский райо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н»  (далее «Казенное учреждение») создано на основании постановления администрации муниципального образования Кореновский район от 9 ноября 2010 года №1651 «Об изменении типа бюджетных учреждений в целях создания муниципальных казенных учреждений» путем из</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>менения типа муниципального учреждения  «Информационно-методический центр системы образования муниципального образования Кореновский район», учрежденного постановлением главы муниципального образования Кореновский район от 30 июня 2006 года  №839 «О создан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ии на базе районного методического кабинета управления образования администрации муниципального образования Кореновский район муниципального учреждения «Информационно-методический центр системы образования муниципального образования Кореновский район».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Му</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ниципальное учреждение «Информационно-методический центр системы образования Кореновский район» реорганизовано путем присоединения к нему муниципального учебно-методического учреждения системы образования муниципального образования Кореновский район – филь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мотеки на основании постановления главы муниципального образования Кореновский район от 1 июля 2009 года  №836 «О реорганизации муниципального учебно-методического учреждения системы образования муниципального образования Кореновский район – фильмотеки и м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>униципального учреждения «Информационно-методический центр системы образования муниципального образования Кореновский район».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Муниципальное казенное учреждение «Информационно-методический центр системы образования муниципального образования Кореновский ра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>йон» переименовано в муниципальное казенное учреждение «Информационно-методический центр системы образования муниципального образования Кореновский муниципальный район Краснодарского края»  на основании постановления администрации муниципального образовани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я Кореновский муниципальный район Краснодарского края  от 25 сентября 2025 года № 1355.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.2.Муниципальное учреждение «Информационно-методический центр системы образования Кореновский муниципальный район Краснодарского края» является муниципальным гражда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нским учреждением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казенное учреждение является некоммерческой организацией, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Courier New" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляющей выполнение работ и оказание услуг в целях обеспечения реализации предусмотренных законодательством Российской Федерации  полномочий органов местного самоупр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Courier New" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">авления в сфере образования, созданной в соответствии с  Конституцией Российской Федерации, Гражданским кодексом  Российской Федерации, Федеральными законами  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от   6 октября 2003 года №131-ФЗ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Courier New" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Об общих принципах организации местного самоуправления в Россий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Courier New" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ской Федерации», </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от 12 января 1996 года №7-ФЗ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Courier New" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «О некоммерческих организациях»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.4. Официальное наименование Казенного учреждения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Полное наименование Казенного учреждения – Муниципальное казенное учреждение «Информационно-методический центр системы образо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вания муниципального образования Кореновский муниципальный район Краснодарского  края».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сокращенное наименование Учреждения – МКУ «ИМЦ системы образования МО Кореновский район».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.5.Учредителем муниципального казенного  учреждения «Информационно-методическ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ий центр системы образования муниципального образования Кореновский муниципальный район Краснодарского края» является  муниципальное образование Кореновский муниципальный                                      район  Краснодарского края (далее – «Учредитель»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Функции и полномочия Учредителя муниципального казенного учреждения «Информационно-методический центр системы образования Кореновский муниципальный район Краснодарского края»  выполняет  администрация муниципального образования Кореновский муниципальный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.6. В своей деятельности Казенное учреждение руководствуется федеральными законами, указами и распоряжениями Президента Российской Федерации, постановлениями и распоряжениями Правительства Российской Федерации, законами  и Уста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вом Краснодарского края, постановлениями и распоряжениями администрации Краснодарского края, Уставом муниципального образования Кореновский муниципальный район Краснодаского края, постановлениями и распоряжениями  администрации муниципального образования К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ореновский муниципальный район Краснодарского края, решениями органов управления образованием всех уровней, а также настоящим уставом и локальными правовыми актами Казенного учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.7. Казенное учреждение является юридическим лицом  и  от своего имен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и может приобретать и осуществлять имущественные и личные неимущественные права, нести обязанности, быть истцом  и  ответчиком в   суде, иметь печать,  штампы   и   бланки   со   своим наименованием,    а    также зарегистрированную в установленном порядке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> эмблему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.8.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Юридический и фактический адрес Казенного учреждения: 353180 Краснодарский край, г. Кореновск, улица Венеры Павленко, 59.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...19 lines deleted...]
-        </w:numPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. ЦЕЛЬ И ЗАДАЧИ  КАЗЕННОГО УЧРЕЖДЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1. Цель  Казенного учреждения – содействие повышению качества дошкольного и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>общего образования (в том числе специального и дополнительного образования детей) в условиях модернизации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.2. Задачи Казенного учреждения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.2.1. содействие развитию муниципальной системы образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.2.2.содействие функционированию и разви</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тию образовательных учреждений общего образования (в том числе специального и дополнительного образования детей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="220"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.2.3.оказание поддержки образовательным учреждениям в освоении и введении в действие государственных образовательных стандартов общего образ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.2.4.оказание помощи в развитии творческого потенциала педагогических работников образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.2.5.удовлетворение информационных, учебно-методических, образовательных потребностей педагогических работников образовательных учрежде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.2.6. создание условий для организации и осуществления повышения квалификации педагогических и руководящих работников образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.2.7. оказание учебно-методической и научной поддержки всем участникам образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.8. содействие в выполнении целевых федеральных, региональных и муниципальных программ образования, воспитания, молодежной политики и других.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.2.9. информационно-методическая  работа  по  пропаганде  учебных,  учебно-методических  и  информационно-пропа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гандистских   видеофильмов,  а  также  других аудиовизуальных  и  интерактивных  средств  обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.3. Право Казенного учреждения осуществлять   деятельность,   на    которую   в соответствии  с  законодательством  Российской   Федерации   требуется спе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>циальное разрешение - лицензия, возникает у Казенного учреждения с момента ее получения или в указанный в ней срок, и  прекращается   по   истечении срока   ее действия, если иное не установлено законодательством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. ОСНОВНЫЕ  НАПРАВ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЛЕНИЯ ДЕЯТЕЛЬНОСТИ КАЗЕННОГО УЧРЕЖДЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основными направлениями деятельности Казенного учреждения являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1. Аналитическая деятельность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1.1. мониторинг профессиональных и информационных потребностей работников системы  образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.2.создание </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>базы данных о педагогических работниках образовательных учреждений муниципального  образования Кореновский район;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1.3. изучение и анализ состояния  и результатов методической работы в образовательных учреждениях, определение направлений ее совершенствова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ния;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1.4. выявление затруднений дидактического и методического характера в образовательном процессе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1.5. сбор и обработка информации о результатах учебно-воспитательной работы образовательных учреждений района;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.6.анализ  работы  по  использованию </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовательными  учреждениями   видео-  и  компьютерной  техники,  а  также  других  технических средств обучения  в  образовательном  процессе  и  внеурочной  работе,  пропаганда  передового  опыта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1.7.изучение, обобщение и распространение передового</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогического опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.2. Информационная деятельность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.2.1. формирование банка педагогической информации (нормативно-правовой, научно-методической, методической и др.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="32"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.2.2.ознакомление педагогических работников с новинками педагогической, психологи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ческой, методической и научно-популярной литературы на бумажных и электронных носителях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.2.3. ознакомление педагогических и руководящих работников  образовательных учреждений с опытом инновационной деятельности образовательных учреждений и педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.4. информирование педагогических работников образовательных учреждений о новых направлениях в развитии дошкольного, общего, специального образования и дополнительного образования детей, о содержании образовательных программ, новых учебниках, учебно-методи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ческих комплектах, видеоматериалах, рекомендациях, нормативных, локальных актах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="220"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.2.5. создание медиатеки современных учебно-методических материалов, осуществление информационно-библиографической деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="220"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.2.6.пропаганда видеофильмов, других аудиови</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зуальных и интерактивных средств обучения и сбор заявок на них в образовательных учреждениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3. Организационно-методическая деятельность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3.1. изучение запросов, методическое сопровождение и оказание практической помощи: молодым специалистам, педагоги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ческим и руководящим работникам в период подготовки к аттестации, в межаттестационный и межкурсовой периоды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3.2. прогнозирование, планирование и организация повышения квалификации и профессиональной переподготовки педагогических и руководящих работников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовательных учреждений, оказание им информационно-методической помощи в системе непрерывного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3.3. организация работы районных методических объединений педагогических работников образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3.4. организация сети методич</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еских объединений педагогических работников образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3.5. участие в разработке содержания регионального (национально-регионального) компонента, компонента образовательного учреждения образовательных стандартов, элективных курсов для пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едпрофильной подготовки обучающихся общеобразовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3.6. участие в разработке программ развития образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3.7. организация методического сопровождения профильного обучения в общеобразовательных учреждениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3.8. мето</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дическое сопровождение подготовки педагогических работников к проведению единого государственного экзамена;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3.9. обеспечение комплектования фондов учебников, учебно-методической литературы образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3.10. определение опорных (базовых)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школ, дошкольных учреждений, школ педагогического опыта для проведения семинаров-практикумов и других мероприятий с руководящими и педагогическими работниками образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3.11. подготовка и проведение научно-практических конференций. пед</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>агогических чтений, конкурсов профессионального педагогического мастерства педагогических работников образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.3.12. организация и проведение фестивалей, конкурсов, предметных олимпиад, конференций обучающихся образовательных учреждени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.3.13. взаимодействие и координация методической деятельности с соответствующими подразделениями органов управления образованием и учреждений дополнительного профессионального (педагогического) образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.3.14. организация  разработки и тиражиров</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ания справочных материалов по вопросам использования видеофильмов и других аудиовизуальных и интерактивных средств обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.3.15. организация и проведение выставок, связанных с пропагандой видеофильмов и других аудиовизуальных и интерактивных средств о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бучения, организация их просмотров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3.16.формирование  прокатного   медиафонда  по  учебным  дисциплинам  для  проведения  учебной  и  внеклассной  работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.3.17. тематическое комплектование видеофильмов и других аудиовизуальных и интерактивных средств</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3.18. создание методического фонда видеофильмов из опыта творчески работающих педагогических работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.3.19.осуществление проката учебных видеофильмов, а также других аудиовизуальных и интерактивных средств обучения в образовательных учре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ждениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.4. Консультационная деятельность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.4.1.организация консультационной работы для педагогических работников муниципальных образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.4.2.организация консультационной работы для педагогических работников, ведущих в сельских об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>щеобразовательных учреждениях преподавание двух-трех и более предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.4.3. организация консультационной работы для педагогических и руководящих работников специальных (коррекционных) образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.4.4. популяризация и разъяснение резу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>льтатов новейших педагогических и психологических исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.4.5. консультирование педагогических работников образовательных учреждений и родителей по вопросам обучения и воспитания детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3. 5. Деятельность в области информатизации системы образова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ния:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.5.1. мониторинг состояния, результатов и перспектив развития образовательных учреждений района, организация маркетинга информационных потребностей  педагогических работников образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.5.2. формирование массива информации об осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овных направлениях развития образования в районе, научном, научно-методическом обеспечении образовательной деятельности, результатах образовательного процесса в районе, об информационных профессиональных потребностях педагогических работников образовательн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ых учреждений, об инновационном педагогическом опыте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3.5.3. создание системы дифференцированных сервисных услуг непрерывного образования педагогических и руководящих работников образовательных учреждений, методическое сопровождение процесса непрерывного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.5.4.организация сетевого информационно-коммуникационного обслуживания образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.5.5. анализ состояния подготовленности кадров в области владения компьютером, информационными технологиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.5.6. анализ состояния  научн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ого, учебно-методического, научно-технического обеспечения образовательных учреждений района в области информационно-коммуникационных технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.5.7. организация и проведение всеобуча по информационным технологиям для педагогических и руководящих работ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ников образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.5.8. организация проведения консультаций по психолого-педагогическим аспектам использования  аудиовизуальных и интерактивных средств обучения в образовательном процессе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.6. Деятельность в сфере научного обеспечения р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азвития системы образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.6.1. мониторинг состояния и формирование банка данных опытно-экспериментальной работы образовательных учреждений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.6.2. информирование образовательных учреждений об инновационных процессах в образовательной системе района;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.6.3. научно-методическое сопровождение инновационных процессов в образовательной системе района;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.6.4. патронаж образовательных учреждений, получивших статус экспериментальных площадок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.6.5. осуществление научно-методической поддержки педагогическ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>их работников общеобразовательных учреждений, ведущих экспериментальную работу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.6.6. организация научно-консультационной работы для педагогов-экспериментаторов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.6.7. организация постоянно действующих семинаров по инновациям, методам научного исследов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ания в системе образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3.6.8. проведение мероприятий, направленных на распространение результатов опытно-экспериментальной и инновационной деятельности в системе образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. ОБЕСПЕЧЕНИЕ ДЕЯТЕЛЬНОСТИ КАЗЕННОГО УЧРЕЖДЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.1. Казенное учрежде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ние осуществляет свою деятельность во взаимодействии с образовательными учреждениями дополнительного профессионального образования, другими образовательными и научными  учреждениями и организациями, ассоциациями, занимающимися повышением квалификации и про</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фессиональной переподготовкой педагогических и руководящих работников образовательных учреждений, аттестационными службами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-[...124 lines deleted...]
-          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. ИМУЩЕСТВО КАЗЕННОГО УЧРЕЖДЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">5.1. Собственником  имущества  Казенного учреждения  является  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальное образование Корен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">овский  муниципальный район  Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее - Собственник).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">5.2. Имущество Казенного учреждения закрепляется за ним на праве  оперативного управления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с Гражданским кодексом Российской Федерации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5.3. Казенное учреждение  может</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  иметь  в оперативном управлении  здания, сооружения, жилищный фонд, оборудование, инвентарь, денежные средства в рублях и иностранной валюте и иное имущество.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5.4. Земельный участок, необходимый для выполнения Казенным учреждением  своих уставных задач,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляется ему на праве постоянного (бессрочного) пользования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5.5. Казенное учреждение в отношении закрепленного за ним имущества,   владеет, пользуется этим  имуществом в пределах, установленных законом, в соответствии с целями своей деятельности,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> назначением этого  имущества и, если иное не установлено законом, распоряжается этим  имуществом  с согласия Собственника этого имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5.6. Казенное учреждение  не вправе отчуждать либо иным способом  распоряжаться имуществом без согласия Собственник</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5.7. Собственник имущества вправе изъять излишнее, неиспользуемое  или используемое не по назначению имущество, закрепленное им за Казенным учреждением  либо приобретенное Казенным учреждением  за счет средств, выделенных ему Собственником на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приобретение этого имущества. Имуществом, изъятым у Казенного учреждения, собственник этого  имущества  вправе  распорядиться   по своему усмотрению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5.8. Источниками формирования имущества Казенного учреждения  в денежной  и  иных формах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...27 lines deleted...]
-        <w:keepNext/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>являются средст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ва, выделяемые целевым назначением из бюджета </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский  муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...58 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. ФИНАНСОВО-ХОЗЯЙСТВЕННАЯ ДЕЯТЕЛЬНОСТЬ КАЗЕННОГО УЧРЕЖДЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6.1. Казенное учреждение  находится в ведомственном подчинении уп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>равления образования администрации муниципального образования Кореновский муниципальный район Краснодарского края, осуществляющего бюджетные полномочия главного распорядителя (распорядителя) бюджетных  средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Взаимодействие Казенного учреждения при осущ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ествлении им бюджетных полномочий получателя бюджетных средств  с главным распорядителем (распорядителем) бюджетных средств, в ведении которого оно находится, осуществляется в соответствии с Бюджетным кодексом Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6.2. Финансовое обеспеч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ение деятельности Казенного учреждения  осуществляется  за счет  средств  бюджета  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Краснодарского края на основании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бюджетной сметы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6.3. Казенное учреждение осуществляет в установленном порядке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> операции с бюджетными средствами через лицевые счета, открытые ему в установленном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6.4. Доходы, получаемые Казенным учреждением  от основного вида деятельности, от сдачи в аренду имущества, находящегося в муниципальной собственности и переданног</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о в оперативное управление Казенному учреждению,  и (или)  полученных Казенным учреждением средств от оказания платных  услуг, безвозмездных поступлений от физических и юридических лиц, в том числе  добровольных пожертвований, средства от иной приносящей д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оходы деятельности поступают в бюджет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6.5. Казенное учреждение отвечает по своим обязательствам  находящимися в  его распоряжении денежными средствами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6.6. При недостаточнос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ти  указанных денежных средств  субсидиарную ответственность по обязательствам такого учреждения несет  Собственник его имущества - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальное образование Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Казенное учреждение  не отвечает по обязатель</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ствам Собственника имущества Казенного учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">6.7. Заключение и оплата Казенным учреждением  муниципальных  контрактов,  иных договоров, подлежащих исполнению за счет средств </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный район Краснодарского к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рая</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, производятся от имени Казенного учреждения в пределах доведенных Казенному учреждению лимитов бюджетных обязательств управлением образования администрации муниципального образования Кореновский муниципальный район Краснодарского края,  если  иное  не </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>установлено  Бюджетным кодексом  Российской  Федерации,  и  с   учетом принятых и неисполненных обязательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6.8. В случае уменьшения Казенному учреждению как получателю  бюджетных  средств главным распорядителем  (распорядителем)  бюджетных  средств   р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анее доведенных лимитов бюджетных обязательств, приводящего к невозможности исполнения Казенным учреждением  бюджетных обязательств,   вытекающих из заключенных им муниципальных контрактов, иных  договоров,  Казенное учреждение  должно обеспечить согласова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ние в соответствии с  законодательством Российской Федерации о  размещении  заказов  для  государственных  и муниципальных нужд новых условий по цене и (или) количеству  (объемам) товаров (работ, услуг) муниципальных контрактов, иных договоров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6.9.При не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">достаточности лимитов бюджетных обязательств,  доведенных Казенному учреждению  для  исполнения его денежных обязательств, по таким обязательствам от имени </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский  муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отвечает орган местн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ого самоуправления, осуществляющий бюджетные полномочия главного распорядителя бюджетных средств, в ведении которого находится Учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6.10. Казенное учреждение  не имеет права  предоставлять   и   получать  кредиты (займы), приобретать и реализовыват</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь  ценные  бумаги,   участвовать  в товариществах на вере в  качестве  вкладчика,  выступать учредителем (участником) юридических лиц, а также осуществлять виды  деятельности, не предусмотренные настоящим Уставом.  Субсидии  и  бюджетные  кредиты Казенному</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учреждению  не предоставляются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...92 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7.КОМПЕТЕНЦИЯ УЧРЕДИТЕЛЯ КАЗЕННОГО УЧРЕЖДЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7.1. Учредитель Казенного учреждения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">7.1.1 Выполняет в установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>администрацией муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядке ф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ункции и полномочия учредителя Казенного учреждения  при  его  создании, реорганизации, изменении типа и ликвидации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">7.1.2. Утверждает в установленном  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>администрацией муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядке У</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>став Казенного учреждения, а также  вносимые  в  него  изменения   и дополнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7.1.3. Осуществляет контроль за деятельностью Казенного учреждения  в  предусмотренном им порядке, а  также  за  использованием   муниципального   имущества, закрепленного за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казенным учреждением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7.1.4. Определяет порядок составления и утверждения отчета о  результатах деятельности Казенного учреждения и об использовании   закрепленного  за  ним муниципального имущества  в соответствии   с   общими  требованиями, установленн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыми Министерством финансов Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7.1.5. Устанавливает порядок составления, утверждения  и ведения  бюджетной сметы Казенного учреждения  в соответствии с  общими требованиями, установленными Министерством финансов Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.6. Назначает директора  Казенного учреждения  и прекращает его   полномочия,  а также заключает и прекращает трудовой договор с ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7.1.7. Согласовывает распоряжение движимым имуществом Казенного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">7.1.8.Согласовывает в установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>админис</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>трацией муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> порядке распоряжение недвижимым имуществом  Казенного учреждения,  в  том  числе передачу в аренду;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7.1.9. Осуществляет иные функции и полномочия учредителя,  предусмот</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ренные действующим законодательством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. УПРАВЛЕНИЕ КАЗЕННЫМ УЧРЕЖДЕНИЕМ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8.1. Единоличным  исполнительным  органом  Казенного учреждения     является директор, назначаемый и освобождаемый от должности распоряжением администрации мун</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иципального образования Кореновский муниципальный район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностные обязанности директора Казенного учреждения не могут исполняться по совместительству. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8.2. Директор Казенного учреждения действует на основании законов и иных  нормат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ивных актов Российской Федерации, Краснодарского края,  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>администрации муниципального образования Кореновский муниципальный  район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,  настоящего  Устава, трудового  договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Он подотчетен в  своей  деятельности  Учредителю,  заключившем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у   с   ним трудовой договор.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">8.3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Директор Казенного учреждения без доверенности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-  действует от имени Казенного учреждения, представляет его интересы во всех отечественных и зарубежных организациях, государственных и муниципальных органах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- закл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ючает договоры, в том числе трудовые; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- пользуется правом распоряжения имуществом и средствами Казенного учреждения в пределах, установленных законодательством и настоящим уставом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- утверждает правила внутреннего трудового распорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- издает п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>риказы, обязательные для всех работников Казенного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-  утверждает штатное расписание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- распределяет обязанности между работниками Казенного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- утверждает должностные инструкции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- устанавливает заработную плату работникам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казенного  учреждения, в том числе надбавки и доплаты к должностным окладам, порядок и размеры их премирования в соответствии с Положением об оплате труда и премировании работников. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- совершает в  установленном  порядке сделки от имени Казенного учреж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- выдает доверенности (в том числе с правом передоверия); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-открывает лицевой счет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8.4. Комплектование штата работников  Казенного учреждения осуществляется на основе трудовых договоров, заключаемых на неопределенный срок. В случаях, преду</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>смотренных трудовым законодательством, могут заключаться срочные трудовые договоры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="32"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8.5.Заработная плата работнику Казенного учреждения выплачивается за выполнение им функциональных обязанностей и работ, предусмотренных трудовым договором. Выполнение работ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ником Казенного учреждения других работ и обязанностей оплачивается в соответствии с трудовым законодательством  Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9.КОНФЛИКТ ИНТЕРЕСОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9.1. Лицами, заинтересованными в совершении Казенным учреждением тех  или  иных действий, в том ч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>исле сделок, с другими организациями  или  гражданами (далее - заинтересованные лица), признаются директор  Казенного учреждения, а также  лицо,  входящее  в  состав  органов надзора за его деятельностью, если  указанные  лица  состоят  с  этими организаци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ями   или  гражданами   в   трудовых   отношениях,  являются участниками, кредиторами этих   организаций   либо   состоят  с  этими гражданами в близких родственных отношениях или являются   кредиторами этих граждан. При этом указанные  организации  или  г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>раждане  являются поставщиками товаров (услуг) для  Казенного учреждения,  крупными  потребителями товаров (услуг), производимых Казенным учреждением, владеют имуществом, которое полностью или частично образовано  Казенным учреждением,  или  могут  извлека</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ть выгоду из пользования, распоряжения имуществом Казенного учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Заинтересованность в совершении Казенным учреждением тех или иных  действий,  в том числе в совершении сделок, влечет за собой конфликт интересов заинтересованных лиц и Казенного учре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9.2. Заинтересованные  лица  обязаны  соблюдать  интересы  Казенного учреждения, прежде всего в отношении   целей   его   деятельности,  и   не  должны использовать возможности Казенного учреждения или допускать их  использование  в иных    целях,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  помимо   предусмотренных  учредительными   документами Казенного учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Под термином возможности «Казенного учреждения» понимаются   принадлежащие Казенному учреждению имущество, имущественные и   неимущественные права, возможности в области предпр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инимательской деятельности,  информация  о деятельности и планах Казенного учреждения, имеющая для него ценность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9.3. В случае,  если заинтересованное лицо имеет  заинтересованность  в сделке, стороной которой является или намеревается быть Казенное учре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ждение,  а также в случае иного противоречия  интересов указанного  лица и Казенного учреждения в отношении существующей или предполагаемой сделки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">9.3.1. Оно обязано сообщить о своей заинтересованности учредителю или  органу надзора за его деятельностью </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>до момента принятия решения о  заключении сделки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9.3.2. Сделка должна быть одобрена учредителем Казенного учреждения или органом надзора за его деятельностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">9.4. Сделка, в совершении которой имеется заинтересованность и которая совершена с нарушением </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>требований  настоящего  раздела,   может   быть признана судом недействительной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Заинтересованное лицо несет перед Казенным учреждением ответственность в размере убытков, причиненных  им  Казенному учреждению.            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Если убытки причинены Казенному </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учреждению несколькими заинтересованными лицами,  их ответственность перед Казенным учреждением является солидарной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10. КОНТРОЛЬ  ЗА ДЕЯТЕЛЬНОСТЬЮ КАЗЕННОГО УЧРЕЖДЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>10.1. Контроль за деятельностью Казенного учреждения осуществляется в порядке, устан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">овленном администрацией </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>10.2. Казенное учреждение   ведет   бюджетный   учет,   бухгалтерский   учет и статистическую отчетность в порядке, установленном законодательством Рос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сийской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>10.3. Казенное учреждение предоставляет информацию о своей деятельности  органам государственной статистики и налоговым  органам,  учредителям  и  иным лицам в соответствии с  законодательством   Российской   Федерации   и настоящим Уст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>авом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>10.4. Размеры и структура доходов Казенного учреждения,  а   также   сведения о размерах и составе имущества Казенного учреждения, о его расходах, численности и составе работников,  об   оплате  их    труда,  об  использовании безвозмездного труда г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>раждан в деятельности Казенного учреждения   не  могут  быть предметом коммерческой тайны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>10.5. Казенное учреждение обязано ежегодно размещать в сети   Интернет или предоставлять средствам массовой информации для опубликования отчет  о своей деятельности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Порядок  и  сроки   размещения     указанного    отчета   определяются уполномоченным федеральным органом исполнительной власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>10.6. Казенное учреждение обеспечивает  открытость  и  доступность   следующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1) учредительные документы Казе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нного учреждения, в  том  числе  внесенные  в  них изменения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2) свидетельство о государственной регистрации Казенного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3) решение учредителя о создании Казенного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4) решение учредителя о назначении директора  Казенного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">план финансово-хозяйственной деятельности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казенного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учреждения, составляемый и утверждаемый в порядке, определенном Учредителем, и в соответствии с требованиями, установленными Министерством финансов   Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6) положения о филиалах, п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>редставительствах Казенного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>7) годовая бухгалтерская отчетность Казенного учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8) сведения о проведенных в отношении Казенного учреждения контрольных мероприятиях и их результатах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>9) отчет о результатах своей деятельности и  об испол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ьзовании закрепленного за ними муниципального имущества, составляемый и утверждаемый в порядке, определенном Учредителем, и  в соответствии  с общими требованиями, установленными федеральным органом исполнительной власти, осуществляющим функции по выработк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е государственной политики и нормативно-правовому  регулированию  в  сфере  бюджетной,   налоговой, страховой, валютной, банковской деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">10.7. Казенное учреждение обеспечивает открытость  и  доступность  документов, указанных в  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="sub_2002" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пункте 10.6.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего  Устава,  с  учетом требований законодательства Российской Федерации о защите государственной тайны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">10.8. Сведения, определенные </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="sub_2002" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 10.6</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Ус</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тава, размещаются федеральным органом исполнительной власти,     осуществляющим правоприменительные функции по кассовому  обслуживанию  исполнения бюджетов бюджетной системы Российской Федерации, на официальном  сайте в сети Интернет на основании информаци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и, предоставляемой Учреждением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Предоставление информации Казенным учреждением, ее размещение на   официальном сайте в сети Интернет и ведение указанного сайта  осуществляются в порядке, установленном федеральным органом   исполнительной власти, осуществл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>яющим функции  по выработке государственной политики    и  нормативно-правовому регулированию  в  сфере   бюджетной,   налоговой, страховой, валютной, банковской деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11.ЛОКАЛЬНЫЕ ПРАВОВЫЕ АКТЫ КАЗЕННОГО УЧРЕЖДЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11.1. Для обеспечения уставной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельности  Казенное учреждение  издает следующие локальные правовые акты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правила внутреннего трудового распорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должностные инструкции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приказы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Положение об оплате труда и премировании работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правила охраны труда, техники безопасности и проти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вопожарной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Положение о методическом совете;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Положение об экспертном совете;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Положение о районном методическом объединении педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Положение об опорной школе (детском саде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Положение о проблемных (творческих) группах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>11.2. Локальные правовые а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кты не могут противоречить настоящему уставу</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12. РЕОРГАНИЗАЦИЯ И ЛИКВИДАЦИЯ КАЗЕННОГО УЧРЕЖДЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>12 .1. Казенное учреждение может быть реорганизовано в порядке,  предусмотренном Гражданским кодексом Российской Федерации,   Федеральным законом от 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> января 1996 года №7-ФЗ «О некоммерческих организациях» и другими федеральными законами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>12.2. Реорганизация Казенного учреждения может быть осуществлена в форме слияния, присоединения, разделения, выделения и преобразования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>12.3. Преобразование Казенно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>го учреждения в некоммерческую организацию иной формы или хозяйственное общество допускается в случаях и в порядке,  которые установлены законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>12.4. Принятие решения о реорганизации  и  проведении  реорганизации Казенного учреждения, если иное не устан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">овлено  актом  Правительства  Российской Федерации, осуществляется в порядке, установленном администрацией </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>12.5. При реорганизации Казенного учреждения   кредитор   не   вправе   требовать досрочного исполнени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я  соответствующего обязательства, а также прекращения обязательства и возмещения связанных с этим убытков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>12.6.Казенное учреждение считается реорганизованным, за  исключением   случаев реорганизации в форме  присоединения,   с   момента   государственно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й регистрации вновь возникшей организации (организаций).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>При реорганизации Казенного учреждения в  форме  присоединения  к  нему другой организации учреждение считается реорганизованной с момента внесения в единый государственный реестр юридических лиц за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>писи о   прекращении деятельности присоединенной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>12.7. Государственная регистрация  вновь возникшего в результате реорганизации учреждения (учреждений) и внесение в единый государственный  реестр  юридических  лиц  записи  о  прекращении деят</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ельности реорганизованной организации (организаций) осуществляются в порядке, установленном федеральными законами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">12.8. Принятие решения о ликвидации и проведение ликвидации  Казенного учреждения осуществляется в порядке, установленном   администрацией  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="008369E0">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="980"/>
         </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>12.9. При ликвидации Казенного учреждения кредитор не вправе требовать досрочного исполнения соответствующего   обязательства,   а   также   прекращения обязательства и возме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>щения связанных с этим убытков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-        </w:tabs>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13. ИЗМЕНЕНИЕ ТИПА КАЗЕННОГО УЧРЕЖДЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>13.1. Изменение типа Казенного учреждения не является его  реорганизацией.  При изменении типа Казенного учреждения в  его  учредительные  документы   вносятся соответствующие измен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">13.2. Изменение типа Казенного учреждения в целях создания бюджетного учреждения осуществляются  в   порядке,  устанавливаемом  администрацией   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный  район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">13.3. Изменение  типа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казенного учреждения   в   целях   создания   автономного учреждения осуществляются в порядке, установленном Федеральным законом от 03 ноября 2006 № 174-ФЗ «Об автономных учреждениях».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1605 lines deleted...]
-        <w:t>Сторчун</w:t>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14. ВНЕСЕНИЕ ИЗМЕНЕНИЙ В УСТАВ КАЗЕННОГО УЧРЕЖДЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>14.1.  Внесение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изменений в Устав </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казенного учреждения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляется в   порядке, устанавливаемом администрацией муниципального образования Кореновский муниципальный район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15.АРХИВНОЕ ДЕЛО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15.1. Казенное учреждение в целях реализации государствен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ной, социальной, экономической и налоговой политики несет ответственность за сохранность документов (управленческих, финансово-хозяйственных, по личному составу и других), обеспечивает передачу на государственное хранение документов, имеющих научно-историч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еское значение, хранит и использует в установленном порядке документы по личному составу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>15.2. При реорганизации казенного учреждения все документы (управленческие, финансово-хозяйственные, по личному составу и другие) передаются в соответствии с установ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ленными правилами правопреемнику.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>15.3. При ликвидации и отсутствии правопреемника документы постоянного хранения, имеющие научно-историческое значение, передаются на государственное хранение в соответствующие архивы. Документы по личному составу (приказы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, личные дела и другие) передаются на хранение в районный архив. Передача и упорядочение документов осуществляются силами и за счет средств Учреждения в соответствии с требованиями архивных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00000000">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1739" w:right="567" w:bottom="1134" w:left="1701" w:header="1134" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="600" w:charSpace="32768"/>
+      <w:docGrid w:linePitch="100" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00000000" w:rsidRDefault="008369E0">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00000000" w:rsidRDefault="008369E0">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Liberation Serif">
-    <w:altName w:val="Times New Roman"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NSimSun">
-[...4 lines deleted...]
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Liberation Sans">
-    <w:altName w:val="Arial"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
-[...29 lines deleted...]
-    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00000000" w:rsidRDefault="008369E0">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00000000" w:rsidRDefault="008369E0">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00000000" w:rsidRDefault="008369E0">
+  <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="15"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>18</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00000000" w:rsidRDefault="008369E0"/>
+  <w:p w:rsidR="00000000" w:rsidRDefault="004C59AD">
+    <w:pPr>
+      <w:pStyle w:val="15"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%2"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%3"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%4"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%5"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%6"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%7"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%8"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%9"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...128 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:defaultTabStop w:val="709"/>
+  <w:defaultTabStop w:val="720"/>
   <w:defaultTableStyle w:val="a"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:strictFirstAndLastChars/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008369E0"/>
-    <w:rsid w:val="008369E0"/>
+    <w:rsidRoot w:val="004C59AD"/>
+    <w:rsid w:val="004C59AD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050">
+      <o:colormenu v:ext="edit" fillcolor="none [4]" strokecolor="none [1]" shadowcolor="none [2]"/>
+    </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{E1C68D89-A51B-494B-B6E0-174C3340BDAD}"/>
+  <w15:docId w15:val="{9FA6580C-529E-40E1-92AF-DCA5607F9DA4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3045,258 +7590,518 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="1"/>
       </w:numPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-    <w:name w:val="Основной шрифт абзаца1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Основной шрифт абзаца2"/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...4 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Absatz-Standardschriftart">
+    <w:name w:val="Absatz-Standardschriftart"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart">
+    <w:name w:val="WW-Absatz-Standardschriftart"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1">
+    <w:name w:val="WW-Absatz-Standardschriftart1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11">
+    <w:name w:val="WW-Absatz-Standardschriftart11"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111">
+    <w:name w:val="WW-Absatz-Standardschriftart111"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
     <w:name w:val="WW8Num2z0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z1">
-    <w:name w:val="WW8Num2z1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Основной шрифт абзаца1"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z2">
-    <w:name w:val="WW8Num2z2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Основной текст с отступом 2 Знак"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="3">
+    <w:name w:val="Основной текст с отступом 3 Знак"/>
     <w:rPr>
-      <w:b w:val="0"/>
-      <w:bCs w:val="0"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z3">
-    <w:name w:val="WW8Num2z3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a3">
+    <w:name w:val="Гипертекстовая ссылка"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="008000"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z4">
-[...12 lines deleted...]
-    <w:name w:val="WW8Num2z8"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
     <w:name w:val="Заголовок1"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a4"/>
+    <w:next w:val="a5"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans"/>
+      <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Tahoma"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
     </w:pPr>
-  </w:style>
-[...2 lines deleted...]
-    <w:basedOn w:val="a4"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="a5"/>
+    <w:rPr>
+      <w:rFonts w:cs="Tahoma"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Указатель2"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1">
+    <w:name w:val="Caption1"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Название1"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Tahoma"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
     <w:name w:val="Указатель1"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Tahoma"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
-    <w:name w:val="Standard"/>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-      <w:textAlignment w:val="baseline"/>
+      <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Arial"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="zh-CN"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textbodyindent">
-[...1 lines deleted...]
-    <w:basedOn w:val="Standard"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Основной текст с отступом 21"/>
+    <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:ind w:firstLine="748"/>
+      <w:ind w:firstLine="780"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderandFooter">
-    <w:name w:val="Header and Footer"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:ind w:firstLine="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNonformat">
+    <w:name w:val="ConsPlusNonformat"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Arial" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitle">
+    <w:name w:val="ConsPlusTitle"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14">
+    <w:name w:val="Цитата1"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:ind w:left="170" w:right="57"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31">
+    <w:name w:val="Основной текст с отступом 31"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:ind w:right="57" w:firstLine="170"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14pt">
+    <w:name w:val="Обычный + 14 pt.полужирный.по центру"/>
+    <w:basedOn w:val="1"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Содержимое таблицы"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="220">
+    <w:name w:val="Основной текст с отступом 22"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32">
+    <w:name w:val="Основной текст с отступом 32"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Таблицы (моноширинный)"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Колонтитул"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="header"/>
-    <w:basedOn w:val="HeaderandFooter"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
+    <w:name w:val="Верхний колонтитул слева1"/>
+    <w:basedOn w:val="ac"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4677"/>
+        <w:tab w:val="clear" w:pos="9355"/>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/C:/Users/%D0%95%D0%BB%D0%B5%D0%BD%D0%B0%20%D0%9A%D1%83%D0%B7%D1%8C%D0%BC%D0%B8%D0%BD%D0%B0/Downloads/%D0%A3%D1%81%D1%82%D0%B0%D0%B2%20%D0%BA%D0%B0%D0%B7%D0%B5%D0%BD%D0%BD%D0%BE%D0%B3%D0%BE%20%D1%83%D1%87%D1%80%D0%B5%D0%B6%D0%B4%D0%B5%D0%BD%D0%B8%D1%8F%20%D0%A6%D0%91.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/C:/Users/%D0%95%D0%BB%D0%B5%D0%BD%D0%B0%20%D0%9A%D1%83%D0%B7%D1%8C%D0%BC%D0%B8%D0%BD%D0%B0/Downloads/%D0%A3%D1%81%D1%82%D0%B0%D0%B2%20%D0%BA%D0%B0%D0%B7%D0%B5%D0%BD%D0%BD%D0%BE%D0%B3%D0%BE%20%D1%83%D1%87%D1%80%D0%B5%D0%B6%D0%B4%D0%B5%D0%BD%D0%B8%D1%8F%20%D0%A6%D0%91.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3521,54 +8326,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>593</Words>
-  <Characters>3385</Characters>
+  <Words>6067</Words>
+  <Characters>34584</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>288</Lines>
+  <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3971</CharactersWithSpaces>
+  <CharactersWithSpaces>40570</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>                                                 </dc:title>
   <dc:subject/>
-  <dc:creator>user</dc:creator>
+  <dc:creator>лдз</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>