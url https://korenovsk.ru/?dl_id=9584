--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,3605 +1,47603 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header20.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header21.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header10.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header32.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header11.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header33.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header12.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header13.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/header14.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header15.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header16.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header17.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header18.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header19.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header22.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header23.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header24.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header25.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header26.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header27.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header28.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header29.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header30.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header31.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
+</Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="4428" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...29 lines deleted...]
-        </w:pict>
+      <w:r>
+        <w:rPr/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="640080" cy="737235"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Изображение1" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Изображение1" descr=""/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId2"/>
+                    <a:srcRect l="-1326" t="-1062" r="-1326" b="-1062"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="640080" cy="737235"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>от 11.11.2025                                                                                                                           № 1576</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О внесении изменений в постановление администрации муниципального образования Кореновский муниципальный район Краснодарского края      от 03 октября 2024 №1206 «Об утверждении муниципальной программы муниципального образования Кореновский район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026-2028 годы» (с изменениями, внесенными постановлением от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20.06.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В соответствии с постановлением администрации муниципального образования Кореновский район от 02 ноября 2023 года №1921 «Об утверждении Порядка принятия решения о разработке, формировании, реализации и оценке эффективности реализации муниципальных программ муниципального образования Кореновский район» администрация муниципального образования Кореновский муниципальный район Краснодарского края п о с т а н о в л я е т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Внести в постановление администрации муниципального образования Кореновский район «Об утверждении муниципальной программы муниципального образования Кореновский район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026-2028 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">годы» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(с изменениями, внесенными постановлением от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20.06.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 823</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изменения, изложив приложение в новой редакции (прилагается). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Признать утратившим силу п.1.2 постановления администрации муниципального образования Кореновский муниципальный район Краснодарского края от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ноября 2025 года 1567 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>О внесении изменений в постановление администрации муниципального образования Кореновский район от 03 октября 2024 №1206 «Об утверждении муниципальной программы муниципального образования Кореновский район «Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский район на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026-2028 годы».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Управлению службы протокола и информационной политики администрации муниципального образования Кореновский муниципальный район Краснодарского края обеспечить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>размещение настоящего постановления на официальном сайте администрации муниципального образования Кореновский муниципальный район Краснодарского края в информационно - телекоммуникационной сети «Интернет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:keepNext w:val="false"/>
+        <w:keepLines w:val="false"/>
+        <w:pageBreakBefore w:val="false"/>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:fill="auto"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:overflowPunct w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:snapToGrid w:val="true"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="794" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Постановление вступает в силу со дня его подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Глава</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования    </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                   С.А. Голобородько</w:t>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="6355" w:leader="none"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к постановлению администрации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1576</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«ПРИЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДЕНА</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением администрации муниципального образования Кореновский район</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>от 03.10.2024 года № 1206</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в редакции постановления администрации муниципального образования Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1576</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>ПАСПОРТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на      2026-2028 г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>оды»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9806" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="55" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3404"/>
+        <w:gridCol w:w="6401"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Координатор муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Координатор подпрограмм муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Участники муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Муниципальное казенное учреждение муниципального образования Кореновский район «Управление капитального строительства»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подпрограммы муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Строительство объектов социальной сферы»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Капитальный ремонт, текущий ремонт и содержание объектов муниципальной собственности»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Реконструкция объектов муниципальной собственности»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ведомственные целевые программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Не предусмотрены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Цели муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание и развитие социальной инфраструктуры для обеспечения населения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципального образования Кореновский муниципальный район Краснодарского края услугами учреждений образования, медицины, спорта. Привести объекты муниципальной собственности в надлежащее техническое состояние, отвечающее стандартам качества.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Задачи муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Подготовка исходно разрешительной документации на строительство, проектно-сметной документации, прошедшей государственную экспертизу и их реализация путем строительства, выполнение подрядных работ по текущему, капитальному ремонту муниципального имущества, в том числе многоквартирных домов, проведение технического надзора.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Перечень целевых показателей муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Строительство общеобразовательных организаций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Строительство детских дошкольных образовательных учреждений</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Строительство объектов спортивной инфраструктуры</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Строительство объектов здравоохранения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Приобретение, установка и (или) строительство комплексных спортивных игровых площадок, комплексных детских игровых площадок</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Строительство объектов теплоснабжения населения (котельных, тепловых сетей, тепловых пунктов)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Проектирование объектов социальной сферы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Капитальный ремонт помещений, находящихся в муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Текущий ремонт </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помещений, находящихся в муниципальной собственности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>- Содержание объектов муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Реконструкция объектов муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Демонтаж объектов муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Переустройство объектов муниципальной собственности с целью приведения в соответствии с современными возросшими нормативными требованиями.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Этапы и сроки реализации муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2026-2028  годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Объемы бюджетных ассигнований муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий программы составит:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>общий объем —18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 77</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9,4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в том числе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств краевого бюджета — 91 715,6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>тыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>яч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 76 715,6 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 15 000,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств федерального бюджета — 0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств бюджета муниципального образования Кореновский муниципальный район Краснодарского края — 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>063,8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>063,8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств внебюджетных источников —           0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ысяч рублей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Контроль за выполнением муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6401" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Администрация муниципального образования Кореновский муниципальный район Краснодарский край</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Характеристика текущего состояния и прогноз развития соответствующей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сферы реализации муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:t>Строительство представляет собой отдельную самостоятельную отрасль экономики, которая предназначена для ввода в действие новых объектов, а также реконструкции, расширения, ремонта и технического перевооружения действующих объектов. Определяющая роль отрасли строительство заключается в создании условий для динамичного развития экономики района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:t>В муниципальном образовании Кореновский муниципальный район Краснодарского края имеется потребность в строительстве дополнительных общеобразовательных учреждений, а также дошкольных образовательных учреждений для устранения дефицита мест в дошкольных учреждениях, уменьшения количества смен в общеобразовательных школах. Для обучения детей здоровому образу жизни, а также для развития физической подготовки в каждом образовательном учреждении должны быть помещения, предназначенные для этого и соответствующие нормам и требованиям действующего законодательства РФ. Также для обеспечения равного доступа учащихся к занятиям спортом необходимо строительство спортивных залов в сельских школах. В целях дополнительного  оздоровления населения путем  полного вовлечения его в спортивно-оздоровительные мероприятия необходимо строительство теннисных кортов, комплексных спортивных игровых площадок, комплексных детских игровых площадок. Для оказания своевременной и квалифицированной медицинской помощи населению требуется наличие кабинетов врачей общей практики во всех поселениях муниципального образования Кореновский муниципальный район Краснодарского края. А также необходимо своевременно производить капитальный ремонт, текущий ремонт соответствующих помещений и приводить их в соответствие с действующими нормативными требованиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выполнение программных мероприятий по ремонту и содержанию объектов муниципальной собственности, вызванных процессом физического и морального старения объектов муниципальной собственности, необходимо д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ля предотвращения создания аварийных ситуаций и износа недвижимого имущества муниципального образования Кореновский муниципальный район Краснодарского края. В связи с этим требуется выполнять предупредительный текущий ремонт, который заключается в своевременно проводимых работах по предупреждению преждевременного износа конструкций, а также работах по устранению мелких </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повреждений и неисправностей в конструкциях, возникающих в процессе эксплуатации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На сегодняшний день имеется потребность в ведении технического надзора за выполнением работ на объектах муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:t>Реализация мероприятий программы и эффективное использование местного бюджета невозможно без применения программно-целевого метода, который позволит объединить ее отдельные мероприятия, консолидировать бюджетные и внебюджетные источники финансирования, добиться мультипликативного эффекта, выраженного в развитии и модернизации муниципального образования, создании благоприятного инвестиционного климата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Цели, задачи и целевые показатели, конкретные сроки и этапы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>реализации муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">2.1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основной целью муниципальной программы является: с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оздание и развитие социальной инфраструктуры для обеспечения населения   муниципального образования Кореновский муниципальный район Краснодарского края услугами учреждений образования, медицины, спорта. Привести объекты муниципальной собственности в надлежащее техническое состояние, отвечающее стандартам качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>2.2. Для достижения указанной цели необходимо решить следующие основные задачи: п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>одготовка исходно разрешительной документации на строительство, проектно-сметной документации, прошедшей государственную экспертизу и их реализация путем строительства, выполнение подрядных работ по текущему, капитальному ремонту муниципального имущества, в том числе многоквартирных домов, проведение технического надзора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>2.3. Сроки реализации муниципальной программы: 2026– 2028 годы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>2.4. Целевые показатели муниципальной программы увязаны с целевыми показателями, характеризующими достижение целей и решение задач муниципальной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>Плановые значения целевых показателей приведены в приложение № 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>3. Перечень и краткое описание подпрограмм</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style14"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>В целях выполнения задач и достижения установленной цели муниципальной программы  «Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края на 2026-2028 годы» предусматривает реализация трех подпрограмм:</w:t>
+        <w:tab/>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style14"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Подпрограмма «Строительство объектов социальной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сферы» предусматривает выполнение комплекса мероприятий, обеспечивающих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>положительный эффект в развитии инфраструктуры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципального образования Кореновский муниципальный район Краснодарского края. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>Обеспечение выполнения подпрограммы позволит удовлетворить спрос населения Кореновского муниципального района Краснодарского края на получение образовательных услуг. Строительство спортивных объектов позволит обеспечить реализацию основных задач и направлений развития физической культуры и спорта с учетом местных условий и возможностей, создать условия для популяризации физической культуры и спорта среди различных групп населения. Строительство новых объектов здравоохранения на территории сельских поселений муниципального образования повысит уровень жизни и качества населения путем расширения доступа населения к услугам в сфере здравоохранения, создания безопасных и комфортных условий обслуживания населения в медицинских учреждениях, а также путем создания дополнительных рабочих мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style14"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>Подпрограмма «Капитальный ремонт, текущий ремонт и содержание объектов муниципальной собственности» предусматривает выполнение комплекса мероприятий, обеспечивающих положительный эффект в развитии инфраструктуры муниципального образования Кореновский муниципальный район Краснодарского края.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Привести объекты муниципальной собственности в надлежащее техническое состояние, отвечающее стандартам качества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Подпрограмма «Реконструкция объектов муниципальной собственности» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предусматривает выполнение комплекса мероприятий, обеспечивающих положительный эффект в развитии инфраструктуры муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Реконструкция объектов муниципальной собственности на территории муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> повысит уровень жизни населения путем социально-экономическую привлекательность района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Перечень основных мероприятий муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень основных мероприятий муниципальной программ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы приводится в табличной форме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>в приложении к муниципальной подпрограммы «Капитальный ремонт, текущий ремонт и содержание объектов муниципальной собственности».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Обоснование ресурсного обеспечения муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9806" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="55" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2549"/>
+        <w:gridCol w:w="1365"/>
+        <w:gridCol w:w="1696"/>
+        <w:gridCol w:w="1424"/>
+        <w:gridCol w:w="1077"/>
+        <w:gridCol w:w="1694"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Источник финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5891" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования (тыс.руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования всего,  тыс.руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4195" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В том числе по годам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий подпрограммы «Строительство объектов социальной сферы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>94 912,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>79 912,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>91 715,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>76 715,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий подпрограммы «Капитальный ремонт, текущий ремонт и содержание объектов муниципальной собственности»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий подпрограммы «Реконструкция объектов муниципальной собственности»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2549" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Объем софинансирования из краевого бюджета выделяется в рамках </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственной программы Краснодарского края «Развитие физической  культуры и спорта», утвержденной постановлением главы администрации (губернатора) Краснодарского края от 12.10.2015 года № 962; подпрограммы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>«Создание объектов общественной инфраструктуры муниципальной собственности» государственной программы Краснодарского края «Развитие общественной инфраструктуры», утвержденным постановлением главы администрации (губернатора) Краснодарского края от 30 ноября 2021 г №857,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:shd w:fill="FFFF00" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной программы Краснодарского края «Развития здравоохранения»  от 12.10.2015 г. №966.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Методика оценки эффективности реализации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Оценка эффективности реализации муниципальной программы производится ежегодно. В соответствии с базовыми показателями типовой методикой оценки эффективности муниципальной программы в соответствии с утвержденным постановлением администрации муниципального образования Кореновский район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>02 ноября 2023 года №1921.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Механизм реализации муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и контроль за ее выполнением</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Текущее управление ходом реализации муниципальной программы и контроль за ее выполнением осуществляет отдел строительства администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, которое:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- обеспечивает разработку и реализацию муниципальной программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- организует работу по достижению целевых показателей муниципальной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- представляет в управление экономики администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отчетность о реализации муниципальной программы, а также информацию, необходимую для проведения оценки эффективности реализации муниципальной программы, мониторинга ее реализации и подготовки доклада о ходе реализации муниципальной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Исполнителями мероприятий программы является администрация  муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, муниципальное казенное учреждение муниципального образования Кореновский район «Управление капитального строительства», которые представляют в управление экономики администрации муниципального образования Кореновский муниципальный район Краснодарского края информацию об исполнении мероприятий подпрограммы в следующие сроки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- ежеквартально до 25-го числа месяца, следующего за отчетным периодом, представляют отчет об объемах использованных денежных средств и степени выполнения мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- в срок до 1 марта года, следующего за отчетным, представляет в управление экономики доклад о ходе реализации муниципальной программы на бумажных и электронных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Отдел строительства администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляет в управление экономики администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сводную информацию о реализации программных мероприятий в установленные сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId3"/>
+          <w:headerReference w:type="default" r:id="rId4"/>
+          <w:headerReference w:type="first" r:id="rId5"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="889" w:footer="0" w:bottom="1134"/>
+          <w:pgNumType w:start="1" w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:titlePg/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                             Б.И. Сторчун</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="6329" w:type="dxa"/>
+        <w:jc w:val="right"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6329"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6329" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение №2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края на </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026-2028</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЦЕЛИ, ЗАДАЧИ И ЦЕЛЕВЫЕ ПОКАЗАТЕЛИ МУНИЦИПАЛЬНОЙ ПРОГРАММЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>а 2026-2028 годы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="14564" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="55" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="598"/>
+        <w:gridCol w:w="5086"/>
+        <w:gridCol w:w="1461"/>
+        <w:gridCol w:w="2292"/>
+        <w:gridCol w:w="1566"/>
+        <w:gridCol w:w="1762"/>
+        <w:gridCol w:w="1798"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование целевого показателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ед.изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Статус</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5126" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Значение показателей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13965" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подпрограмма </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Строительство объектов социальной сферы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Строительство общеобразовательных организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Строительство детских дошкольных образовательных  учреждений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="126" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Строительство объектов спортивной инфраструктуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Строительство объектов здравоохранения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приобретение, установка и (или) строительство комплексных спортивных игровых площадок, комплексных детских игровых площадок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Строительство объектов теплоснабжения населения (котельных, тепловых сетей, тепловых пунктов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проектирование объектов социальной сферы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13965" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подпрограмма «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Капитальный ремонт, текущий ремонт и содержание объектов муниципальной собственности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Капитальный ремонт помещений, находящихся в муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Текущий ремонт </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>помещений, находящихся в муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>58,74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Содержание объектов муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13965" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подпрограмма «Реконструкция объектов муниципальной собственности»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Реконструкция объектов муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Демонтаж объектов муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5086" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Переустройство объектов муниципальной собственности с целью приведения в соответствии с современными возросшими нормативными требованиями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1566" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1762" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1798" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId6"/>
+          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:headerReference w:type="first" r:id="rId8"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
+          <w:pgMar w:left="1134" w:right="1134" w:gutter="0" w:header="1134" w:top="1548" w:footer="0" w:bottom="567"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:titlePg/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                                                                                                   Б.И. Сторчун</w:t>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ №1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к муниципальной программе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>2026-2028</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПАСПОРТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальной подпрограммы муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Строительство объектов социальной сферы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9657" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="65" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3169"/>
+        <w:gridCol w:w="6487"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="855" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Координатор подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="968" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Участники подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Муниципальное казенное учреждение муниципального образования Кореновский район «Управление капитального строительства»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="712" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Цели подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Создание условий предоставления общедоступного и бесплатного начального общего, основного общего, среднего (полного) общего образования детям по основным общеобразовательным программам и организация общедоступного дошкольного образования при условии обеспечения надлежащими условиями процесса обучения и дошкольного воспитания детей. Формирования здорового образа жизни путем обеспечения условий для развития физической культуры, школьного и массового спорта на территории муниципального образования Кореновский муниципальный район Краснодарского края. Создание условий для оказания медицинской помощи населению на территории муниципального образования Кореновский муниципальный район Краснодарского края.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="567" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Задачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Строительство новых объектов, включая разработку проектно-сметной документации и подключение их к сетям инженерных коммуникаций и осуществление строительного контроля.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="567" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Перечень целевых показателей подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Строительство общеобразовательных организаций</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Строительство детских дошкольных образовательных учреждений</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>- Строительство объектов спортивной инфраструктуры</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Строительство объектов здравоохранения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Приобретение, установка и (или) строительство комплексных спортивных игровых площадок, комплексных детских игровых площадок</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Строительство объектов теплоснабжения населения (котельных, тепловых сетей, тепловых пунктов)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Проектирование объектов социальной сферы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="512" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Этапы и сроки реализации муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026-2028 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1017" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Объемы бюджетных ассигнований подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Общий объем финансирования мероприятий программы составит 94 912,1 тысяч рублей, в том числе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств краевого бюджета — 91 715,6 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 76 715,6 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 15 000,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств федерального бюджета — 0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств бюджета муниципального образования Кореновский муниципальный район Краснодарского края — 3 196,5 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 3 196,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств иных источников бюджета —           0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="810" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3169" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Контроль за выполнением</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6487" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Администрация муниципального образования  Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Х</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арактеристика текущего состояния и прогноз развития соответствующей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сферы реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реализация мероприятий подпрограммы направлена на экономическое развитие муниципального образования Кореновский муниципальный район Краснодарского края и повышение качества жизни населения путем строительством </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>объектов социальной сферы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Для обеспечения возможности привлечения средств вышестоящих бюджетов на реализацию указанных мероприятий необходимо осуществлять проектирование за счет средств местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Выполнение подпрограммы позволит решить задачи, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нацеленные на обеспечение дальнейшего развития Кореновского муниципального района Краснодарского края как многофункционального муниципального образования с качественным социальным уровнем жизни населения и благоприятными условиями для экономической деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Процесс обучения и дошкольного воспитания детей школьного и дошкольного возрастов ведется в школе, строительство которых осуществлялось 50 лет назад, т.е. имеющих большой процент износа. Площади групповых комнат в детских садах и классных комнатах в школе не отвечают современным санитарно-эпидемиологическим требованиям, а также требованиям по обеспечению непосредственно процесса обучения и воспитания. В некоторых зданиях школ нет столовых (пищеблоков), спортзалов, медицинских кабинетов, кабинетов директора. В здании детских садов недостаточное количество спальных мест и туалетных комнат. В зданиях школы переход детей из одного блока в другой осуществляется по улице.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мотивация к ведению здорового и активного образа жизни становится все более популярной, как среди взрослого населения страны, так в детско-юношеской и молодежной среде. Количество детей увеличивается, т. к. на территории муниципального образования несколько воинских частей, в которых ежегодно прибывают военнослужащие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Востребованность в спортивных сооружениях, в комплексных спортивных игровых площадках, в комплексных детских игровых площадках, в дополнительных местах в образовательных и дошкольных учреждениях растет. Поэтому необходимо планировать мероприятия по решению данной проблемы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поликлиники и участковые больницы строились в 40-е и 50-е годы прошлого столетия и располагаются в трех поселениях, возникла необходимость строительства зданий амбулаторий врача общей практики.  На сегодняшний день они построены в 7 из 9 поселений. Таким образом, строительство дополнительных аналогичных объектов позволит обеспечить условия, при которых жители удаленных населенных пунктов смогут получить своевременную квалифицированную медицинскую помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Это возможно сделать программно-целевым методом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Цели, задачи и целевые показатели, конкретные сроки и этапы реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="907" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Цель - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>организация предоставления общедоступного и бесплатного начального общего, основного общего, среднего (полного) общего образования детям по основным общеобразовательным программам и организация общедоступного дошкольного образования при условии обеспечения надлежащими условиями процесса обучения и дошкольного воспитания детей. Формирования здорового образа жизни путем обеспечения условий для развития физической культуры, школьного и массового спорта на территории муниципального образования Кореновский муниципальный район Краснодарского края. Создание условий для оказания медицинской помощи населению на территории муниципального образования Кореновский муниципальный район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>2.2 Задачи — строительство новых объектов, включая разработку проектно-сметной документации и подключение их к сетям инженерных коммуникаций и осуществление строительного контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3 Сроки реализации подпрограммы: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>2026-2028</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>Целевые показатели муниципальной программы увязаны с целевыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>показателями, характеризующими достижение целей и решение задач муниципальной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Плановые значения целевых показателей приведены в приложение № 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Перечень основных мероприятий муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень основных мероприятий муниципальной программы приводится в табличной форме в соответствии с приложением №3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Обоснование ресурсного обеспечения подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9638" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="55" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2502"/>
+        <w:gridCol w:w="1344"/>
+        <w:gridCol w:w="1666"/>
+        <w:gridCol w:w="1402"/>
+        <w:gridCol w:w="1392"/>
+        <w:gridCol w:w="1331"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Источник финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5791" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Объем финансирования (тыс.руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Объем финансирования всего,  тыс.руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4125" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>В том числе по годам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий подпрограммы «Строительство объектов социальной сферы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>94 912,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>79 912,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>91 715,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>76 715,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Методика оценки эффективности реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Оценка эффективности реализации подпрограммы производится ежегодно в соответствии с базовыми показателями типовой методикой оценки эффективности подпрограммы, утвержденными постановлением администрации муниципального образования Кореновский район от 02 ноября 2023 года №1921.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Механизм реализации подпрограммы и контроль за ее выполнением</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Текущее управление ходом реализации и контроль за ее выполнением осуществляет отдел строительства администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, который:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- обеспечивает разработку и реализацию подпрограммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- организует работу по достижению целевых показателей подпрограммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">- представляет в управление экономики администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отчетность о реализации подпрограммы, а также информацию, необходимую для проведения оценки эффективности реализации подпрограммы, мониторинга ее реализации и подготовки доклада о ходе реализации подпрограммы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Исполнителями мероприятий подпрограммы является администрация  муниципального образования Кореновский муниципальный район Краснодарского края, муниципальное казенное учреждение муниципального образования Кореновский район «Управление капитального строительства», которые представляют в управление экономики администрации муниципального образования Кореновский муниципальный район Краснодарского края информацию об исполнении мероприятий подпрограммы в следующие сроки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- ежеквартально до 25-го числа месяца, следующего за отчетным периодом, представляют отчет об объемах использованных денежных средств и степени выполнения мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- в срок до 1 марта года, следующего за отчетным, представляет в управление экономики доклад о ходе реализации муниципальной программы на бумажных и электронных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края предоставляет в управление экономики администрации муниципального образования Кореновский муниципальный район Краснодарского края сводную информацию о реализации программных мероприятий в установленные сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId9"/>
+          <w:headerReference w:type="default" r:id="rId10"/>
+          <w:headerReference w:type="first" r:id="rId11"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="1246" w:footer="0" w:bottom="1134"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:titlePg/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                             Б.И. Сторчун</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="6329" w:type="dxa"/>
+        <w:jc w:val="right"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6329"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6329" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение №2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной подпрограммы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Строительство объектов социальной сферы»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>муниципальной программы муниципального</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский ра</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>йон на 2026-2028 годы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЦЕЛИ, ЗАДАЧИ И ЦЕЛЕВЫЕ ПОКАЗАТЕЛИ ПОДПРОГРАММЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Строительство объектов социальной сферы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на 2026-2028 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>годы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="14564" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="55" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="620"/>
+        <w:gridCol w:w="5148"/>
+        <w:gridCol w:w="1717"/>
+        <w:gridCol w:w="1745"/>
+        <w:gridCol w:w="1630"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1871"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование целевого показателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ед.изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Статус</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5333" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Значение показателей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13943" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подпрограмма </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Строительство объектов социальной сферы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Строительство общеобразовательных организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Строительство детских дошкольных образовательных  учреждений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Строительство объектов спортивной инфраструктуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Строительство объектов здравоохранения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приобретение, установка и (или) строительство комплексных спортивных игровых площадок, комплексных детских игровых площадок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Строительство объектов теплоснабжения населения (котельных, тепловых сетей, тепловых пунктов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5148" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Проектирование объектов социальной сферы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1745" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1871" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId12"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
+          <w:pgMar w:left="1134" w:right="1134" w:gutter="0" w:header="1134" w:top="1548" w:footer="0" w:bottom="567"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:titlePg/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
-        <w:pStyle w:val="2"/>
-[...3 lines deleted...]
-        </w:numPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="6329" w:type="dxa"/>
+        <w:jc w:val="right"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6329"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6329" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение №3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной подпрограммы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Строительство объектов социальной сферы»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>муниципальной программы муниципального</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2026-2028 г</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>оды»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕРЕЧЕНЬ ОСНОВНЫХ МЕРОПРИЯТИЙ ПОДПРОГРАММЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Строительство объектов социальной сферы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов мун</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>иципальной собственности муниципального образования Кореновский район на 2026-2028 годы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="14570" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="55" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="3991"/>
+        <w:gridCol w:w="400"/>
+        <w:gridCol w:w="1185"/>
+        <w:gridCol w:w="1247"/>
+        <w:gridCol w:w="1078"/>
+        <w:gridCol w:w="1020"/>
+        <w:gridCol w:w="1247"/>
+        <w:gridCol w:w="966"/>
+        <w:gridCol w:w="1099"/>
+        <w:gridCol w:w="1795"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Наименования предприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Источник финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Объем финансирования, всего (тыс.руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3345" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>В том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Срок реализации мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Непосредственный результат реализации мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Муниципальный заказчик мероприятий, ответственный за выполнение мероприятий и получатель субсидий (субвенция, иных межбюджетных трансфертов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Цель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10037" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация предоставления общедоступного и бесплатного начального общего, основного общего, среднего (полного) общего образования детям по основным общеобразовательным программам и организация общедоступного дошкольного образования при условии обеспечения надлежащими условиями процесса обучения и дошкольного воспитания детей. Формирования здорового образа жизни путем обеспечения условий для развития физической культуры, школьного и массового спорта на территории муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Создание условий для оказания медицинской помощи населению на территории муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Задача</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10037" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Строительство новых объектов, включая разработку проектно-сметной документации и подключение их к сетям инженерных коммуникаций и осуществление строительного контроля.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>Общеобразовательная организация на 1100 мест в г. Кореновск</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>79 912,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>79 912,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76 715,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76 715,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В том числе:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="400" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>Выполнение проектно-изыскательных работ по объекту «Общеобразовательная организация на 1100 мест в г.Кореновск»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>79 912,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>79 912,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>3 кв</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76 715,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76 715,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3 196,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>«Фельдшерско-акушерский пункт в п. Южный, Кореновского района»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>Разработка проектно-сметной документации объекта: «Фельдшерско-акушерский пункт в п. Южный, Кореновского района»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>2.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>Строительство объекта:«Фельдшерско-акушерский пункт в п. Южный, Кореновского района»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3991" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1078" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1795" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style12"/>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style12"/>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style12"/>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style12"/>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style12"/>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
         </w:tabs>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:lang/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
-        <w:pStyle w:val="2"/>
-[...3 lines deleted...]
-        </w:numPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:lang/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:t>КОРЕНОВСКИЙ  РАЙОН</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
-        <w:pStyle w:val="1"/>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId15"/>
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="first" r:id="rId17"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
+          <w:pgMar w:left="1134" w:right="1134" w:gutter="0" w:header="1134" w:top="1813" w:footer="0" w:bottom="567"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:titlePg/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                                                                                                   Б.И. Сторчун</w:t>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ №1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к муниципальной программе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>2026-2028</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:lang/>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПАСПОРТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальной подпрограммы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Капитальный ремонт, текущий ремонт и содержание объектов муниципальной собственности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9657" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="27" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3206"/>
+        <w:gridCol w:w="6450"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="855" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Координатор подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="968" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Участники подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="712" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Цели подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Проведение мероприятий, направленных на поддержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края в надлежащем техническом состоянии. Обеспечение организации и своевременного проведения капитального ремонта многоквартирных домов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="567" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Задачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Выполнение подрядных работ по текущему, капитальному ремонту муниципального имущества, в том числе многоквартирных домов, проведение технического надзора.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="567" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Перечень целевых показателей подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Капитальный ремонт помещений, находящихся в муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Текущий ремонт </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помещений, находящихся в муниципальной собственности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>- Содержание объектов муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="512" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Этапы и сроки реализации муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026-2028 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1017" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Объемы бюджетных ассигнований подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Общий объем финансирования мероприятий программы составит</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 140,0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>тысяч рублей, в том числе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств краевого бюджета — 0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств федерального бюджета — 0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств бюджета муниципального образования Кореновский муниципальный район Краснодарского края — 140,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 140,0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств иных источников бюджета — 0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="810" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3206" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Контроль за выполнением</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Администрация муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Х</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арактеристика текущего состояния и прогноз развития соответствующей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сферы реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выполнение программных мероприятий по ремонту и содержанию объектов муниципальной собственности, вызванных процессом физического и морального старения объектов муниципальной собственности, необходимо д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ля предотвращения создания аварийных ситуаций и износа недвижимого имущества муниципального образования Кореновский муниципальный район Краснодарского края. В связи с этим требуется выполнять предупредительный текущий ремонт, который заключается в своевременно проводимых работах по предупреждению преждевременного износа конструкций, а также работах по устранению мелких </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повреждений и неисправностей в конструкциях, возникающих в процессе эксплуатации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На сегодняшний день имеется потребность в ведении технического надзора за выполнением строительно-монтажных работ на объектах капитального строительства в муниципальном образовании Кореновский муниципальный район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящее время решить проблему возможно программно-целевыми методами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Цели, задачи и целевые показатели, конкретные сроки и этапы реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="907" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>Цель - проведение мероприятий, направленных на поддержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края в надлежащем техническом состоянии. Обеспечение организации и своевременного проведения капитального ремонта объектов муниципального имущества, в том числе и помещений, расположенных в многоквартирных домах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="907" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2 Задачи - выполнение подрядных работ по текущему, капитальному ремонту муниципального имущества, в том числе и помещений, расположенных в многоквартирных домах, проведение технического надзора. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>2.3 Сроки реализации подпрограммы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 2026-2028 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>годы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>Целевые показатели муниципальной программы увязаны с целевыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>показателями, характеризующими достижение целей и решение задач муниципальной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Плановые значения целевых показателей приведены в приложение № 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Перечень основных мероприятий муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень основных мероприятий муниципальной программы приводится в табличной форме в соответствии с приложением №3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Обоснование ресурсного обеспечения подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9638" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="55" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2502"/>
+        <w:gridCol w:w="1344"/>
+        <w:gridCol w:w="1666"/>
+        <w:gridCol w:w="1402"/>
+        <w:gridCol w:w="1392"/>
+        <w:gridCol w:w="1331"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Источник финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5791" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования (тыс.руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования всего,  тыс.руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4125" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В том числе по годам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий подпрограммы «Капитальный ремонт, текущий ремонт и содержание объектов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>муниципальной собственности»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Методика оценки эффективности реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оценка эффективности реализации подпрограммы производится ежегодно в соответствии с базовыми показателями типовой методикой оценки эффективности подпрограммы, утвержденными постановлением администрации муниципального образования Кореновский район от 02 ноября 2023 года №1921</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Механизм реализации подпрограммы и контроль за ее выполнением</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...12 lines deleted...]
-        <w:t>1576</w:t>
+        <w:tab/>
+        <w:t>Текущее управление ходом реализации и контроль за ее выполнением осуществляет отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края, который:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- обеспечивает разработку и реализацию подпрограммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- организует работу по достижению целевых показателей подпрограммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- представляет в управление экономики администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отчетность о реализации подпрограммы, а также информацию, необходимую для проведения оценки эффективности реализации подпрограммы, мониторинга ее реализации и подготовки доклада о ходе реализации подпрограммы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>Исполнителями мероприятий подпрограммы является администрация  муниципального образования Кореновский муниципальный район Краснодарского края, муниципальное казенное учреждение муниципального образования Кореновский район «Управление капитального строительства», которые представляют в управление экономики администрации муниципального образования Кореновский муниципальный район Краснодарского края информацию об исполнении мероприятий подпрограммы в следующие сроки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- ежеквартально до 25-го числа месяца, следующего за отчетным периодом, представляют отчет об объемах использованных денежных средств и степени выполнения мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- в срок до 1 марта года, следующего за отчетным, представляет в управление экономики доклад о ходе реализации муниципальной программы на бумажных и электронных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края предоставляет в управление экономики администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сводную информацию о реализации программных мероприятий в установленные сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-        <w:t>г.  Кореновск</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
-        <w:keepNext/>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
         </w:tabs>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId18"/>
+          <w:headerReference w:type="default" r:id="rId19"/>
+          <w:headerReference w:type="first" r:id="rId20"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="1246" w:footer="0" w:bottom="1134"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:titlePg/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                             Б.И. Сторчун</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="6329" w:type="dxa"/>
+        <w:jc w:val="right"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6329"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6329" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение №2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной подпрограммы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Капитальный ремонт, текущий ремонт и содержание объектов муниципальной собственности» муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края н</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFE" w:val="clear"/>
+              </w:rPr>
+              <w:t>а 2026-2028</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-        <w:t>льного</w:t>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЦЕЛИ, ЗАДАЧИ И ЦЕЛЕВЫЕ ПОКАЗАТЕЛИ ПОДПРОГРАММЫ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
-        <w:keepNext/>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Капитальный ремонт, текущий ремонт и содержание объектов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальной собственности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>на 2026-2028 год</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>ы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="14564" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="55" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="563"/>
+        <w:gridCol w:w="5499"/>
+        <w:gridCol w:w="1083"/>
+        <w:gridCol w:w="1479"/>
+        <w:gridCol w:w="2291"/>
+        <w:gridCol w:w="1806"/>
+        <w:gridCol w:w="1842"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование целевого показателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ед.изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Статус</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5939" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Значение показателей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14000" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подпрограмма «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Капитальный ремонт, текущий ремонт и содержание объектов муниципальной собственности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="915" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Капитальный ремонт помещений, находящихся в муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Текущий ремонт </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>помещений, находящихся в муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>58,74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Содержание объектов муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1083" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кв.м</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId21"/>
+          <w:headerReference w:type="default" r:id="rId22"/>
+          <w:headerReference w:type="first" r:id="rId23"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
+          <w:pgMar w:left="1134" w:right="1134" w:gutter="0" w:header="1134" w:top="1548" w:footer="0" w:bottom="567"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:titlePg/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="6329" w:type="dxa"/>
+        <w:jc w:val="right"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6329"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6329" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение №3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной подпрограммы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Капитальный ремонт, текущий ремонт и содержание объектов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципальной собственности» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края на </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026-2028</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕРЕЧЕНЬ ОСНОВНЫХ МЕРОПРИЯТИЙ ПОДПРОГРАММЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Капитальный ремонт, текущий ремонт и содержание объектов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальной собственности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>а 2026-2028 годы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="14570" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="55" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="3992"/>
+        <w:gridCol w:w="1584"/>
+        <w:gridCol w:w="1247"/>
+        <w:gridCol w:w="1081"/>
+        <w:gridCol w:w="1020"/>
+        <w:gridCol w:w="1244"/>
+        <w:gridCol w:w="966"/>
+        <w:gridCol w:w="1100"/>
+        <w:gridCol w:w="1794"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Наименования предприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Источник финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Объем финансирования, всего (тыс.руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3345" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>В том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Срок реализации мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Непосредственный результат реализации мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1794" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Муниципальный заказчик мероприятий, ответственный за выполнение мероприятий и получатель субсидий (субвенция, иных межбюджетных трансфертов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1794" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1794" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Цель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10036" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Проведение мероприятий, направленных на поддержание объектов муниципальной собственности муниципального образования Кореновский район в надлежащем техническом состоянии. Обеспечение организации и своевременного проведения капитального ремонта объектов муниципального имущества, в том числе и помещений, расположенных в многоквартирных домах.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Задача</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10036" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Выполнение подрядных работ по текущему, капитальному ремонту муниципального имущества, в том числе и помещений, расположенных в многоквартирных домах, проведение технического надзора.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:sz w:val="23"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:sz w:val="23"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>Ремонт доски почета</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>2-3 кв 2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Ремонт 58,74 м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1794" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1794" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1794" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="324" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>140,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1794" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1081" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1794" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style12"/>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style12"/>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vanish/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
         </w:tabs>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId24"/>
+          <w:headerReference w:type="default" r:id="rId25"/>
+          <w:headerReference w:type="first" r:id="rId26"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
+          <w:pgMar w:left="1134" w:right="1134" w:gutter="0" w:header="1134" w:top="1548" w:footer="0" w:bottom="567"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:titlePg/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                                                                                                   Б.И. Сторчун</w:t>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> с кадастровым номером</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="clear" w:pos="347"/>
         </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...73 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ №1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к муниципальной программе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...23 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-        <w:t>вское сельское поселение, хутор Журавский, южная сторона улицы Южной</w:t>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>2026-2028</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> годы»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
-        <w:keepNext/>
+        <w:pStyle w:val="Normal"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="clear" w:pos="347"/>
         </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="4819" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПАСПОРТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальной подпрограммы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Реконструкция объектов муниципальной собственности»</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9675" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="65" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3168"/>
+        <w:gridCol w:w="6506"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="855" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Координатор подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="968" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Участники подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Отдел строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="712" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Цели подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Частичное или полное изменения функционального назначения, улучшение застройки территории, </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="__DdeLink__156724_366061773"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>приведение в соответствие с современными возросшими нормативными требованиями.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="567" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Задачи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Обеспечение сохранности объектов муниципальной собственности, предотвращение их преждевременного выхода из эксплуатации и сноса, а также их переустройство с целью частичного или полного изменения функции, улучшения их потребительских качеств.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="567" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Перечень целевых показателей подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:fill="FFFFFF" w:val="clear"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Реконструкция объектов муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Демонтаж объектов муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Переустройство объектов муниципальной собственности с целью приведения в соответствии с современными возросшими нормативными требованиями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="512" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Этапы и сроки реализации муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026-2028 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1017" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Объемы бюджетных ассигнований подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Общий объем финансирования мероприятий программы составит 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч рублей, в том числе:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств краевого бюджета — 0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств федерального бюджета — 0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств бюджета муниципального образования Кореновский муниципальный район Краснодарского края — 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>за счет средств иных источников бюджета — 0,0 тысяч рублей, в том числе на:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год — 0,0 тысяч рублей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="810" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Контроль за выполнением</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>подпрограммы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6506" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Администрация муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Х</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арактеристика текущего состояния и прогноз развития соответствующей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сферы реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>        </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Реализация мероприятий Программы направлена на экономическое развитие муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и повышение качества жизни населения путем реконструкции объектов социальной сферы. Для обеспечения возможности привлечения средств вышестоящих бюджетов на реализацию указанных мероприятий необходимо осуществлять проектирование за счет средств местного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Выполнение Программы позволит решить задачи, нацеленные на обеспечение дальнейшего развития </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновского муниципального района Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> как многофункционального муниципального образования с качественной городской средой, обеспечивающей высокий уровень жизни населения и благоприятные условия для экономической деятельности, в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- уменьшение аварийного жилого (нежилого) фонда на территории муниципального образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- предотвращение возможного обрушения объектов муниципальной собственности, предоставляющих реальную угрозу для жизни людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:tab/>
+        <w:t>В целях организации эффективной эксплуатации объектов муниципальной собственности, поддержания их эксплуатационных ресурсов, рационального использования бюджетных средств в условиях ограниченного финансирования появилась потребность применения программного подхода к решению данной проблемы, которая предопределяет ее социально-экономический характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Цели, задачи и целевые показатели, конкретные сроки и этапы реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="907" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>Цель — частичное или полное изменения функционального назначения, улучшение застройки территории, приведение в соответствие с современными возросшими нормативными требованиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="907" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>2.2 Задачи — обеспечение сохранности объектов муниципальной собственности, предотвращение их преждевременного выхода из эксплуатации и сноса, а также их переустройство с целью частичного или полного изменения функции, улучшения их потребительских качеств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>2.3 Сроки реализации подпрограмм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>ы: 2026-2028 год</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>Целевые показатели муниципальной программы увязаны с целевыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>показателями, характеризующими достижение целей и решение задач муниципальной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="850" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Плановые значения целевых показателей приведены в приложение № 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Перечень основных мероприятий муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень основных мероприятий муниципальной программы приводится в табличной форме в соответствии с приложением №3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Обоснование ресурсного обеспечения подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9638" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="55" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2502"/>
+        <w:gridCol w:w="1344"/>
+        <w:gridCol w:w="1666"/>
+        <w:gridCol w:w="1402"/>
+        <w:gridCol w:w="1392"/>
+        <w:gridCol w:w="1331"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Источник финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5791" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования (тыс.руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования всего,  тыс.руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4125" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В том числе по годам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий подпрограммы «Реконструкция объектов муниципальной собственности»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>727,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2502" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1344" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1666" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1392" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Методика оценки эффективности реализации подпрограммы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оценка эффективности реализации подпрограммы производится ежегодно в соответствии с базовыми показателями типовой методикой оценки эффективности подпрограммы, утвержденными постановлением администрации муниципального образования Кореновский район от 02 ноября 2023 года №1921.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Механизм реализации подпрограммы и контроль за ее выполнением</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Текущее управление ходом реализации и контроль за ее выполнением осуществляет отдел строительства администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, который:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- обеспечивает разработку и реализацию подпрограммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- организует работу по достижению целевых показателей подпрограммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">- представляет в управление экономики администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отчетность о реализации подпрограммы, а также информацию, необходимую для проведения оценки эффективности реализации подпрограммы, мониторинга ее реализации и подготовки доклада о ходе реализации подпрограммы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Исполнителями мероприятий подпрограммы является администрация  муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, муниципальное казенное учреждение муниципального образования Кореновский район «Управление капитального строительства», которые представляют в управление экономики администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информацию об исполнении мероприятий подпрограммы в следующие сроки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- ежеквартально до 25-го числа месяца, следующего за отчетным периодом, представляют отчет об объемах использованных денежных средств и степени выполнения мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t>- в срок до 1 марта года, следующего за отчетным, представляет в управление экономики доклад о ходе реализации муниципальной программы на бумажных и электронных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">Отдел строительства администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляет в управление экономики администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сводную информацию о реализации программных мероприятий в установленные сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId27"/>
+          <w:headerReference w:type="default" r:id="rId28"/>
+          <w:headerReference w:type="first" r:id="rId29"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="1246" w:footer="0" w:bottom="1134"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:titlePg/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                             Б.И. Сторчун</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="6329" w:type="dxa"/>
+        <w:jc w:val="right"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6329"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6329" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение №2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной подпрограммы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Реконструкция объектов муниципальной собственности» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский район </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2026-2028</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЦЕЛИ, ЗАДАЧИ И ЦЕЛЕВЫЕ ПОКАЗАТЕЛИ ПОДПРОГРАММЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Реконструкция объектов муниципальной собственности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>на 2026-2028 го</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>ды»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="14564" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="55" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="591"/>
+        <w:gridCol w:w="4723"/>
+        <w:gridCol w:w="1831"/>
+        <w:gridCol w:w="2267"/>
+        <w:gridCol w:w="1767"/>
+        <w:gridCol w:w="1686"/>
+        <w:gridCol w:w="1698"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4723" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование целевого показателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ед.изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Статус</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Значение показателей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4723" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13972" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подпрограмма «Реконструкция объектов муниципальной собственности»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Реконструкция объектов муниципальной собственности;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Демонтаж объектов муниципальной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="591" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:shd w:val="clear" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Переустройство объектов муниципальной собственности с целью приведения в соответствии с современными возросшими нормативными требованиями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ед</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2267" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1767" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId30"/>
+          <w:headerReference w:type="default" r:id="rId31"/>
+          <w:headerReference w:type="first" r:id="rId32"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
+          <w:pgMar w:left="1134" w:right="1134" w:gutter="0" w:header="720" w:top="1134" w:footer="0" w:bottom="720"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="40960"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="6329" w:type="dxa"/>
+        <w:jc w:val="right"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6329"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6329" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение №3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной подпрограммы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Реконструкция объектов муниципальной собственности» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниц</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>ипального образования Кореновский муниципальный район Краснодарского края на 2026-2028</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> годы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕРЕЧЕНЬ ОСНОВНЫХ МЕРОПРИЯТИЙ ПОДПРОГРАММЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Реконструкция объектов муниципальной собственности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Строительство, реконструкция, капитальный ремонт, текущий ремонт, содержание объектов муниципальной собственности муниципального образования Кореновский муниципальный район Краснодарского края на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>2026-2028 г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>оды»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="14570" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="55" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="537"/>
+        <w:gridCol w:w="3947"/>
+        <w:gridCol w:w="1469"/>
+        <w:gridCol w:w="1184"/>
+        <w:gridCol w:w="1020"/>
+        <w:gridCol w:w="976"/>
+        <w:gridCol w:w="1243"/>
+        <w:gridCol w:w="1314"/>
+        <w:gridCol w:w="1093"/>
+        <w:gridCol w:w="1785"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименования предприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Источник финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования, всего (тыс.руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3239" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Срок реализации мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Непосредственный результат реализации мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Муниципальный заказчик мероприятий, ответственный за выполнение мероприятий и получатель субсидий (субвенция, иных межбюджетных трансфертов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Цель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Частичное или полное изменения функционального назначения, улучшение застройки территории, приведение в соответствие с современными возросшими нормативными требованиями.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Задача</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Обеспечение сохранности объектов муниципальной собственности, предотвращение их преждевременного выхода из эксплуатации и сноса, а также их переустройство с целью частичного или полного изменения функции, улучшения их потребительских качеств.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>еконструкция здания «МДОБУ детский сад №1, расположенного по адресу: г. Кореновск, ул. Ленина, 92»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>61 827,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>61 827,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>61 827,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>61 827,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14568" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>В том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>Выполнение проектно-изыскательных работ по объекту «МДОБУ детский сад №1, расположенного по адресу:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>г. Кореновск, ул. Ленина, 92»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60 837,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60 837,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>3 кв. 2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="615" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60 837,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60 837,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>Охранные услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>1-2 кв. 2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="23"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>Реконструкция здания «МАНУ ДО СШ МО Кореновский район, расположенного по адресу:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>г. Кореновск, ул. Запорожская, д. 2Б»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31 899,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31 899,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31 899,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31 899,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14568" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>В том числе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>Выполнение проектно-изыскательных работ по объекту «МАНУ ДО СШ МО Кореновский район, расположенного по адресу: г. Кореновск,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>ул. Запорожская, д. 2Б»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30 909,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30 909,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>3 кв 2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30 909,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30 909,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:shadow w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:em w:val="none"/>
+              </w:rPr>
+              <w:t>Охранные услуги</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>1-2 кв. 2026 г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style7"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>МКУ МО Кореновский район «УКС»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>990,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3947" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1469" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1184" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1020" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1243" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1314" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1785" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...195 lines deleted...]
-        <w:t>ся к землям, государственная собственность на которые не разграничена.</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...235 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...57 lines deleted...]
-        <w:t>.</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="left" w:pos="9123" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...203 lines deleted...]
-        <w:t xml:space="preserve"> года</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...87 lines deleted...]
-        <w:t>» относится к основным видам разрешенного использования.</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...45 lines deleted...]
-        <w:t>муниципального образования Кореновский район, администрация муниципального образования Кореновский район             п о с т а н о в л я е т:</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...251 lines deleted...]
-        <w:t>».</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">                                                                                                                                                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Б.И Сторчун</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
-[...471 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr>
+      <w:headerReference w:type="even" r:id="rId33"/>
+      <w:headerReference w:type="default" r:id="rId34"/>
+      <w:headerReference w:type="first" r:id="rId35"/>
+      <w:type w:val="nextPage"/>
+      <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
+      <w:pgMar w:left="1134" w:right="1134" w:gutter="0" w:header="1134" w:top="1813" w:footer="0" w:bottom="567"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:formProt w:val="false"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="600" w:charSpace="32768"/>
+      <w:textDirection w:val="lrTb"/>
+      <w:docGrid w:type="default" w:linePitch="600" w:charSpace="40960"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...27 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="NSimSun">
-[...8 lines deleted...]
-    <w:charset w:val="01"/>
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Liberation Sans">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Arial">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Microsoft YaHei">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Tahoma">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
-[...28 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
-[...1 lines deleted...]
-    <w:family w:val="swiss"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="TimesNewRomanPSMT">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...27 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A">
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="a7"/>
+      <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header10.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>20</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header11.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header12.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>19</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header13.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>22</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header14.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>23</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header15.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>21</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header16.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>28</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header17.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>27</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header18.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>24</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header19.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>30</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00000000" w:rsidRDefault="00A4101A"/>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>9</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header20.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>30</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header21.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>29</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header22.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>32</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header23.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header24.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>31</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header25.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>36</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header26.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>37</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header27.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>33</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header28.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>39</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header29.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>39</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header30.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p/>
+</w:hdr>
+</file>
+
+<file path=word/header31.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>42</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header32.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>43</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header33.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>40</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>12</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>13</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>18</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>17</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header9.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>13</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...3 lines deleted...]
-    <w:tmpl w:val="00000001"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:name w:val="WW8Num2"/>
+  <w:abstractNum w:abstractNumId="2">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%2"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%3"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%4"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%5"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%6"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%7"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%8"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%9"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:zoom w:percent="100"/>
-  <w:displayBackgroundShape/>
-[...22 lines deleted...]
-  </w:endnotePr>
+  <w:defaultTabStop w:val="347"/>
+  <w:autoHyphenation w:val="true"/>
+  <w:evenAndOddHeaders/>
   <w:compat>
-    <w:spaceForUL/>
-[...21 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:doNotBreakWrappedTables/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
-  <w:rsids>
-[...28 lines deleted...]
-  <w15:docId w15:val="{D78D85D5-C556-40D1-BC21-39E6DF586201}"/>
+  <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="true"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...372 lines deleted...]
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
+      <w:keepNext w:val="false"/>
+      <w:keepLines w:val="false"/>
+      <w:pageBreakBefore w:val="false"/>
+      <w:widowControl/>
+      <w:shd w:val="clear" w:fill="auto"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:snapToGrid w:val="true"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="NSimSun" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="false"/>
+      <w:bCs w:val="false"/>
+      <w:i w:val="false"/>
+      <w:iCs w:val="false"/>
+      <w:caps w:val="false"/>
+      <w:smallCaps w:val="false"/>
+      <w:strike w:val="false"/>
+      <w:dstrike w:val="false"/>
+      <w:outline w:val="false"/>
+      <w:emboss w:val="false"/>
+      <w:imprint w:val="false"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
       <w:kern w:val="2"/>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:em w:val="none"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...2 lines deleted...]
-    <w:next w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
+      <w:keepNext w:val="true"/>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="1"/>
       </w:numPr>
+      <w:suppressAutoHyphens w:val="true"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
-[...2 lines deleted...]
-    <w:next w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="Heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
+      <w:keepNext w:val="true"/>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="1"/>
       </w:numPr>
+      <w:suppressAutoHyphens w:val="true"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
-[...3 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="Heading 3"/>
+    <w:basedOn w:val="Style10"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:spacing w:before="140" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
-[...12 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="Heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="48"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...3 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="Heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="Heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="Heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style7">
+    <w:name w:val="Основной шрифт абзаца"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z0">
+    <w:name w:val="WW8Num1z0"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z1">
+    <w:name w:val="WW8Num1z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z2">
+    <w:name w:val="WW8Num1z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z3">
+    <w:name w:val="WW8Num1z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z4">
+    <w:name w:val="WW8Num1z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z5">
+    <w:name w:val="WW8Num1z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z6">
+    <w:name w:val="WW8Num1z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z7">
+    <w:name w:val="WW8Num1z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z8">
+    <w:name w:val="WW8Num1z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z0">
+    <w:name w:val="WW8Num2z0"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z1">
+    <w:name w:val="WW8Num2z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z2">
+    <w:name w:val="WW8Num2z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z3">
+    <w:name w:val="WW8Num2z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z4">
+    <w:name w:val="WW8Num2z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z5">
+    <w:name w:val="WW8Num2z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z6">
+    <w:name w:val="WW8Num2z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z7">
+    <w:name w:val="WW8Num2z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z8">
+    <w:name w:val="WW8Num2z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z0">
+    <w:name w:val="WW8Num3z0"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z1">
+    <w:name w:val="WW8Num3z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z2">
+    <w:name w:val="WW8Num3z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z3">
+    <w:name w:val="WW8Num3z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z4">
+    <w:name w:val="WW8Num3z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z5">
+    <w:name w:val="WW8Num3z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z6">
+    <w:name w:val="WW8Num3z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z7">
+    <w:name w:val="WW8Num3z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z8">
+    <w:name w:val="WW8Num3z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Absatz-Standardschriftart">
+    <w:name w:val="Absatz-Standardschriftart"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart">
+    <w:name w:val="WW-Absatz-Standardschriftart"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1">
+    <w:name w:val="WW-Absatz-Standardschriftart1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11">
+    <w:name w:val="WW-Absatz-Standardschriftart11"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111">
+    <w:name w:val="WW-Absatz-Standardschriftart111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="1">
     <w:name w:val="Основной шрифт абзаца1"/>
+    <w:qFormat/>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="character" w:styleId="Style8">
+    <w:name w:val="Символ нумерации"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle16">
+    <w:name w:val="Font Style16"/>
+    <w:basedOn w:val="Style7"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle28">
+    <w:name w:val="Font Style28"/>
+    <w:basedOn w:val="Style7"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rPr>
-      <w:color w:val="0563C1"/>
+      <w:color w:val="000080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
-    <w:name w:val="WW8Num2z0"/>
+  <w:style w:type="character" w:styleId="Style9">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="Style7"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="Calibri" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="4">
+    <w:name w:val="Основной шрифт абзаца4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Q">
+    <w:name w:val="q"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WWCharLFO1LVL1">
+    <w:name w:val="WW_CharLFO1LVL1"/>
+    <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z1">
-[...3 lines deleted...]
-    <w:name w:val="WW8Num2z2"/>
+  <w:style w:type="character" w:styleId="WWCharLFO2LVL1">
+    <w:name w:val="WW_CharLFO2LVL1"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:b w:val="0"/>
-      <w:bCs w:val="0"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z3">
-    <w:name w:val="WW8Num2z3"/>
+  <w:style w:type="character" w:styleId="WWCharLFO3LVL1">
+    <w:name w:val="WW_CharLFO3LVL1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z4">
-[...17 lines deleted...]
-    <w:next w:val="a4"/>
+  <w:style w:type="paragraph" w:styleId="Style10">
+    <w:name w:val="Заголовок"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-      <w:spacing w:before="240" w:after="120"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
-      <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:jc w:val="both"/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
-    <w:basedOn w:val="a4"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Tahoma"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Style11">
+    <w:name w:val="Указатель"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens w:val="true"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
-    <w:name w:val="Standard"/>
+  <w:style w:type="paragraph" w:styleId="Style12">
+    <w:name w:val="Обычный"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
+      <w:keepNext w:val="false"/>
+      <w:keepLines w:val="false"/>
+      <w:pageBreakBefore w:val="false"/>
+      <w:widowControl/>
+      <w:shd w:val="clear" w:fill="auto"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:snapToGrid w:val="true"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:b w:val="false"/>
+      <w:bCs w:val="false"/>
+      <w:i w:val="false"/>
+      <w:iCs w:val="false"/>
+      <w:caps w:val="false"/>
+      <w:smallCaps w:val="false"/>
+      <w:strike w:val="false"/>
+      <w:dstrike w:val="false"/>
+      <w:outline w:val="false"/>
+      <w:emboss w:val="false"/>
+      <w:imprint w:val="false"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
       <w:kern w:val="2"/>
-      <w:lang w:eastAsia="zh-CN"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="none"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:em w:val="none"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textbodyindent">
-[...1 lines deleted...]
-    <w:basedOn w:val="Standard"/>
+  <w:style w:type="paragraph" w:styleId="Style13">
+    <w:name w:val="Название объекта"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:ind w:firstLine="748"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="11">
+    <w:name w:val="Указатель1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens w:val="true"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Tahoma"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Style13"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-">
+    <w:name w:val="WW-Заголовок"/>
+    <w:basedOn w:val="Style13"/>
+    <w:next w:val="Subtitle"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:snapToGrid w:val="false"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Основной текст с отступом 21"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:ind w:firstLine="780" w:left="0" w:right="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderandFooter">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="false"/>
+      <w:keepLines w:val="false"/>
+      <w:pageBreakBefore w:val="false"/>
+      <w:widowControl/>
+      <w:shd w:val="clear" w:fill="auto"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:snapToGrid w:val="true"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:firstLine="720" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b w:val="false"/>
+      <w:bCs w:val="false"/>
+      <w:i w:val="false"/>
+      <w:iCs w:val="false"/>
+      <w:caps w:val="false"/>
+      <w:smallCaps w:val="false"/>
+      <w:strike w:val="false"/>
+      <w:dstrike w:val="false"/>
+      <w:outline w:val="false"/>
+      <w:emboss w:val="false"/>
+      <w:imprint w:val="false"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:em w:val="none"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusNonformat">
+    <w:name w:val="ConsPlusNonformat"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="false"/>
+      <w:keepLines w:val="false"/>
+      <w:pageBreakBefore w:val="false"/>
+      <w:widowControl/>
+      <w:shd w:val="clear" w:fill="auto"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:snapToGrid w:val="true"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Arial" w:cs="Courier New"/>
+      <w:b w:val="false"/>
+      <w:bCs w:val="false"/>
+      <w:i w:val="false"/>
+      <w:iCs w:val="false"/>
+      <w:caps w:val="false"/>
+      <w:smallCaps w:val="false"/>
+      <w:strike w:val="false"/>
+      <w:dstrike w:val="false"/>
+      <w:outline w:val="false"/>
+      <w:emboss w:val="false"/>
+      <w:imprint w:val="false"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:em w:val="none"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusTitle">
+    <w:name w:val="ConsPlusTitle"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="false"/>
+      <w:keepLines w:val="false"/>
+      <w:pageBreakBefore w:val="false"/>
+      <w:widowControl/>
+      <w:shd w:val="clear" w:fill="auto"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:snapToGrid w:val="true"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs w:val="false"/>
+      <w:i w:val="false"/>
+      <w:iCs w:val="false"/>
+      <w:caps w:val="false"/>
+      <w:smallCaps w:val="false"/>
+      <w:strike w:val="false"/>
+      <w:dstrike w:val="false"/>
+      <w:outline w:val="false"/>
+      <w:emboss w:val="false"/>
+      <w:imprint w:val="false"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:em w:val="none"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="12">
+    <w:name w:val="Цитата1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="347"/>
+      </w:tabs>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:ind w:hanging="0" w:left="170" w:right="57"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="31">
+    <w:name w:val="Основной текст с отступом 31"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:ind w:firstLine="170" w:left="0" w:right="57"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="14pt">
+    <w:name w:val="Обычный + 14 pt.полужирный.по центру"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:spacing w:before="240" w:after="60"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style14">
+    <w:name w:val="Содержимое таблицы"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens w:val="true"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsNormal">
+    <w:name w:val="ConsNormal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="false"/>
+      <w:keepLines w:val="false"/>
+      <w:pageBreakBefore w:val="false"/>
+      <w:widowControl/>
+      <w:shd w:val="clear" w:fill="auto"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:snapToGrid w:val="true"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:firstLine="720" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b w:val="false"/>
+      <w:bCs w:val="false"/>
+      <w:i w:val="false"/>
+      <w:iCs w:val="false"/>
+      <w:caps w:val="false"/>
+      <w:smallCaps w:val="false"/>
+      <w:strike w:val="false"/>
+      <w:dstrike w:val="false"/>
+      <w:outline w:val="false"/>
+      <w:emboss w:val="false"/>
+      <w:imprint w:val="false"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:em w:val="none"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style15">
+    <w:name w:val="Заголовок таблицы"/>
+    <w:basedOn w:val="Style14"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style16">
+    <w:name w:val="Колонтитул"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4819"/>
-        <w:tab w:val="right" w:pos="9638"/>
+        <w:tab w:val="clear" w:pos="347"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
       </w:tabs>
+      <w:suppressAutoHyphens w:val="true"/>
     </w:pPr>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...1 lines deleted...]
-    <w:basedOn w:val="HeaderandFooter"/>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="347"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
+      </w:tabs>
+      <w:suppressAutoHyphens w:val="true"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="347"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
+      </w:tabs>
+      <w:suppressAutoHyphens w:val="true"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style17">
+    <w:name w:val="Блочная цитата"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="347"/>
+      </w:tabs>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:spacing w:before="0" w:after="283"/>
+      <w:ind w:hanging="0" w:left="567" w:right="567"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="false"/>
+      <w:keepLines w:val="false"/>
+      <w:pageBreakBefore w:val="false"/>
+      <w:widowControl/>
+      <w:shd w:val="clear" w:fill="auto"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:snapToGrid w:val="true"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+      <w:b w:val="false"/>
+      <w:bCs w:val="false"/>
+      <w:i w:val="false"/>
+      <w:iCs w:val="false"/>
+      <w:caps w:val="false"/>
+      <w:smallCaps w:val="false"/>
+      <w:strike w:val="false"/>
+      <w:dstrike w:val="false"/>
+      <w:outline w:val="false"/>
+      <w:emboss w:val="false"/>
+      <w:imprint w:val="false"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="none"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:em w:val="none"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style18">
+    <w:name w:val="Без интервала"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="false"/>
+      <w:keepLines w:val="false"/>
+      <w:pageBreakBefore w:val="false"/>
+      <w:widowControl/>
+      <w:shd w:val="clear" w:fill="auto"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:snapToGrid w:val="true"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Arial" w:cs="Calibri"/>
+      <w:b w:val="false"/>
+      <w:bCs w:val="false"/>
+      <w:i w:val="false"/>
+      <w:iCs w:val="false"/>
+      <w:caps w:val="false"/>
+      <w:smallCaps w:val="false"/>
+      <w:strike w:val="false"/>
+      <w:dstrike w:val="false"/>
+      <w:outline w:val="false"/>
+      <w:emboss w:val="false"/>
+      <w:imprint w:val="false"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:u w:val="none"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:em w:val="none"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style19">
+    <w:name w:val="Текст выноски"/>
+    <w:basedOn w:val="Style12"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="Tahoma" w:cs="Mangal"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="13">
+    <w:name w:val="Обычный1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="false"/>
+      <w:keepLines w:val="false"/>
+      <w:pageBreakBefore w:val="false"/>
+      <w:widowControl/>
+      <w:shd w:val="clear" w:fill="auto"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="347"/>
+        <w:tab w:val="left" w:pos="709" w:leader="none"/>
+      </w:tabs>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:snapToGrid w:val="true"/>
+      <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="60"/>
+      <w:jc w:val="both"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b w:val="false"/>
+      <w:bCs w:val="false"/>
+      <w:i w:val="false"/>
+      <w:iCs w:val="false"/>
+      <w:caps w:val="false"/>
+      <w:smallCaps w:val="false"/>
+      <w:strike w:val="false"/>
+      <w:dstrike w:val="false"/>
+      <w:outline w:val="false"/>
+      <w:emboss w:val="false"/>
+      <w:imprint w:val="false"/>
+      <w:color w:val="00000A"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="0"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="none"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:em w:val="none"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="false"/>
+      <w:keepLines w:val="false"/>
+      <w:pageBreakBefore w:val="false"/>
+      <w:widowControl/>
+      <w:shd w:val="clear" w:fill="auto"/>
+      <w:suppressAutoHyphens w:val="false"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:snapToGrid w:val="true"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+      <w:b w:val="false"/>
+      <w:bCs w:val="false"/>
+      <w:i w:val="false"/>
+      <w:iCs w:val="false"/>
+      <w:caps w:val="false"/>
+      <w:smallCaps w:val="false"/>
+      <w:strike w:val="false"/>
+      <w:dstrike w:val="false"/>
+      <w:outline w:val="false"/>
+      <w:emboss w:val="false"/>
+      <w:imprint w:val="false"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:em w:val="none"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap1">
+    <w:name w:val="Document Map1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Standard1">
+    <w:name w:val="Standard1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap2">
+    <w:name w:val="Document Map2"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Standard2">
+    <w:name w:val="Standard2"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num1">
+    <w:name w:val="WW8Num1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num2">
+    <w:name w:val="WW8Num2"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num3">
+    <w:name w:val="WW8Num3"/>
+    <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header11.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header12.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header13.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header14.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header15.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header16.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header17.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header18.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header19.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header20.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header21.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header22.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header23.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header24.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header25.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header26.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header28.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header29.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header30.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header31.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header32.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header33.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
+</Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="LibreOffice">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="18a303"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="0369a3"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="a33e03"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8e03a3"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="c99c00"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="c9211e"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000ee"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="551a8b"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...50 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+          <a:miter/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
-          <a:schemeClr val="phClr">
-[...2 lines deleted...]
-          </a:schemeClr>
+          <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...25 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-[...5 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template/>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...11 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Application>LibreOffice/7.6.4.1$Windows_X86_64 LibreOffice_project/e19e193f88cd6c0525a17fb7a176ed8e6a3e2aa1</Application>
   <AppVersion></AppVersion>
+  <Pages>43</Pages>
+  <Words>6938</Words>
+  <Characters>52735</Characters>
+  <CharactersWithSpaces>59910</CharactersWithSpaces>
+  <Paragraphs>1324</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>лдз</dc:creator>
+  <dc:description/>
+  <dc:language>ru-RU</dc:language>
+  <cp:lastModifiedBy/>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+  <dc:subject/>
   <dc:title/>
-  <dc:subject/>
-[...6 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+</file>