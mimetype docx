--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,1121 +1,12869 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4428"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:51pt;height:65.25pt" filled="t">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:50.25pt;height:57.75pt" filled="t">
             <v:fill color2="black"/>
-            <v:imagedata r:id="rId7" o:title="" croptop="-4f" cropbottom="-4f" cropleft="-5f" cropright="-5f"/>
+            <v:imagedata r:id="rId7" o:title="" croptop="-697f" cropbottom="-697f" cropleft="-870f" cropright="-870f"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:pStyle w:val="2"/>
-[...6 lines deleted...]
-        </w:tabs>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:lang/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:lang/>
         </w:rPr>
-        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ</w:t>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:pStyle w:val="2"/>
-[...7 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="36"/>
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:lang/>
         </w:rPr>
-        <w:t>КОРЕНОВСКИЙ  РАЙОН</w:t>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:pStyle w:val="1"/>
-[...3 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="36"/>
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
         </w:rPr>
-        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 11.11.2025                                                                                                                           № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>1577</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D"/>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="-284" w:firstLine="568"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang/>
         </w:rPr>
-        <w:t>от 06.12.2024</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve">                                                                           № 1577</w:t>
+        <w:t xml:space="preserve">О внесении изменений в постановление администрации муниципального   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...40 lines deleted...]
-      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="-284" w:firstLine="568"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang/>
         </w:rPr>
-        <w:t>О внесении изменений в постановление администрации муниципаль</w:t>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang/>
         </w:rPr>
-        <w:t>ного образования Кореновский район от 15 июня 2022 года № 857 «Об утверждении порядка изменения существенных условий контракта для включения в решения, предусмотренные частью 65.1 статьи 112 Федерального закона от 5 апреля 2013 г. № 44-ФЗ «О контрактной си</w:t>
+        <w:t>образования Кореновский район от 8 июня 2017 года № 687 «</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>стеме в сфере закупок товаров, работ, услуг для обеспечения государственных и муниципальных нужд»</w:t>
+        <w:t>Об утверждении Перечня отдельных видов товаров, работ, услуг их</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="-284" w:firstLine="568"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...10 lines deleted...]
-        <w:rPr>
           <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...123 lines deleted...]
-        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:b/>
           <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Приложения к постановлению изложить в следующей редакции:</w:t>
+        <w:t>потребительские свойства (в том числе каче</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ство) и иные</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:pStyle w:val="af9"/>
-[...3 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="-284" w:firstLine="568"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">характеристики (в том числе предельные цены товаров, работ, услуг) к ним, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>закупаемых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отделом культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="-284" w:firstLine="568"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>администрации муниципального образования Кореновский район и подведомственных ему бюджетных учреждений»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="-284" w:firstLine="568"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="-284" w:firstLine="568"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="-15" w:firstLine="15"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В соответствии  с  частью  5  ста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тьи  19  Федерального закона  от  5 апреля 2013  года  № 44-ФЗ  «О контрактной  системе  в  сфере  закупок  товаров,  работ, услуг  для  обеспечения  государственных   и   муниципальных нужд»   и   в целях реализации постановления  администрации  муниципал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ьного образования Кореновский  район  от  20 декабря 2023  года  № 2339  «Об определении требований к закупаемым отдельным видам товаров, работ, услуг (в том числе предельных цен товаров, работ, услуг), закупаемым муниципальными органами муниципального обр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азования Кореновский район и подведомственными им казенными, бюджетными учреждениями и муниципальными унитарными предприятиями», администрация    муниципального образования Кореновский муниципальный район Краснодарского края п о с т а н о в л я е т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наименовании и по тексту слова «муниципальное образование Кореновский район» в соответствующих числе и падеже заменить словами «муниципальное образование Кореновский муниципальный район Краснодарского края» в соответствующих числе и падеже.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:headerReference w:type="first" r:id="rId10"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="890" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="600" w:charSpace="-2049"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2. Внести в по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>становление администрации муниципального образования Кореновский район от 8 июня 2017 года № 687 «Об утверждении Перечня отдельных видов товаров, работ, услуг их потребительские свойства (в том числе качество) и иные  характеристики (в том числе предельные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цены товаров, работ, услуг) к ним, закупаемых отделом культуры администрации муниципального образования Кореновский район и подведомственных ему </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>бюджетных учреждений» изменения, изложив приложение к постановлению в новой редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>и (прилагается).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3. Призн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ать утратившим силу постановление «О внесении изменений в постановление администрации муниципального образования Кореновский район от 8 июня 2017 № 687 года администрации  муниципального образования Кореновский  район  от  20 сентября 2023 года  № 1667 «Об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждении Перечня отдельных видов товаров, работ, услуг их потребительские свойства (в том числе качество) и иные характеристики (в том числе предельные цены</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>товаров, работ, услуг) к ним, закупаемых отделом культуры администрации муниципального образова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ния Кореновский район и подведомственных ему бюджетных учреждений»».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Управлению службы протокола и информационной политики администрации муниципального образования Кореновский муниципальный район Краснодарского края обеспечить размещение настоящего пос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>тановления на официальном сайте администрации муниципального образования Кореновский муниципальный район Краснодарского края в информационно-телекоммуникационной сети «Интернет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5. Контроль за выполнением настоящего постановления возложить на заместителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> главы муниципального образования Кореновский муниципальный район Краснодарского края Ковалеву Т.Г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6. Настоящее постановление вступает в силу со дня его подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1335"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>«1. Настоящий порядок изменения существенных условий контракта для включ</w:t>
+        <w:t>Глава</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...169 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>4. Постановление вступает в силу после его официального обнародования.</w:t>
+        <w:t>муниципального образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...25 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Исполняющий обязанности главы</w:t>
+        <w:t>Кореновский муниципальный район</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00000000">
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="first" r:id="rId13"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1739" w:right="567" w:bottom="1134" w:left="1701" w:header="1134" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="600" w:charSpace="36864"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   С.А. Голобородько</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-216" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8188"/>
+        <w:gridCol w:w="6687"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8188" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:right="-31"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6687" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:ind w:right="-31"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:ind w:right="-31"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>к постановлению администрации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:ind w:right="-31"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>муниципального образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:ind w:right="-31"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:ind w:right="-31"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ad"/>
+              <w:ind w:right="-31"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11.11.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>1577</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:ind w:right="-31"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:ind w:right="-31"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:ind w:right="-31"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="2957" w:right="2966"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>ПЕРЕЧЕНЬ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="2957" w:right="2966"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>отдельных ви</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дов товаров, работ, услуг их потребительские свойства </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="2957" w:right="2966"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>(в том числе качество), иные характеристики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:right="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>(в том числе предельные цены товаров, работ, услуг) к ним, закупаемых</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:right="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>отделом культуры администрации муниципального образования Кореновский муниципальный рай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">он Краснодарского края  и подведомственных ему бюджетных учреждений  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:right="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:right="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="402"/>
+        <w:gridCol w:w="897"/>
+        <w:gridCol w:w="1752"/>
+        <w:gridCol w:w="839"/>
+        <w:gridCol w:w="1271"/>
+        <w:gridCol w:w="1729"/>
+        <w:gridCol w:w="1576"/>
+        <w:gridCol w:w="1526"/>
+        <w:gridCol w:w="1474"/>
+        <w:gridCol w:w="1780"/>
+        <w:gridCol w:w="1297"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Код</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>по ОКПД2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Наименование отдельного вида товаров, работ, услуг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2110" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Единица измерения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9382" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Требования к потребительским свойствам (в том числе качеству) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>и иным характеристикам, утвержден</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ные заказчиком</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="555"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>код по ОКЕИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>характерис</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:softHyphen/>
+              <w:t>тика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">значение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>характеристики</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>обоснование отклонения значения характеристики от утвержденной Правительством Российской Федерации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>функциональное назначение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="360"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>должности муниципальной службы категор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="525"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1576" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>руководитель или заместитель руководителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1526" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>главные и ведущие специалисты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>старшие и младшие специалисты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="254"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="254"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>26.20.1 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Компьютеры портативные массой не более 10 кг, такие как ноутбуки, планшетные компьютеры, карманные компью</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>теры, в том числе совмещающие функции мобильного телефонного аппарата, электронные записные книжки и аналогичная компьютерная техника. Пояснение по требуемой продукции: ноутбуки, планшетные компьютеры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>039</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Дюйм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>размер экрана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предельное значение: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>27,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>тип экрана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Возможные значения:  глянцевый, матовый</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>166</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Килограмм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>вес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Предельное значение: 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>тип процессора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Предельное значение:24 ядра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2931</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Гигагерц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>частота процессора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предельное значение: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2553</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Гигабайт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>размер оперативной п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>амяти</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Предельное значение: 64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2553</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Гигабайт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>объем накопителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предельное значение: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>тип жесткого диска</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Возможные значения: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>SSHD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>HDD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>SSD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>HDD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>SSD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>оптический привод</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Возможные значения: наличие или отсутствие </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>наличие модуле</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>й Wi-Fi, Bluetooth, поддержки 3G (UMTS).</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>LTE</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>тип видеоадаптера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Возможные значения: дискретный, встроенный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>356</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Час</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>время работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Предельное значение:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>более 12 часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>предустановленное программное обеспечение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Возможные значения: нал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ичие, отсутствие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>383</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Рубль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>предельная цена</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>100 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>26.20.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:hanging="5"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Машины вычислительн ые электронные цифровые прочие, содержащие или не содержащие в одном корпусе одно или два из следующих устройств для автоматическо й обработки данных: запоминающи е </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>устройства, устройства ввода, устройства вывода. Пояснение по требуемой продукции: компьютеры персональные настольные, рабочие станции вывода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>039</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Дюйм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>размер экрана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предельное значение: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>тип процессора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Предельное значение: 24 ядра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2931</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Гига</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>герц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>частота процессора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предельное значение: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2553</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Гигабайт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>размер оперативной памяти</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Предельное значение: 64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2553</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Гигабайт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>объем накопителя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предельное </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>значение: 3000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>тип жесткого диска</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Возможные значения: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>SSHD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>HDD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>SSD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>HDD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>SSD</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>оптический привод</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Возможные значения: наличие, отсутствие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>наличие модулей Wi-Fi, Bluetooth, поддержки 3G (UMTS), 4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>LTE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Возможные значения: наличие, отсутствие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>тип видеоадаптера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Возможные значения: дискретный, встроенный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>пр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>едустановленное программное обеспечение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Возможные значения: наличие, отсутствие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="253"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>383</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Рубль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>предельная цена</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>100 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>26.20.16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Устройства ввода или вывода, содержащие или не содержащие в запоминающи е устройства. Пояснение по требуемой продукции: пр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>интеры, сканеры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11492" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Многофункциональное устройство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тип</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Возможные значения: многофункциональное устройство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>метод печати</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(струйный/ лазерный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Возможные значения: струйный, лазерный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>920</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>скорость печати</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предельное значение: 65 стр./мин </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Цветность (черно-белый/цветной)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Возможные значения: черно-белый, цветной</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный формат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>А3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Разрешение сканирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Предельное значение: 1200 точек на дюйм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наличие дополнительных модулей и интерфейсов (сетевой</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>интерфейс,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>устройства чтения карт памяти</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>и другое)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Возможные значения: модуль двусторонней печати, сетевой интерфейс, дополни-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тельный лоток бумаги, факс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>383</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Рубль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>предельная цена</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>135 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Принтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тип </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Возможные значения: принтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>метод печати</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>струйный/ лазерный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Возможные значения: лазерный, струйный</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>920</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>скорость печати</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предельное значение: 45 стр./мин </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Цветность (черно-белый/цветной)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Возможные значения: цветной,черно-белый</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный формат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>А4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>383</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Рубль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>предельн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ая цена</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>45 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сканер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тип</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Возможные значения: сканер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Разрешение сканирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Предельное значение: 2400 x 2400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Цветность (черно-белый/цветной)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Предельное значение: цветной</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный формат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>А4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Скорость сканирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предельное значение: 60 стр./мин </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000000">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="897" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1752" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="839" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>383</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Рубль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:pStyle w:val="ConsPlusNormal"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>предельная цена</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4576" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>40 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:right="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:ind w:right="-31"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>муниц</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">ипального образования </w:t>
+        <w:t>Заместитель главы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="ad"/>
+        <w:ind w:right="-31"/>
         <w:rPr>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Кореновский район                                                                                 Б.И. Сторчун</w:t>
+        <w:t>муниципального образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:pStyle w:val="ad"/>
+        <w:ind w:right="-31"/>
         <w:rPr>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:ind w:right="-31"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края                                                                                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                              С.В. Колупайко</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+      <w:pPr>
+        <w:pStyle w:val="ad"/>
+        <w:ind w:right="-31"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="ad"/>
+        <w:ind w:right="-31"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="ad"/>
+        <w:ind w:right="-31"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="ad"/>
+        <w:ind w:right="-31"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="Standard"/>
         <w:rPr>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="Standard"/>
         <w:rPr>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="Standard"/>
         <w:rPr>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:pPr>
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="Standard"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00000000">
-      <w:headerReference w:type="default" r:id="rId10"/>
-[...4 lines deleted...]
-      <w:pgMar w:top="1134" w:right="567" w:bottom="1276" w:left="1701" w:header="561" w:footer="561" w:gutter="0"/>
+      <w:headerReference w:type="even" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1739" w:right="1134" w:bottom="567" w:left="1134" w:header="1134" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="272"/>
+      <w:docGrid w:linePitch="600" w:charSpace="36864"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="DejaVu Sans">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Microsoft YaHei">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="FreeSans">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+  </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Lucida Sans">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Noto Sans CJK SC Regular">
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="font230">
+    <w:charset w:val="CC"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Andale Sans UI">
+    <w:altName w:val="Arial Unicode MS"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
-[...29 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+    <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+  <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
     <w:pPr>
-      <w:pStyle w:val="af2"/>
+      <w:pStyle w:val="af"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
     <w:pPr>
-      <w:pStyle w:val="af2"/>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-    </w:pPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00000000" w:rsidRDefault="009C02A9">
+  <w:p w:rsidR="00000000" w:rsidRDefault="0076715D"/>
+</w:hdr>
+</file>
+
+<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
     <w:pPr>
-      <w:pStyle w:val="af2"/>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header8.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>7</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header9.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00000000" w:rsidRDefault="0076715D">
+    <w:pPr>
+      <w:pStyle w:val="af"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
@@ -1168,328 +12916,284 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000002"/>
-    <w:multiLevelType w:val="singleLevel"/>
+    <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
-    <w:name w:val="WW8Num2"/>
+    <w:name w:val="WWNum1"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="2"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1."/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="1070" w:hanging="360"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="1114" w:hanging="405"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1.%2."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="1429" w:hanging="720"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="1429" w:hanging="720"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="1789" w:hanging="1080"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="1789" w:hanging="1080"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="2149" w:hanging="1440"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="2509" w:hanging="1800"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="2509" w:hanging="1800"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
-      <w:rPr>
-[...17 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:defaultTableStyle w:val="a"/>
+  <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009C02A9"/>
-    <w:rsid w:val="009C02A9"/>
+    <w:rsidRoot w:val="0076715D"/>
+    <w:rsid w:val="0076715D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050">
+      <o:colormenu v:ext="edit" fillcolor="none [4]" strokecolor="none [1]" shadowcolor="none [2]"/>
+    </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{AFD0BFD4-DF74-491D-AE2E-37825D19D57A}"/>
+  <w15:docId w15:val="{EA776803-29E4-4DB3-9A41-215322ECEFB6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1814,788 +13518,1132 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="DejaVu Sans" w:hAnsi="Calibri" w:cs="DejaVu Sans"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="a0"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
+      <w:widowControl/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="32"/>
+      <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="a0"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
+      <w:widowControl/>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="1"/>
       </w:numPr>
-      <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="20"/>
+    <w:next w:val="a0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:spacing w:before="140" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="6"/>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="a2">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="a3">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
     <w:name w:val="WW8Num2z0"/>
     <w:rPr>
       <w:rFonts w:hint="default"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z0">
     <w:name w:val="WW8Num3z0"/>
     <w:rPr>
       <w:rFonts w:hint="default"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Основной шрифт абзаца5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Основной шрифт абзаца3"/>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z0">
     <w:name w:val="WW8Num1z0"/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z1">
+    <w:name w:val="WW8Num1z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z2">
+    <w:name w:val="WW8Num1z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z3">
+    <w:name w:val="WW8Num1z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z4">
+    <w:name w:val="WW8Num1z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z5">
+    <w:name w:val="WW8Num1z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z6">
+    <w:name w:val="WW8Num1z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z7">
+    <w:name w:val="WW8Num1z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z8">
+    <w:name w:val="WW8Num1z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z1">
+    <w:name w:val="WW8Num2z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z2">
+    <w:name w:val="WW8Num2z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z3">
+    <w:name w:val="WW8Num2z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z4">
+    <w:name w:val="WW8Num2z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z5">
+    <w:name w:val="WW8Num2z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z6">
+    <w:name w:val="WW8Num2z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z7">
+    <w:name w:val="WW8Num2z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z8">
+    <w:name w:val="WW8Num2z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Основной шрифт абзаца2"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z1">
     <w:name w:val="WW8Num3z1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z2">
+    <w:name w:val="WW8Num3z2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z3">
+    <w:name w:val="WW8Num3z3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z4">
+    <w:name w:val="WW8Num3z4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z5">
+    <w:name w:val="WW8Num3z5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z6">
+    <w:name w:val="WW8Num3z6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z7">
+    <w:name w:val="WW8Num3z7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num3z8">
+    <w:name w:val="WW8Num3z8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Основной шрифт абзаца1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Без интервала Знак"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel1">
+    <w:name w:val="ListLabel 1"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z0">
-    <w:name w:val="WW8Num4z0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Основной текст_"/>
     <w:rPr>
-      <w:rFonts w:hint="default"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z0">
-    <w:name w:val="WW8Num5z0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel18">
+    <w:name w:val="ListLabel 18"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel17">
+    <w:name w:val="ListLabel 17"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel16">
+    <w:name w:val="ListLabel 16"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel15">
+    <w:name w:val="ListLabel 15"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel14">
+    <w:name w:val="ListLabel 14"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel13">
+    <w:name w:val="ListLabel 13"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel12">
+    <w:name w:val="ListLabel 12"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel11">
+    <w:name w:val="ListLabel 11"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel10">
+    <w:name w:val="ListLabel 10"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel9">
+    <w:name w:val="ListLabel 9"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel8">
+    <w:name w:val="ListLabel 8"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel7">
+    <w:name w:val="ListLabel 7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel6">
+    <w:name w:val="ListLabel 6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel5">
+    <w:name w:val="ListLabel 5"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel4">
+    <w:name w:val="ListLabel 4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel3">
+    <w:name w:val="ListLabel 3"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel2">
+    <w:name w:val="ListLabel 2"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WWCharLFO3LVL1">
+    <w:name w:val="WW_CharLFO3LVL1"/>
     <w:rPr>
-      <w:rFonts w:hint="default"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num6z0">
-    <w:name w:val="WW8Num6z0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WWCharLFO2LVL1">
+    <w:name w:val="WW_CharLFO2LVL1"/>
     <w:rPr>
-      <w:rFonts w:hint="default"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num7z0">
-    <w:name w:val="WW8Num7z0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WWCharLFO1LVL1">
+    <w:name w:val="WW_CharLFO1LVL1"/>
     <w:rPr>
-      <w:rFonts w:hint="default"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num8z0">
-[...3 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="q">
+    <w:name w:val="q"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num9z0">
-[...3 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Основной шрифт абзаца4"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num10z0">
-[...127 lines deleted...]
-  <w:style w:type="character" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Hyperlink"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
+      <w:color w:val="000080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="3">
-    <w:name w:val="Стиль3 Знак Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle28">
+    <w:name w:val="Font Style28"/>
+    <w:basedOn w:val="50"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-[...3 lines deleted...]
-    <w:name w:val="Заголовок 1 Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
+    <w:name w:val="Font Style16"/>
+    <w:basedOn w:val="50"/>
     <w:rPr>
-      <w:b/>
-      <w:sz w:val="32"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
-    <w:name w:val="Не вступил в силу"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Символ нумерации"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart111">
+    <w:name w:val="WW-Absatz-Standardschriftart111"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart11">
+    <w:name w:val="WW-Absatz-Standardschriftart11"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart1">
+    <w:name w:val="WW-Absatz-Standardschriftart1"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW-Absatz-Standardschriftart">
+    <w:name w:val="WW-Absatz-Standardschriftart"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Absatz-Standardschriftart">
+    <w:name w:val="Absatz-Standardschriftart"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="000000"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="D8EDE8"/>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
-    <w:name w:val="Гипертекстовая ссылка"/>
+  <w:style w:type="paragraph" w:styleId="a0">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Textbody"/>
     <w:rPr>
-      <w:color w:val="106BBE"/>
+      <w:rFonts w:cs="FreeSans"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
-[...3 lines deleted...]
-    <w:name w:val="Цветовое выделение"/>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:color w:val="26282F"/>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="aa">
-[...1 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="41">
+    <w:name w:val="Указатель4"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
-    <w:name w:val="Название Знак"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:sz w:val="32"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="s10">
-[...8 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textbody">
+    <w:name w:val="Text body"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="140" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
     <w:name w:val="Заголовок1"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="ad"/>
+    <w:next w:val="a0"/>
     <w:pPr>
-      <w:jc w:val="center"/>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:sz w:val="32"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft YaHei" w:hAnsi="Arial" w:cs="Mangal"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ad">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="42">
+    <w:name w:val="Название объекта4"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
-      <w:jc w:val="center"/>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+      <w:i/>
+      <w:iCs/>
       <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ae">
-[...1 lines deleted...]
-    <w:basedOn w:val="ad"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31">
+    <w:name w:val="Указатель3"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
+      <w:rFonts w:cs="Lucida Sans"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af">
-    <w:name w:val="caption"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1">
+    <w:name w:val="Caption1"/>
     <w:basedOn w:val="a"/>
-    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32">
+    <w:name w:val="Название объекта3"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="23">
+    <w:name w:val="Указатель2"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption11">
+    <w:name w:val="Caption11"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption111">
+    <w:name w:val="Caption111"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1111">
+    <w:name w:val="Caption1111"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lucida Sans"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="24">
+    <w:name w:val="Название объекта2"/>
+    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
     <w:name w:val="Указатель1"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
+    <w:name w:val="Heading"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Textbody"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Noto Sans CJK SC Regular" w:hAnsi="Liberation Sans" w:cs="FreeSans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14">
+    <w:name w:val="Название объекта1"/>
+    <w:basedOn w:val="Standard"/>
     <w:pPr>
       <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
+      <w:rFonts w:cs="FreeSans"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Index">
+    <w:name w:val="Index"/>
+    <w:basedOn w:val="Standard"/>
     <w:pPr>
-      <w:ind w:left="5529"/>
-      <w:jc w:val="center"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="FreeSans"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderandFooter">
-    <w:name w:val="Header and Footer"/>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ae">
+    <w:name w:val="Колонтитул"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af1">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Standard"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:suppressAutoHyphens w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af2">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Standard"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:suppressAutoHyphens w:val="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af3">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Standard"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FR1">
-    <w:name w:val="FR1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableContents">
+    <w:name w:val="Table Contents"/>
+    <w:basedOn w:val="Standard"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...3 lines deleted...]
-      <w:ind w:left="80" w:firstLine="1760"/>
+      <w:suppressAutoHyphens w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Содержимое таблицы"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af3">
+    <w:name w:val="Заголовок таблицы"/>
+    <w:basedOn w:val="af2"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="16"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="zh-CN"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af4">
-    <w:name w:val="Таблицы (моноширинный)"/>
+  <w:style w:type="paragraph" w:styleId="af4">
+    <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-      <w:jc w:val="both"/>
+      <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...11 lines deleted...]
-      <w:color w:val="333333"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
     <w:name w:val="ConsPlusNormal"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
-      <w:autoSpaceDE w:val="0"/>
-      <w:ind w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:eastAsia="font230"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
+    <w:name w:val="Основной текст1"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:ind w:firstLine="400"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard2">
+    <w:name w:val="Standard2"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentMap2">
+    <w:name w:val="Document Map2"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+      <w:kern w:val="2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard1">
+    <w:name w:val="Standard1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentMap1">
+    <w:name w:val="Document Map1"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+      <w:kern w:val="2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="16">
+    <w:name w:val="Обычный1"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="709"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="60" w:line="100" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="00000A"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard3">
+    <w:name w:val="Standard3"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Andale Sans UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
+    <w:name w:val="Блочная цитата"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:after="283"/>
+      <w:ind w:left="567" w:right="567"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsNormal">
+    <w:name w:val="ConsNormal"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:ind w:firstLine="720"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14pt">
+    <w:name w:val="Обычный + 14 pt.полужирный.по центру"/>
+    <w:basedOn w:val="1"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="310">
+    <w:name w:val="Основной текст с отступом 31"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:ind w:right="57" w:firstLine="170"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17">
+    <w:name w:val="Цитата1"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:ind w:left="170" w:right="57"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitle">
     <w:name w:val="ConsPlusTitle"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
-      <w:autoSpaceDE w:val="0"/>
-[...34 lines deleted...]
-      <w:jc w:val="both"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...34 lines deleted...]
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
       <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNonformat">
     <w:name w:val="ConsPlusNonformat"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
-      <w:autoSpaceDE w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Arial" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
-    <w:name w:val="Прижатый влево"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Основной текст с отступом 21"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...13 lines deleted...]
-      <w:ind w:left="1612" w:hanging="892"/>
+      <w:ind w:firstLine="780"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="pc">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="WW-">
+    <w:name w:val="WW-Заголовок"/>
+    <w:basedOn w:val="42"/>
+    <w:next w:val="af6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="42"/>
+    <w:next w:val="a0"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:before="280" w:after="280"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="25">
+    <w:name w:val="Обычный2"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...67 lines deleted...]
-      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="SimSun" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
-    </w:rPr>
-[...15 lines deleted...]
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="Normal" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2817,57 +14865,80 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>517</Words>
-  <Characters>2953</Characters>
+  <Words>1311</Words>
+  <Characters>7478</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3464</CharactersWithSpaces>
+  <CharactersWithSpaces>8772</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>ПРОТОКОЛ №3С</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Bagdonavichute.U.I.</dc:creator>
+  <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
+    <vt:lpwstr>12.0000</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DocSecurity">
+    <vt:r8>0</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="HyperlinksChanged">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LinksUpToDate">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ScaleCrop">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ShareDoc">
+    <vt:bool>false</vt:bool>
+  </property>
+</Properties>
+</file>