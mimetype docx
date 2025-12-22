--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,3823 +1,18960 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="4428" w:leader="none"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="650240" cy="823595"/>
+            <wp:extent cx="639445" cy="737235"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Изображение2" descr=""/>
+            <wp:docPr id="1" name="Изображение1" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="Изображение2" descr=""/>
+                    <pic:cNvPr id="1" name="Изображение1" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId2"/>
-                    <a:srcRect l="-4" t="-3" r="-4" b="-3"/>
+                    <a:srcRect l="-1318" t="-1056" r="-1318" b="-1056"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="650240" cy="823595"/>
+                      <a:ext cx="639445" cy="737235"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:bidi="zxx"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:bidi="zxx"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
-[...12 lines deleted...]
-          <w:lang w:bidi="zxx"/>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ</w:t>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
-[...3 lines deleted...]
-        </w:numPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="2"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от 14.11.2025                                                                                                                           №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1613</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О внесении изменений в постановление администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style14"/>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный район Краснодарского края </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 30 октября </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2023 года №1901 «Об утверждении муниципальной программы «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Развитие муниципальной службы в администрации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципального образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style14"/>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на 2024-2028 годы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>» (с изменениями, внесенными постановлением от 27.10.2025 № 1509)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+          <w:tab w:val="left" w:pos="810" w:leader="none"/>
+          <w:tab w:val="left" w:pos="855" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:lineRule="auto" w:line="360"/>
-[...4 lines deleted...]
-          <w:lang w:bidi="zxx"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:ind w:firstLine="825" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>КОРЕНОВСКИЙ  РАЙОН</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с Федеральным  законом от 2 марта 2007 года № 25-ФЗ «О муниципальной службе в Российской Федерации», Законом Краснодарского края от 8 июня 2007 года № 1244-КЗ «О муниципальной службе в Краснодарском крае», </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>остановлением администрации муниципального образования Кореновский район от 2 ноября 2023 года № 1921 «Об утверждении Порядка принятия решения о разработке, формировании, реализации и оценке эффективности реализации муниципальных программ муниципального образования Кореновский район»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>администрация муниципального образования Кореновский муниципальный район Краснодарского края п о с т а н о в л я е т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="810" w:leader="none"/>
+          <w:tab w:val="left" w:pos="855" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:ind w:firstLine="825" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.Внести изменения в постановление администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style14"/>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от               30 октября 2023 года №190</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Об утверждении муниципальной программы «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Развитие муниципальной службы в администрации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style14"/>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на 2024-2028 годы» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>(с изменениями, внесенными постановлением от 27.10.2025                № 1509)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, изложив приложение к нему в новой редакции (прилагается).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="810" w:leader="none"/>
+          <w:tab w:val="left" w:pos="855" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:ind w:firstLine="825" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.Признать утратившим силу пункт 1.2. постановления администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style14"/>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>27 октября 2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года №1509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «О</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>внесении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>изменений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>в постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>администрации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style14"/>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>от 30 октября 2023 года №1901 «Об утверждении муниципальной программы «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Развитие муниципальной службы в администрации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципального образования Кореновский</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style14"/>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на 2024-2028 годы».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="810" w:leader="none"/>
+          <w:tab w:val="left" w:pos="855" w:leader="none"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:ind w:firstLine="825" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style14"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Управлению службы протокола и информационной политики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style14"/>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FF0000" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style14"/>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>администрац</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style14"/>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>ии муниципального образования Кореновский муниципальный район Краснодарского края обеспечить размещение  настоящего  постанов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style14"/>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ления на официальном сайте администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style14"/>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style14"/>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в информационно-телекоммуникационной сети «Интернет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:kinsoku w:val="true"/>
+        <w:overflowPunct w:val="true"/>
+        <w:autoSpaceDE w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="850" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.Постановление вступает в силу со дня подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лава</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">          </w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>С.А. Голобородько</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">     ПРИЛОЖЕНИЕ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style29"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style29"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДЕН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style29"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">постановлением администрации </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style29"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style29"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район                          </w:t>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style29"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>1613</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Паспорт </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципально</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й программы муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Развитие муниципальной службы в администрации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>на 2024-2028 годы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9844" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="-20" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4752"/>
+        <w:gridCol w:w="5092"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9844" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Координатор муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style28"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">управление делами администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>муниципальный район                          Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Координаторы подпрограмм муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style28"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>подпрограммы не предусмотрены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Участники муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style28"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">управление делами администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>муниципальный район                          Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Подпрограммы муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style28"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>подпрограммы не предусмотрены</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Цели муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif" w:cs="Times New Roman;serif"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman;serif" w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>повышение эффективности и результативности муниципальной службы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif" w:cs="Times New Roman;serif"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman;serif" w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Задачи муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif" w:cs="Times New Roman;serif"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman;serif" w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>развитие системы профессиональной подготовки и повышения квалификации муниципальных служащих.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif" w:cs="Times New Roman;serif"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman;serif" w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Перечень целевых показателей муниципальной</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Mangal"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Mangal"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">количество муниципальных служащих </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>муниципальный район                          Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Mangal"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прошедших обучение по дополнительным профессиональным программам </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Mangal"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Mangal"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Этапы и сроки реализации муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style28"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2024-2028 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Объемы бюджетных ассигнований муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Общий объем финансирования муниципальной программы составляет 581</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тыс. рублей, в том числе за счет средств бюджета муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> год - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тыс. руб.;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025 год - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>201,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тыс. руб.;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2026 год - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>155,0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тыс. руб.;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2027 год - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тыс. руб.;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2028 год - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тыс. руб..</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Контроль за выполнением муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style28"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>муниципальный район                          Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:left="720" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Характеристика текущего состояния и прогноз развития соответствующей сферы реализации муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="825" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Институт муниципальной службы является одним из важнейших элементов в организации местного самоуправления и решении вопросов местного значения. Эффективность деятельности органов местного самоуправления по повышению качества предоставления (исполнения) муниципальных услуг (функций) во многом зависит от того, насколько грамотно и профессионально будет действовать управленческий аппарат. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="825" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Основа развития муниципального служащего как специалиста – управленца заключается в системе постоянного профессионального образования (как основного, так и дополнительного). Овладение необходимыми знаниями, навыками и умениями, поддержание их на должном уровне и стремление к достижению профессионального мастерства является служебной обязанностью всех муниципальных служащих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="825" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Одним из важнейших направлений деятельности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальный район                          Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> является работа по повышению профессионального уровня своих кадров, созданию постоянно действующей системы получения дополнительного образования муниципальными служащими.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="825" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>24-2028</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> год</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ах </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в рамках реализации Программы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">получили </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дополнительно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профессионально</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (повышение квалификации)                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципальны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> служащи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Финансирование Программы осуществлялось </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а счет средств</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>естного бюджета и бюджета субъекта Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="4343" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="825" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Таким образом, развитие муниципальной службы в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должно осуществляться на основе Программы, реализация мероприятий которой позволит повысить результативность, роль и престиж муниципальной службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNonformat"/>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="4343" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="825" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Цели, задачи и целевые показатели, конкретные сроки и этапы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реализации муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.1.Основн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ью</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальной п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рограммы является:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman;serif" w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>овышение эффективности и результативности муниципальной службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style29"/>
+        <w:snapToGrid w:val="false"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Программа разработана для выполнения следующих задач: </w:t>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style29"/>
+        <w:snapToGrid w:val="false"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman;serif" w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>развитие системы профессиональной подготовки и повышения квалификации муниципальных служащих.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>Сроки реализации мероприятий программы приведены в Приложении №2. Сроки реализации муниципальной программы: 2024–2028 годы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.4.Целевые показатели муниципальной программы связаны с целевыми показателями, характеризующими достижение целей и решение задач муниципальной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFF00" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>Плановые значения целевых показателей приведены в Приложение №1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFF00" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFF00" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif" w:cs="Times New Roman;serif"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFF00" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>3. Перечень и краткое описание подпрограмм</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif" w:cs="Times New Roman;serif"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFF00" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman;serif" w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFF00" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif" w:cs="Times New Roman;serif"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman;serif" w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Наличие в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman;serif" w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:strike w:val="false"/>
+          <w:dstrike w:val="false"/>
+          <w:outline w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:w w:val="100"/>
+          <w:kern w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:em w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальной п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman;serif" w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>рограмме подпрограмм не предусмотрено.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif" w:cs="Times New Roman;serif"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman;serif" w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>4. Перечень основных мероприятий муниципальной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>Перечень основных мероприятий муниципальной программы приводится в табличной форме в соответствии с Приложением №2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Обоснование ресурсного обеспечения Программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Объем и источники финансирования Программы определяются Перечнем программных мероприятий. Общий планируемый объем финансирования Программы на 2024-2028 годы составит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>581,5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тыс. рублей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9916" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="32" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1528"/>
+        <w:gridCol w:w="1529"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="1251"/>
+        <w:gridCol w:w="846"/>
+        <w:gridCol w:w="909"/>
+        <w:gridCol w:w="847"/>
+        <w:gridCol w:w="859"/>
+        <w:gridCol w:w="783"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Участник муниципальной программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style27"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Объем финансирования  мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Источники</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования (тыс. руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования, всего (тыс.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4244" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В том числе по годам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>2025 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style28"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Управление делами администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>муниципальный район                          Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем финансирования мероприятий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style28"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>566,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>186,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>155,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1177" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Муниципальный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>566,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>186,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>155,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="973" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="714" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style28"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отдел земельных отношений администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>муниципальный район                          Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style28"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Объем финансирования  мероприятий  Программы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>14,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>14,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="746" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="732" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="846" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Муниципальный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>14,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>14,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="936" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1251" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="847" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="859" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="783" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Методика оценки эффективности реализации Программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценка эффективности реализации Программы производится ежегодно в соответствии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:strike w:val="false"/>
+          <w:dstrike w:val="false"/>
+          <w:outline w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:w w:val="100"/>
+          <w:kern w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:em w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> постановлением администрации муниципального образования Кореновский район от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 ноября 2023 года № 1921 «Об утверждении Порядка принятия решения о разработке, формировании, реализации и оценке эффективности реализации муниципальных программ муниципального образования Кореновский район»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>7. Механизм реализации Программы и контроль за ее выполнением</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Текущее управление ходом реализации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:strike w:val="false"/>
+          <w:dstrike w:val="false"/>
+          <w:outline w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:w w:val="100"/>
+          <w:kern w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:em w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальной п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рограммы и контроль за ее выполнением осуществляет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:strike w:val="false"/>
+          <w:dstrike w:val="false"/>
+          <w:outline w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:w w:val="100"/>
+          <w:kern w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:em w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">управление делами </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальный район                          Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>, которое:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">- обеспечивает разработку и реализацию </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:strike w:val="false"/>
+          <w:dstrike w:val="false"/>
+          <w:outline w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:w w:val="100"/>
+          <w:kern w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:em w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальной п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>рограммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">- организует работу по достижению целевых показателей  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:strike w:val="false"/>
+          <w:dstrike w:val="false"/>
+          <w:outline w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:w w:val="100"/>
+          <w:kern w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:em w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальной п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>рограммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">- представляет в управление экономики администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отчетность о реализации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:strike w:val="false"/>
+          <w:dstrike w:val="false"/>
+          <w:outline w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:w w:val="100"/>
+          <w:kern w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:em w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальной п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рограммы, а также информацию, необходимую для проведения оценки эффективности реализации, мониторинга ее реализации и подготовки доклада о ходе реализации  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:strike w:val="false"/>
+          <w:dstrike w:val="false"/>
+          <w:outline w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:w w:val="100"/>
+          <w:kern w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:em w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальной п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>рограммы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исполнителем мероприятий </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:strike w:val="false"/>
+          <w:dstrike w:val="false"/>
+          <w:outline w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:w w:val="100"/>
+          <w:kern w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:em w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальной п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рограммы является  управление делами </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, которое:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">ежеквартально до 25-го числа месяца, следующего за отчетным периодом, представляет в управление экономики и финансовое управление </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отчет об объемах  и источниках финансирования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:strike w:val="false"/>
+          <w:dstrike w:val="false"/>
+          <w:outline w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:w w:val="100"/>
+          <w:kern w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:em w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальной п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рограммы в разрезе мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:strike w:val="false"/>
+          <w:dstrike w:val="false"/>
+          <w:outline w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:w w:val="100"/>
+          <w:kern w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:em w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>в срок до 1 марта года, следующего за отчетным, представляет в управление экономики доклад о ходе реализации муниципальной программы на бумажных и электронных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="708" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:strike w:val="false"/>
+          <w:dstrike w:val="false"/>
+          <w:outline w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:w w:val="100"/>
+          <w:kern w:val="0"/>
+          <w:position w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:em w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правление делами </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">представляет в управление экономики </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сводную информацию о реализации программных мероприятий в установленные сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:tabs>
-[...8 lines deleted...]
-          <w:lang w:bidi="zxx"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="36"/>
-[...2 lines deleted...]
-        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:spacing w:lineRule="auto" w:line="360"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...40 lines deleted...]
-        <w:t>1613</w:t>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заместитель главы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:bidi="zxx"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...523 lines deleted...]
-        <w:t>3.Управлению службы протокола и информационной политики администрации муниципального образования Кореновский район официально обнародовать настоящее постановление в установленном порядке и разместить на официальном сайте администрации муниципального образования Кореновский район в информационно-телекоммуникационной сети «Интернет».</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Постановление вступает в силу после его официального обнародования.</w:t>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный район </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId3"/>
+          <w:headerReference w:type="default" r:id="rId4"/>
+          <w:headerReference w:type="first" r:id="rId5"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="1524" w:footer="0" w:bottom="1134"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:titlePg/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="360" w:charSpace="1638"/>
+        </w:sectPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="30"/>
-[...14 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>И.А. Максименко</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:firstRow="1" w:noVBand="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:val="04a0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4967"/>
-        <w:gridCol w:w="4878"/>
+        <w:gridCol w:w="7768"/>
+        <w:gridCol w:w="6802"/>
       </w:tblGrid>
       <w:tr>
-        <w:trPr/>
-[...2 lines deleted...]
-            <w:tcW w:w="4967" w:type="dxa"/>
+        <w:trPr>
+          <w:trHeight w:val="2040" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7768" w:type="dxa"/>
             <w:tcBorders/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6802" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="27"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="27"/>
-[...9 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ №1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="27"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="27"/>
-[...10 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="27"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Развитие муниципальной службы в  администрации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="27"/>
-[...17 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> муниципально</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="NSimSun" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="27"/>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>го</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="27"/>
-[...1 lines deleted...]
-              <w:t>С.А. Голобородько</w:t>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования Кореновский муниципальный район Краснодарского края на 2024-2028 годы»</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
-        <w:sectPr>
-[...7 lines deleted...]
-        </w:sectPr>
+        <w:pStyle w:val="Style32"/>
+        <w:widowControl w:val="false"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЦЕЛИ, ЗАДАЧИ И ЦЕЛЕВЫЕ ПОКАЗАТЕЛИ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...6 lines deleted...]
-        <w:ind w:firstLine="709" w:left="5103"/>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000009"/>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000009"/>
-        </w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ой программы муниципального образования Кореновский муниципальный район </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:sectPr>
-[...11 lines deleted...]
-        <w:pStyle w:val="1"/>
+        <w:pStyle w:val="Style32"/>
         <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...232 lines deleted...]
-        <w:t>муниципального образования Кореновский район</w:t>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Развитие муниципальной службы в администрации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципального образования </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:ind w:firstLine="9"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="810" w:leader="none"/>
+          <w:tab w:val="left" w:pos="855" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="825" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...17 lines deleted...]
-        </w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еновский муниципальный район Краснодарского края  на 2024-2028 годы»</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9629" w:type="dxa"/>
+        <w:tblW w:w="14808" w:type="dxa"/>
         <w:jc w:val="left"/>
-        <w:tblInd w:w="55" w:type="dxa"/>
+        <w:tblInd w:w="46" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:firstRow="0" w:noVBand="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4820"/>
-        <w:gridCol w:w="4808"/>
+        <w:gridCol w:w="792"/>
+        <w:gridCol w:w="5840"/>
+        <w:gridCol w:w="679"/>
+        <w:gridCol w:w="963"/>
+        <w:gridCol w:w="1073"/>
+        <w:gridCol w:w="1248"/>
+        <w:gridCol w:w="1658"/>
+        <w:gridCol w:w="1358"/>
+        <w:gridCol w:w="1197"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
-          <w:trHeight w:val="944" w:hRule="atLeast"/>
+          <w:trHeight w:val="416" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4820" w:type="dxa"/>
-[...1662 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="792" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование целевого показателя </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ед. изм.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Статус 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6534" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Значение показателей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4820" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
+            <w:tcW w:w="792" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
-              <w:rPr>
-[...38 lines deleted...]
-              <w:t>».</w:t>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1073" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2024 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1358" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="321" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1073" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1358" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4820" w:type="dxa"/>
-[...37 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14016" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Муниципальн</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:w w:val="100"/>
+                <w:kern w:val="2"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:em w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>ая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> программа </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Развитие муниципальной службы в администрации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> муниципального образования Кореновский муниципальный район Краснодарского края  на 2024-2028 годы»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4820" w:type="dxa"/>
-[...37 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14016" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>Цель «Повышение эффективности и результативности муниципальной службы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14016" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman;serif"/>
+                <w:color w:val="1A1A1A"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman;serif" w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif"/>
+                <w:color w:val="1A1A1A"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Задача «Развитие системы профессиональной подготовки и повышения квалификации муниципальных служащих»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1848" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="792" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Целевой показатель:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">количество муниципальных служащих администрации муниципального образования Кореновский муниципальный район Краснодарского края прошедших обучение по дополнительным профессиональным программам </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:w w:val="100"/>
+                <w:kern w:val="2"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:em w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:w w:val="100"/>
+                <w:kern w:val="2"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:em w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>чел.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1073" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:w w:val="100"/>
+                <w:kern w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:em w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:w w:val="100"/>
+                <w:kern w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:em w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1248" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:w w:val="100"/>
+                <w:kern w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:em w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:w w:val="100"/>
+                <w:kern w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:em w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1658" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:w w:val="100"/>
+                <w:kern w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:em w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:w w:val="100"/>
+                <w:kern w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:em w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1358" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:w w:val="100"/>
+                <w:kern w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:em w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:w w:val="100"/>
+                <w:kern w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:em w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style32"/>
+              <w:widowControl w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:w w:val="100"/>
+                <w:kern w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:em w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:outline w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:w w:val="100"/>
+                <w:kern w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:em w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:rPr>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:ind w:firstLine="9"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>Начальник управления образования</w:t>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:ind w:firstLine="9"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>администрации муниципального</w:t>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:ind w:firstLine="9"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                       </w:t>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
-        <w:t xml:space="preserve">     С.М. Батог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>И.А. Максименко</w:t>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7284"/>
+        <w:gridCol w:w="7286"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7284" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:pageBreakBefore/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7286" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ПРИЛОЖЕНИЕ №2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к паспорту муниципальной программы муниципального образования Кореновский муниципальный район Краснодарского края «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Развитие муниципальной службы в  администрации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> муниципально</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="NSimSun" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>го</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования Кореновский муниципальный район Краснодарского края на 2024-2028 годы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:jc w:val="both"/>
-        <w:rPr>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-          <w:color w:val="000009"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕРЕЧЕНЬ ОСНОВНЫХ МЕРОПРИЯТИЙ МУНИЦИПАЛЬНОЙ ПРОГРАММЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Развитие муниципальной службы в администрации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>на 2024-2028 годы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style32"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="14795" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="-183" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="55" w:type="dxa"/>
+          <w:left w:w="55" w:type="dxa"/>
+          <w:bottom w:w="55" w:type="dxa"/>
+          <w:right w:w="55" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="564"/>
+        <w:gridCol w:w="1874"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="1863"/>
+        <w:gridCol w:w="854"/>
+        <w:gridCol w:w="732"/>
+        <w:gridCol w:w="744"/>
+        <w:gridCol w:w="672"/>
+        <w:gridCol w:w="684"/>
+        <w:gridCol w:w="684"/>
+        <w:gridCol w:w="1921"/>
+        <w:gridCol w:w="2159"/>
+        <w:gridCol w:w="1583"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименования мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ста</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тус</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Источники финансирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Объем финансирования, всего (тыс. руб.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3516" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>В том числе по годам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Срок реализации мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Непосредственный результат реализации мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Муниципальный  заказчик мероприятия, ответственный за выполнение мероприятий и  получатель субсидий (субвенция, иных межбюджетных трансфертов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2024 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2025 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2026 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2027 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="341" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Цель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12357" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman;serif"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman;serif" w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t>«Повышение эффективности и результативности муниципальной службы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Задача</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12357" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressLineNumbers/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman;serif"/>
+                <w:color w:val="1A1A1A"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman;serif" w:ascii="Times New Roman;serif" w:hAnsi="Times New Roman;serif"/>
+                <w:color w:val="1A1A1A"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«Развитие системы профессиональной подготовки и повышения квалификации муниципальных служащих»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1693" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1.1.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация и содействие в обучении по дополнительным профессиональным программам муниципальных служащих администрации муниципального образования </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кореновский муниципальный район Краснодарского края </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>581,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>186,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>155,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3-4 квартал (январь-декабрь) 2024 год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3-4 квартал (январь-декабрь) 2025 год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3-4 квартал (январь-декабрь) 2026 год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3-4 квартал (январь-декабрь) 2027 год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3-4 квартал (январь-декабрь) 2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Количество обученных муниципальных служащих администрации муниципального образования </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дополнительным профессиональным программам в </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2024 году 10 чел., 2025 году 28 чел.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2026 году 30 чел.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2027 году 10 чел., </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2028 году 10 чел.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="NSimSun" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+              </w:rPr>
+              <w:t>Управление делами</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>муниципальный район                          Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1529" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Краевой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1128" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1223" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>581,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>201,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>155,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="84" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="744" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="672" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="744" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="672" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3-4 квартал (январь-декабрь) 2024 год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3-4 квартал (январь-декабрь) 2025 год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3-4 квартал (январь-декабрь) 2026 год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3-4 квартал (январь-декабрь) 2027 год</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3-4 квартал (январь-декабрь) 2028 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Количество обученных муниципальных служащих администрации муниципального образования </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>дополнительным профессиональным программам в</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:widowControl w:val="false"/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Style16"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2025 году 1 чел.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style28"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отдел земельных отношений администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>муниципальный район                          Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ИТОГО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>581,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>201,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>155,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Краевой бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="845" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Федеральный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>581,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>201,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>155,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="0" w:after="200"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="00000A"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:fill="FFFFFF" w:val="clear"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>75,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1874" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Внебюджетные источники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="672" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style29"/>
+              <w:widowControl w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:spacing w:before="57" w:after="57"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1921" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2159" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1583" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="NSimSun" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="NSimSun" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края                                                                                                                                            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="00000A"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>И.А. Максименко</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="even" r:id="rId3"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId5"/>
+      <w:headerReference w:type="even" r:id="rId6"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="first" r:id="rId8"/>
       <w:type w:val="nextPage"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
-[...1 lines deleted...]
-      <w:pgNumType w:start="1" w:fmt="decimal"/>
+      <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
+      <w:pgMar w:left="1134" w:right="1134" w:gutter="0" w:header="1134" w:top="1648" w:footer="0" w:bottom="567"/>
+      <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:titlePg/>
       <w:textDirection w:val="lrTb"/>
-      <w:docGrid w:type="default" w:linePitch="299" w:charSpace="8192"/>
+      <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Calibri">
+  <w:font w:name="Times New Roman">
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Times New Roman">
+  <w:font w:name="Arial">
     <w:charset w:val="cc"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
+  <w:font w:name="OpenSymbol">
+    <w:altName w:val="Arial Unicode MS"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+  </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Arial">
+  <w:font w:name="Courier New">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:charset w:val="cc"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:charset w:val="cc"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:altName w:val="serif"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="01"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:altName w:val="serif"/>
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Normal"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...61 lines deleted...]
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:rPr/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
-      <w:rPr/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>10</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>8</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...266 lines deleted...]
-      <w:start w:val="1"/>
+      <w:pStyle w:val="Heading1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
-      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="2">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
@@ -3898,1281 +19035,2757 @@
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
-[...356 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="95"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation w:val="true"/>
+  <w:evenAndOddHeaders/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
-  <w:themeFontLang w:val="ru-RU" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens w:val="true"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...139 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ab4c73"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:widowControl w:val="false"/>
+      <w:widowControl/>
       <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
       <w:bidi w:val="0"/>
-      <w:spacing w:before="0" w:after="0"/>
+      <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:color w:val="auto"/>
+      <w:color w:val="00000A"/>
       <w:kern w:val="0"/>
-      <w:sz w:val="22"/>
-[...1 lines deleted...]
-      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="true"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
         <w:numId w:val="1"/>
       </w:numPr>
+      <w:spacing w:before="108" w:after="108"/>
       <w:ind w:hanging="0" w:left="0" w:right="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="44"/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="Heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:numPr>
         <w:ilvl w:val="0"/>
-        <w:numId w:val="3"/>
+        <w:numId w:val="2"/>
       </w:numPr>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="Heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:ind w:hanging="1418" w:left="1418" w:right="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="Heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:shd w:fill="FFFFFF" w:val="clear"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="-8"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z0">
+    <w:name w:val="WW8Num1z0"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z1">
+    <w:name w:val="WW8Num1z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z2">
+    <w:name w:val="WW8Num1z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z3">
+    <w:name w:val="WW8Num1z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z4">
+    <w:name w:val="WW8Num1z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z5">
+    <w:name w:val="WW8Num1z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z6">
+    <w:name w:val="WW8Num1z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z7">
+    <w:name w:val="WW8Num1z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z8">
+    <w:name w:val="WW8Num1z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z0">
+    <w:name w:val="WW8Num2z0"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z1">
+    <w:name w:val="WW8Num2z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z2">
+    <w:name w:val="WW8Num2z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z3">
+    <w:name w:val="WW8Num2z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z4">
+    <w:name w:val="WW8Num2z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z5">
+    <w:name w:val="WW8Num2z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z6">
+    <w:name w:val="WW8Num2z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z7">
+    <w:name w:val="WW8Num2z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z8">
+    <w:name w:val="WW8Num2z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z0">
+    <w:name w:val="WW8Num3z0"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z1">
+    <w:name w:val="WW8Num3z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z2">
+    <w:name w:val="WW8Num3z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z3">
+    <w:name w:val="WW8Num3z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z4">
+    <w:name w:val="WW8Num3z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z5">
+    <w:name w:val="WW8Num3z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z6">
+    <w:name w:val="WW8Num3z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z7">
+    <w:name w:val="WW8Num3z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z8">
+    <w:name w:val="WW8Num3z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
-[...1 lines deleted...]
-    <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="Style12" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style10">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Mangal"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle12">
+    <w:name w:val="Font Style12"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style11">
+    <w:name w:val="Гипертекстовая ссылка"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="008000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style12">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Mangal"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style13">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Mangal"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:eastAsia="ru-RU" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style14">
+    <w:name w:val="Цветовое выделение для Текст"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="zxx" w:eastAsia="zxx" w:bidi="zxx"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style15">
+    <w:name w:val="Символ нумерации"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style16">
+    <w:name w:val="Основной шрифт абзаца"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style17">
     <w:name w:val="Текст выноски Знак"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00f86600"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Style13" w:customStyle="1">
-[...4 lines deleted...]
-    <w:rsid w:val="008a5e22"/>
+  <w:style w:type="character" w:styleId="FontStyle36">
+    <w:name w:val="Font Style36"/>
+    <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="ru-RU"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Style14" w:customStyle="1">
-[...5 lines deleted...]
-    <w:rsid w:val="008a5e22"/>
+  <w:style w:type="character" w:styleId="Grame">
+    <w:name w:val="grame"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style18">
+    <w:name w:val="Символы концевой сноски"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="11">
+    <w:name w:val="Основной шрифт абзаца1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="2">
+    <w:name w:val="Основной шрифт абзаца2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111">
+    <w:name w:val="WW-Absatz-Standardschriftart111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11">
+    <w:name w:val="WW-Absatz-Standardschriftart11"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1">
+    <w:name w:val="WW-Absatz-Standardschriftart1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart">
+    <w:name w:val="WW-Absatz-Standardschriftart"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Absatz-Standardschriftart">
+    <w:name w:val="Absatz-Standardschriftart"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle15">
+    <w:name w:val="Font Style15"/>
+    <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="ru-RU"/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="WW8Num2z0" w:customStyle="1">
-    <w:name w:val="WW8Num2z0"/>
+  <w:style w:type="character" w:styleId="FontStyle29">
+    <w:name w:val="Font Style29"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="WW8Num2z1" w:customStyle="1">
-[...47 lines deleted...]
-    <w:rsid w:val="009d5768"/>
+  <w:style w:type="character" w:styleId="FontStyle19">
+    <w:name w:val="Font Style19"/>
+    <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="28"/>
-[...1 lines deleted...]
-      <w:lang w:val="ru-RU"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Style16" w:customStyle="1">
+  <w:style w:type="character" w:styleId="Apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Blk">
+    <w:name w:val="blk"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="5">
+    <w:name w:val="Знак концевой сноски5"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="51">
+    <w:name w:val="Знак сноски5"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="4">
+    <w:name w:val="Знак концевой сноски4"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="41">
+    <w:name w:val="Знак сноски4"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style19">
+    <w:name w:val="Маркеры списка"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="OpenSymbol;Arial Unicode MS" w:hAnsi="OpenSymbol;Arial Unicode MS" w:eastAsia="OpenSymbol;Arial Unicode MS" w:cs="OpenSymbol;Arial Unicode MS"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="3">
+    <w:name w:val="Знак концевой сноски3"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="31">
+    <w:name w:val="Знак сноски3"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="12">
+    <w:name w:val="Текст примечания Знак1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="WenQuanYi Micro Hei;Times New Roman" w:cs="Mangal;Courier New"/>
+      <w:kern w:val="2"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="32">
+    <w:name w:val="Знак примечания3"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="21">
+    <w:name w:val="Знак концевой сноски2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="22">
+    <w:name w:val="Знак сноски2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style20">
+    <w:name w:val="Тема примечания Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="WenQuanYi Micro Hei;Times New Roman" w:cs="Mangal;Courier New"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="2"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style21">
+    <w:name w:val="Текст примечания Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="WenQuanYi Micro Hei;Times New Roman" w:cs="Mangal;Courier New"/>
+      <w:kern w:val="2"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="23">
+    <w:name w:val="Знак примечания2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="13">
+    <w:name w:val="Знак сноски1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="14">
+    <w:name w:val="Знак концевой сноски1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style22">
+    <w:name w:val="Символ сноски"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style23">
+    <w:name w:val="Цветовое выделение"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="15">
+    <w:name w:val="Знак примечания1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="33">
+    <w:name w:val="Основной шрифт абзаца3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="42">
+    <w:name w:val="Основной шрифт абзаца4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="52">
+    <w:name w:val="Основной шрифт абзаца5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z8">
+    <w:name w:val="WW8Num5z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z7">
+    <w:name w:val="WW8Num5z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z6">
+    <w:name w:val="WW8Num5z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z5">
+    <w:name w:val="WW8Num5z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z4">
+    <w:name w:val="WW8Num5z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z3">
+    <w:name w:val="WW8Num5z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z2">
+    <w:name w:val="WW8Num5z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z1">
+    <w:name w:val="WW8Num5z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z0">
+    <w:name w:val="WW8Num5z0"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="6">
+    <w:name w:val="Основной шрифт абзаца6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z8">
+    <w:name w:val="WW8Num4z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z7">
+    <w:name w:val="WW8Num4z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z6">
+    <w:name w:val="WW8Num4z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z5">
+    <w:name w:val="WW8Num4z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z4">
+    <w:name w:val="WW8Num4z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z3">
+    <w:name w:val="WW8Num4z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z2">
+    <w:name w:val="WW8Num4z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z1">
+    <w:name w:val="WW8Num4z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z0">
+    <w:name w:val="WW8Num4z0"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="7">
+    <w:name w:val="Основной шрифт абзаца7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="8">
+    <w:name w:val="Основной шрифт абзаца8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style24">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style25">
     <w:name w:val="Заголовок"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Liberation Sans;Arial" w:hAnsi="Liberation Sans;Arial" w:eastAsia="Microsoft YaHei" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Style15"/>
-[...3 lines deleted...]
-    <w:pPr/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="120"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
     <w:basedOn w:val="BodyText"/>
     <w:pPr/>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="Caption"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Style17">
+  <w:style w:type="paragraph" w:styleId="Style26">
     <w:name w:val="Указатель"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="11" w:customStyle="1">
-    <w:name w:val="Заголовок 11"/>
+  <w:style w:type="paragraph" w:styleId="Caption1">
+    <w:name w:val="Caption1"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ab4c73"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:before="1" w:after="0"/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="1"/>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IndexHeading">
-    <w:name w:val="Index Heading"/>
+  <w:style w:type="paragraph" w:styleId="Caption11">
+    <w:name w:val="Caption11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111">
+    <w:name w:val="Caption111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111">
+    <w:name w:val="Caption1111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111">
+    <w:name w:val="Caption11111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111">
+    <w:name w:val="Caption111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111">
+    <w:name w:val="Caption1111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111">
+    <w:name w:val="Caption11111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111">
+    <w:name w:val="Caption111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111">
+    <w:name w:val="Caption1111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111">
+    <w:name w:val="Caption11111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111">
+    <w:name w:val="Caption111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111">
+    <w:name w:val="Caption1111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111111">
+    <w:name w:val="Caption11111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111111">
+    <w:name w:val="Caption111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111111">
+    <w:name w:val="Caption1111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style27">
+    <w:name w:val="Прижатый влево"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style28">
+    <w:name w:val="Нормальный (таблица)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+      <w:ind w:firstLine="720" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="false"/>
+      <w:spacing w:before="280" w:after="119"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusNonformat">
+    <w:name w:val="ConsPlusNonformat"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Arial" w:cs="Courier New"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style29">
+    <w:name w:val="Содержимое таблицы"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    <w:name w:val="List Paragraph"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style30">
+    <w:name w:val="Колонтитул"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ab4c73"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:before="88" w:after="0"/>
-[...33 lines deleted...]
-      <w:widowControl/>
+      <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="720"/>
-        <w:tab w:val="left" w:pos="709" w:leader="none"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
       </w:tabs>
-      <w:suppressAutoHyphens w:val="true"/>
-[...2 lines deleted...]
-      <w:jc w:val="left"/>
     </w:pPr>
-    <w:rPr>
-[...52 lines deleted...]
-    <w:pPr/>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="Header"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008a5e22"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="720"/>
         <w:tab w:val="center" w:pos="4677" w:leader="none"/>
         <w:tab w:val="right" w:pos="9355" w:leader="none"/>
       </w:tabs>
     </w:pPr>
-    <w:rPr/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="Footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008a5e22"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="720"/>
         <w:tab w:val="center" w:pos="4677" w:leader="none"/>
         <w:tab w:val="right" w:pos="9355" w:leader="none"/>
       </w:tabs>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsTitle">
+    <w:name w:val="ConsTitle"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="19772"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style31">
+    <w:name w:val="Заголовок таблицы"/>
+    <w:basedOn w:val="Style29"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Tahoma"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableContents">
+    <w:name w:val="Table Contents"/>
+    <w:basedOn w:val="Standard"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Standard" w:customStyle="1">
-[...2 lines deleted...]
-    <w:rsid w:val="00a45ad5"/>
+  <w:style w:type="paragraph" w:styleId="Style32">
+    <w:name w:val="Обычный"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="false"/>
+      <w:keepLines w:val="false"/>
+      <w:pageBreakBefore w:val="false"/>
+      <w:widowControl/>
+      <w:pBdr/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:kinsoku w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:snapToGrid w:val="true"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+      <w:b w:val="false"/>
+      <w:bCs w:val="false"/>
+      <w:i w:val="false"/>
+      <w:iCs w:val="false"/>
+      <w:caps w:val="false"/>
+      <w:smallCaps w:val="false"/>
+      <w:strike w:val="false"/>
+      <w:dstrike w:val="false"/>
+      <w:outline w:val="false"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="0"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:u w:val="none"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:em w:val="none"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style33">
+    <w:name w:val="Текст выноски"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style34">
+    <w:name w:val="Обычный (веб)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="false"/>
+      <w:spacing w:before="100" w:after="119"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style35">
+    <w:name w:val="Стиль"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:ind w:firstLine="720" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="24">
+    <w:name w:val="Текст2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="false"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="211">
+    <w:name w:val="Основной текст 21"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="311">
+    <w:name w:val="Основной текст с отступом 31"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:firstLine="900" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsNonformat">
+    <w:name w:val="ConsNonformat"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Arial" w:cs="Courier New"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Consnormal">
+    <w:name w:val="consnormal"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="100"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="16">
+    <w:name w:val="Текст1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal32">
+    <w:name w:val="normal32"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="34"/>
+      <w:szCs w:val="34"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsNormal1">
+    <w:name w:val="ConsNormal1"/>
+    <w:qFormat/>
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens w:val="true"/>
       <w:bidi w:val="0"/>
-      <w:spacing w:before="0" w:after="0"/>
+      <w:ind w:firstLine="720" w:left="0" w:right="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="SimSun" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusTitle">
+    <w:name w:val="ConsPlusTitle"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="212">
+    <w:name w:val="Основной текст с отступом 21"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:firstLine="780" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="17">
+    <w:name w:val="Указатель1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:cs="Tahoma"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="18">
+    <w:name w:val="Название1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Tahoma"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="25">
+    <w:name w:val="Указатель2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style36">
+    <w:name w:val="Название объекта"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif;Times New Roman" w:hAnsi="Liberation Serif;Times New Roman" w:eastAsia="NSimSun" w:cs="Arial"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style37">
+    <w:name w:val="Верхний колонтитул слева"/>
+    <w:basedOn w:val="Header"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4677"/>
+        <w:tab w:val="clear" w:pos="9355"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textbodyindent">
+    <w:name w:val="Text body indent"/>
+    <w:basedOn w:val="Standard"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:ind w:firstLine="748" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Western">
+    <w:name w:val="western"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="false"/>
+      <w:spacing w:before="100" w:after="119"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:autoSpaceDE w:val="false"/>
+      <w:bidi w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style110">
+    <w:name w:val="Style1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="both"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Liberation Serif;Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="19">
+    <w:name w:val="Обычный1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="26">
+    <w:name w:val="Текст примечания2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal;Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="110">
+    <w:name w:val="Текст примечания1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal;Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style38">
+    <w:name w:val="Тема примечания"/>
+    <w:basedOn w:val="110"/>
+    <w:next w:val="110"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="321">
+    <w:name w:val="Основной текст с отступом 32"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="120"/>
+      <w:ind w:hanging="0" w:left="283" w:right="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal">
+    <w:name w:val="LO-Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Arial" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="Стандартный HTML"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="720"/>
+        <w:tab w:val="left" w:pos="916" w:leader="none"/>
+        <w:tab w:val="left" w:pos="1832" w:leader="none"/>
+        <w:tab w:val="left" w:pos="2748" w:leader="none"/>
+        <w:tab w:val="left" w:pos="3664" w:leader="none"/>
+        <w:tab w:val="left" w:pos="4580" w:leader="none"/>
+        <w:tab w:val="left" w:pos="5496" w:leader="none"/>
+        <w:tab w:val="left" w:pos="6412" w:leader="none"/>
+        <w:tab w:val="left" w:pos="7328" w:leader="none"/>
+        <w:tab w:val="left" w:pos="8244" w:leader="none"/>
+        <w:tab w:val="left" w:pos="9160" w:leader="none"/>
+        <w:tab w:val="left" w:pos="10076" w:leader="none"/>
+        <w:tab w:val="left" w:pos="10992" w:leader="none"/>
+        <w:tab w:val="left" w:pos="11908" w:leader="none"/>
+        <w:tab w:val="left" w:pos="12824" w:leader="none"/>
+        <w:tab w:val="left" w:pos="13740" w:leader="none"/>
+        <w:tab w:val="left" w:pos="14656" w:leader="none"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="SimSun;宋体" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusCell">
+    <w:name w:val="ConsPlusCell"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="atLeast" w:line="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:color w:val="1F497D"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="Endnote Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:ind w:hanging="339" w:left="339" w:right="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="Footnote Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:ind w:hanging="339" w:left="339" w:right="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style39">
+    <w:name w:val="Абзац списка"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="720" w:right="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style40">
+    <w:name w:val="Таблицы (моноширинный)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:autoSpaceDE w:val="false"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style41">
+    <w:name w:val="Верхний и нижний колонтитулы"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="720"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="111">
+    <w:name w:val="Название объекта1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lohit Hindi;Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="27">
+    <w:name w:val="Название объекта2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lohit Hindi;Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="34">
+    <w:name w:val="Указатель3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lohit Hindi;Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="35">
+    <w:name w:val="Название объекта3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lohit Hindi;Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="43">
+    <w:name w:val="Указатель4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal;Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="44">
+    <w:name w:val="Название объекта4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal;Courier New"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="53">
+    <w:name w:val="Указатель5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lohit Hindi;Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="54">
+    <w:name w:val="Название объекта5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lohit Hindi;Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="61">
+    <w:name w:val="Указатель6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal;Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="62">
+    <w:name w:val="Название объекта6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal;Courier New"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="112">
+    <w:name w:val="Заголовок1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="WenQuanYi Micro Hei;Times New Roman" w:cs="Lohit Hindi;Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="71">
+    <w:name w:val="Указатель7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal;Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="72">
+    <w:name w:val="Название объекта7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal;Courier New"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="28">
+    <w:name w:val="Заголовок2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans;Arial" w:hAnsi="Liberation Sans;Arial" w:eastAsia="Microsoft YaHei" w:cs="Mangal;Courier New"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="81">
+    <w:name w:val="Указатель8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal;Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style42">
+    <w:name w:val="Без интервала"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:ind w:firstLine="141" w:left="993" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111111111111">
+    <w:name w:val="Caption11111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111111111">
+    <w:name w:val="Caption1111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111111111">
+    <w:name w:val="Caption111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111111111">
+    <w:name w:val="Caption11111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111111112">
+    <w:name w:val="Caption11111111111111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111112">
+    <w:name w:val="Caption1111111111111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111112">
+    <w:name w:val="Caption111111111111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111112">
+    <w:name w:val="Caption11111111111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111112">
+    <w:name w:val="Caption1111111111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111112">
+    <w:name w:val="Caption111111111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111112">
+    <w:name w:val="Caption11111111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111112">
+    <w:name w:val="Caption1111111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111112">
+    <w:name w:val="Caption111111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111112">
+    <w:name w:val="Caption11111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111112">
+    <w:name w:val="Caption1111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111112">
+    <w:name w:val="Caption111112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11112">
+    <w:name w:val="Caption11112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1112">
+    <w:name w:val="Caption1112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Standard1">
+    <w:name w:val="Standard1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Tahoma"/>
       <w:color w:val="auto"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Style19" w:customStyle="1">
-[...21 lines deleted...]
-  <w:style w:type="numbering" w:styleId="WW8Num2" w:customStyle="1">
+  <w:style w:type="numbering" w:styleId="WW8Num1">
+    <w:name w:val="WW8Num1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num2">
     <w:name w:val="WW8Num2"/>
     <w:qFormat/>
-  </w:style>
-[...50 lines deleted...]
-    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="LibreOffice">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1f497d"/>
+        <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="eeece1"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4f81bd"/>
+        <a:srgbClr val="18a303"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="c0504d"/>
+        <a:srgbClr val="0369a3"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9bbb59"/>
+        <a:srgbClr val="a33e03"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064a2"/>
+        <a:srgbClr val="8e03a3"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4bacc6"/>
+        <a:srgbClr val="c99c00"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="f79646"/>
+        <a:srgbClr val="c9211e"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000ff"/>
+        <a:srgbClr val="0000ee"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="551a8b"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria" pitchFamily="0" charset="1"/>
-[...1 lines deleted...]
-        <a:cs typeface=""/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" pitchFamily="0" charset="1"/>
-[...1 lines deleted...]
-        <a:cs typeface=""/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill>
-[...40 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
+          <a:miter/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill>
-[...40 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template/>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/24.2.5.2$Windows_X86_64 LibreOffice_project/bffef4ea93e59bebbeaf7f431bb02b1a39ee8a59</Application>
+  <Application>LibreOffice/7.6.4.1$Windows_X86_64 LibreOffice_project/e19e193f88cd6c0525a17fb7a176ed8e6a3e2aa1</Application>
   <AppVersion></AppVersion>
-  <Pages>5</Pages>
-[...4 lines deleted...]
-  <Company>Reanimator Extreme Edition</Company>
+  <Pages>11</Pages>
+  <Words>1762</Words>
+  <Characters>13490</Characters>
+  <CharactersWithSpaces>16170</CharactersWithSpaces>
+  <Paragraphs>367</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>лдз</dc:creator>
+  <dc:creator>Буковская</dc:creator>
   <dc:description/>
   <dc:language>ru-RU</dc:language>
   <cp:lastModifiedBy/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:subject/>
   <dc:title/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2019-12-24T00:00:00Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="HyperlinksChanged">
+    <vt:bool>0</vt:bool>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
-    <vt:lpwstr>Writer</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LinksUpToDate">
+    <vt:bool>0</vt:bool>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
-    <vt:filetime>2019-12-24T00:00:00Z</vt:filetime>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ScaleCrop">
+    <vt:bool>0</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ShareDoc">
+    <vt:bool>0</vt:bool>
   </property>
 </Properties>
 </file>