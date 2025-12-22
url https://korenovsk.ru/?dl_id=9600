--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,3162 +1,9452 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
+</Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:background w:color="FFFFFF"/>
+<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="4428" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="zxx"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="zxx"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="640080" cy="737870"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Изображение1" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Изображение1" descr=""/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId2"/>
+                    <a:srcRect l="-1358" t="-1088" r="-1358" b="-1088"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="640080" cy="737870"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
-          <w:lang/>
+        </w:rPr>
+        <w:t>от 17.11.2025                                                                                                                           № 1617</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...29 lines deleted...]
-        </w:pict>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
-        <w:pStyle w:val="1"/>
-[...6 lines deleted...]
-          <w:lang/>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:fill="FFFFFF" w:val="clear"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
-        <w:pStyle w:val="2"/>
-[...5 lines deleted...]
-          <w:lang/>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:fill="FFFFFF" w:val="clear"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
-        <w:pStyle w:val="2"/>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:fill="FFFFFF" w:val="clear"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...140 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об утверждении перечня предприятий, учреждений </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:fill="FFFFFF" w:val="clear"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="28"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">автономного некоммерческого  учреждения дополнительного образования   спортивной школы  муниципального образования Кореновский  район    </w:t>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и организаций муниципального образования Кореновский муниципальный район Краснодарского края, которым вводятся квоты для трудоустройства граждан,  особо нуждающихся в социальной защите, из числа граждан испытывающих трудности в поиске работы </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
-        <w:rPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:fill="FFFFFF" w:val="clear"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на 2026 год</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:fill="FFFFFF" w:val="clear"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:fill="FFFFFF" w:val="clear"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:fill="FFFFFF" w:val="clear"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:ind w:firstLine="851" w:right="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях содействия занятости населения, обеспечения дополнительных гарантий гражданам, особо нуждающимся в социальной защите, смягчения социальной напряженности на рынке труда в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>муниципальном образовании Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, руководствуясь Трудовым кодексом Российской Федерации, Федеральным законом                             от 12.12.2023 № 565-ФЗ «О занятости населения в Российской Федерации», Законом Краснодарского края от 8 февраля 2000 года № 231-КЗ</w:t>
+        <w:br/>
+        <w:t>«О квотировании рабочих мест в Краснодарском крае» п о с т а н о в л я е т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:fill="FFFFFF" w:val="clear"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:ind w:firstLine="851" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить перечень предприятий, учреждений и организаций </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный район Краснодарского края,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> которым вводятся квоты для трудоустройства граждан, особо нуждающихся в социальной защите, из числа граждан, испытывающих трудности в поиске работы на 2026 год в размере, определенной статьей</w:t>
+        <w:br/>
+        <w:t>4 Закона Краснодарского края «О квотировании рабочих мест                                        в Краснодарском крае» от 8 февраля 2000 года № 231-КЗ приложения № 1-2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:fill="FFFFFF" w:val="clear"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Отделу по социальным вопросам администрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>муниципального образования муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Аннина)                             в соответствии со статьей 5 Закона Краснодарского края от 8 февраля 2000 года № 231-КЗ «О квотировании рабочих мест в Краснодарском крае», уведомить</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работодателей об установлении квот, для трудоустройства граждан, особо нуждающихся в социальной защите, из числа граждан, испытывающих трудности в поиске работы на 2026 год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:fill="FFFFFF" w:val="clear"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Рекомендовать работодателям ежемесячно предоставлять информацию в филиал ГКУ КК «Центр  занятости населения Краснодарского </w:t>
+        <w:br/>
+        <w:t>края» в Кореновском районе информацию о выделении,  создании квотируемых рабочих</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мест и выполнении квоты ежемесячно до 10-го числа месяца, следующего за отчетным периодом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:fill="FFFFFF" w:val="clear"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Управлению службы протокола и информационной политики администрации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> официально обнародовать настоящее постановление в установленном порядке и разместить на официальном сайте администрации муниципального образования Кореновский муниципальный район Краснодарского края в информационно-телекоммуникационной сети «Интернет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:fill="FFFFFF" w:val="clear"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Контроль за выполнением настоящего постановления возложить</w:t>
+        <w:br/>
+        <w:t xml:space="preserve">на заместителя главы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Т.Г. Ковалеву.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:shd w:fill="FFFFFF" w:val="clear"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>6. Постановление вступает в силу после его официального обнародования, но не ранее 1 января 2026 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:ind w:firstLine="851" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="851" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                  С.А. Голобородько</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId3"/>
+          <w:headerReference w:type="default" r:id="rId4"/>
+          <w:headerReference w:type="first" r:id="rId5"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:left="1701" w:right="569" w:gutter="0" w:header="567" w:top="841" w:footer="0" w:bottom="1134"/>
+          <w:pgNumType w:start="1" w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:titlePg/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
+        </w:sectPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:shd w:fill="FFFFFF" w:val="clear"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ №1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="5602" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="5602" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДЕН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением администрации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="5602" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="5602" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="5602" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>район Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>17.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1617</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПЕРЕЧЕНЬ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работодателей муниципального образования Кореновский муниципальный район Краснодарского края, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для которых устанавливаются квоты для приема на работу граждан, особо </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нуждающихся в социальной защите, из числа граждан, испытывающих трудности в поиске работы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>4%</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:tab/>
-[...16 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...403 lines deleted...]
-      </w:pPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="14546" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="129" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="55" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="55" w:type="dxa"/>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4819"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="4110"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="8621"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00000000">
-[...65 lines deleted...]
-            </w:pPr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="904" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Наименование работодателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Среднесписочная численность</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>(чел.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для приема на работу: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>- несовершеннолетние в возрасте от 14 до 18 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- граждане в возрасте от 18 до 25 лет, имеющие среднее профессиональное образование или высшее образование и ищущие работу в течение одного года с даты выдачи им документа об образовании и о квалификации (в случае прохождения указанными гражданами в данный период военной службы по призыву – с даты окончания прохождения военной службы по призыву); </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>- лица, освобожденные из учреждений, исполняющих наказание в виде лишения свободы, и ищущие работу в течение одного года с даты освобождения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- одинокие и многодетные родители, усыновители, опекуны (попечители), воспитывающие несовершеннолетних детей, детей-инвалидов; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>- граждане, уволенные с военной службы, и члены их семей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>- граждане, которые завершили прохождение военной службы по мобилизации или военной службы по контракту, заключенному в соответствии с п. 7 ст. 38 Федерального Закона от 28 марта 1998 года № 53-ФЗ «О воинской обязанности и военной службе», либо у которых прекратилось действие заключенного ими контракта о пребывании в добровольческом формировании, предусмотренном Федеральным Законом от 31 мая 1996 года № 61-ФЗ «Об обороне», а также граждане, относящиеся к членам их семей в соответствии с п. 5 и 51 ст. 2 Федерального закона от 27 мая 1998 года № 76-ФЗ «О статусе военнослужащих»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- граждане предпенсионного возраста (в течение пяти лет до наступления возраста, дающего право на страховую пенсию по старости, в том числе назначаемую досрочно; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>- граждане, прошедшие курс лечения и реабилитации от наркомании и (или) алкоголизма;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>- лица, относящиеся в соответствии с Федеральным Законом от 12 января 1995 года № 5-ФЗ «О ветеранах» к ветеранам боевых действий».</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
-[...74 lines deleted...]
-            </w:pPr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="319" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
-[...108 lines deleted...]
-                <w:szCs w:val="28"/>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>АО "КОРЕНОВСКСАХАР"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>323</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>АО "КУБАНЬ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>142</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
-[...65 lines deleted...]
-            </w:pPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГБПОУ КК КПТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
-[...73 lines deleted...]
-            </w:pPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГБУ СО КК "КОРЕНОВСКИЙ КЦСОН"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>303</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
-[...65 lines deleted...]
-            </w:pPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГБУ СО КК "КОРЕНОВСКИЙ ПНИ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>135</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
-[...65 lines deleted...]
-            </w:pPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГБУЗ "КОРЕНОВСКАЯ ЦРБ" МЗ КК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>887</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
-[...74 lines deleted...]
-            </w:pPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗАО "КМКК"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>1884</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
-[...115 lines deleted...]
-            </w:pPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МУП КОРЕНОВСКОГО ГОРОДСКОГО ПОСЕЛЕНИЯ "ЖКХ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "ЗОЛОТОЙ КОЛОС"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>192</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "КПК"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>241</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "КРАСКИ КУБАНИ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>139</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "РЕГИОНДОРСТРОЙ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "РУССКИЙ ГРИБ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "ФАБРИКА НАСТОЯЩЕГО МОРОЖЕНОГО"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>847</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:snapToGrid w:val="false"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>ИТОГО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>5624</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>218</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
-        <w:ind w:left="708"/>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
-        <w:ind w:left="4956" w:hanging="4950"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
-        <w:ind w:firstLine="9"/>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>Начальник управления образования</w:t>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Начальник отдела по социальным </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
-        <w:ind w:firstLine="9"/>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вопросам  администрации </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">муниципального </w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
-        <w:ind w:firstLine="9"/>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-        <w:tab/>
+      <w:hyperlink r:id="rId7">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>образ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                                                                                                     Т.С. Аннина</w:t>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">               С.М.Батог</w:t>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ №2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="5602" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="5602" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДЕН</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением администрации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="5602" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="5602" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="5602" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>район Краснодарского края</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>17.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1617</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="5579" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="5579" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПЕРЕЧЕНЬ   </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">работодателей муниципального образования Кореновский муниципальный район Краснодарского края, для которых устанавливаются квоты </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для приема на работу инвалидов  (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3%</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="14610" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="99" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="630"/>
+        <w:gridCol w:w="13980"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="264" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование работодателя</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>АО «КОРЕНОВСКИЙ ЭЛЕВАТОР»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>АО "МОК "БРАТКОВСКИЙ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>АО "ПРОГРЕСС"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГБПОУ КК КАТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГБУ «ВЕТУПРАВЛЕНИЕ КОРЕНОВСКОГО РАЙОНА»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГКОУ КК ШКОЛА-ИНТЕРНАТ СТ-ЦЫ ПЛАТНИРОВСКОЙ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗАО «ДСУ-92»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАДОУ ДЕТСКИЙ САД № 38 МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАДОУ ДЕТСКИЙ САД № 41 МО КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ РАЙОН КРАСНОДАРСКОГО КРАЯ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАДОУ ДЕТСКИЙ САД № 42 МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАДОУ ДЕТСКИЙ САД № 43 МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАНОУ СОШ № 6 ИМ.И.Е.УБИЙКО МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАНУ ДО ДХТД МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАНУ ДО СШ МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАОУ СОШ № 1 ИМ. И.Д. БУВАЛЬЦЕВА МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАОУ СОШ № 17 ИМ. К.В. НАВАЛЬНЕВОЙ МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАОУ СОШ № 19 ИМ. ГЕРОЯ РОССИИ С.А.НАТОЧЕГО МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАОУ СОШ № 20 ИМЕНИ Е.А. КРАСИЛЬНИКОВА МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАОУ СОШ № 25 ИМ.МАРШАЛА СОВЕТСКОГО СОЮЗА Г.К.ЖУКОВА МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАОУ СОШ № 3 ИМ. ГЕРОЯ РОССИИ Р.М. ХАБИБУЛЛИНА МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАОУ СОШ № 5 ИМ. ТРИЖДЫ ГЕРОЯ СОВЕТСКОГО СОЮЗА А.И.ПОКРЫШКИНА МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАОУ СОШ № 7 ИМ. В.П.АДОДИНА МО КОРЕНОВСКИЙ МУНИЦИПАЛЬНЫЙ РАЙОН КРАСНОДАРСКОГО КРАЯ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАУ ДО СШ "АЛЛИГАТОР" МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МАУК "КОРЕНОВСКИЙ ГПКИО"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МБУ ДО ДШИ Г. КОРЕНОВСКА МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МБУ ДО ДШИ СТ.ПЛАТНИРОВСКОЙ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="316" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МБУК "ГДК КГП №1"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="263" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МБУК МО КОРЕНОВСКИЙ РАЙОН "КРЦНКД"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="368" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МДОБУ ДЕТСКИЙ САД № 44 МО КОРЕНОВСКИЙ РАЙОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="274" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МКУ "ЦБ УО И К МО КОРЕНОВСКИЙ РАЙОН"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="363" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МКУ "ЦЕНТР ПО МТО ОМС МО КОРЕНОВСКИЙ РАЙОН"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="270" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МКУ КГП "АТУ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="359" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МКУ КГП КМР КК"УЮТНЫЙ ГОРОД"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="359" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>НАО "КОРЕНОВСКОЕ АТП"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="279" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО «АГРОФИРМА «ДЯДЬКОВСКАЯ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="370" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "АГРОФИРМА "ЛАДА"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="370" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "БДМ-АГРО"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="370" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "БЕТАГРАН КУБАНЬ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="289" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО «КДЦ ГИППОКРАТ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО «КОРЕНОВСКАГРОХИМИЯ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО «КОРЕНОВСКИЙ КРУПЯНОЙ ЗАВОД «БЕРЕЗКА»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "ЛИДЕР-КОРЕНОВСК"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО «МАСТЕР-ПАК»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "РАЗДОЛЬНОЕ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПК "СОЮЗ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>АО "КОРЕНОВСКСАХАР"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>АО "КУБАНЬ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГБПОУ КК КПТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГБУ СО КК "КОРЕНОВСКИЙ КЦСОН"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГБУ СО КК "КОРЕНОВСКИЙ ПНИ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ГБУЗ "КОРЕНОВСКАЯ ЦРБ" МЗ КК</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ЗАО "КМКК"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МУП КОРЕНОВСКОГО ГОРОДСКОГО ПОСЕЛЕНИЯ "ЖКХ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "ЗОЛОТОЙ КОЛОС"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "КПК"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "КРАСКИ КУБАНИ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "РЕГИОНДОРСТРОЙ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "РУССКИЙ ГРИБ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="312" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:autoSpaceDE w:val="true"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООО "ФАБРИКА НАСТОЯЩЕГО МОРОЖЕНОГО"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
       <w:pPr>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:lang/>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:lang/>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:lang/>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Начальник отдела по социальным </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вопросам  администр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ации </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b w:val="false"/>
+            <w:bCs w:val="false"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">муниципального </w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
       </w:pPr>
+      <w:hyperlink r:id="rId9">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b w:val="false"/>
+            <w:bCs w:val="false"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>образ</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>муниципальный</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b w:val="false"/>
+            <w:bCs w:val="false"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
+    <w:p>
       <w:pPr>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:lang/>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                Т.С. Аннина</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00227703">
-[...33 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:type w:val="nextPage"/>
+      <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
+      <w:pgMar w:left="1134" w:right="1134" w:gutter="0" w:header="1134" w:top="1739" w:footer="0" w:bottom="567"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:formProt w:val="false"/>
+      <w:titlePg/>
+      <w:textDirection w:val="lrTb"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lucida Sans Unicode">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:charset w:val="cc"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Segoe UI">
+    <w:charset w:val="cc"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Mangal">
-    <w:panose1 w:val="00000400000000000000"/>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...126 lines deleted...]
-</w:numbering>
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Style20"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Style20"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>8</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>9</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:zoom w:percent="100"/>
-  <w:displayBackgroundShape/>
-[...13 lines deleted...]
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation w:val="true"/>
+  <w:evenAndOddHeaders/>
   <w:compat>
-    <w:spaceForUL/>
-[...21 lines deleted...]
-    <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
-  <w:rsids>
-[...30 lines deleted...]
-  <w15:docId w15:val="{CB211B60-F4E2-4030-B631-CEE17392128A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="true"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...372 lines deleted...]
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:autoSpaceDE w:val="false"/>
+      <w:bidi w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:eastAsia="zh-CN"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...2 lines deleted...]
-    <w:next w:val="a"/>
+  <w:style w:type="character" w:styleId="Style14">
+    <w:name w:val="Основной шрифт абзаца"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style15">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="zxx" w:eastAsia="zxx" w:bidi="zxx"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style16">
+    <w:name w:val="Заголовок"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
-[...163 lines deleted...]
-      <w:keepNext/>
+      <w:keepNext w:val="true"/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Lucida Sans Unicode" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Liberation Sans;Arial" w:hAnsi="Liberation Sans;Arial" w:eastAsia="Microsoft YaHei" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
-      <w:jc w:val="both"/>
+      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="140"/>
     </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:pPr/>
     <w:rPr>
-      <w:sz w:val="28"/>
+      <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...8 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Style17">
+    <w:name w:val="Указатель"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Style18">
+    <w:name w:val="Текст выноски"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style19">
+    <w:name w:val="Колонтитул"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
-      <w:spacing w:before="120" w:after="120"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="708"/>
+        <w:tab w:val="center" w:pos="4818" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9636" w:leader="none"/>
+      </w:tabs>
     </w:pPr>
-    <w:rPr>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="Style19"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...92 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Style20">
+    <w:name w:val="Верхний колонтитул слева"/>
+    <w:basedOn w:val="Header"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
-  </w:style>
-[...9 lines deleted...]
-    </w:rPr>
+    <w:rPr/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:coc.otdel@mail.ru" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:coc.otdel@mail.ru" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:coc.otdel@mail.ru" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:coc.otdel@mail.ru" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:coc.otdel@mail.ru" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
+</Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="LibreOffice">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="18a303"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="0369a3"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="a33e03"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8e03a3"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="c99c00"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="c9211e"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000ee"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="551a8b"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...50 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+          <a:miter/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
-          <a:schemeClr val="phClr">
-[...2 lines deleted...]
-          </a:schemeClr>
+          <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...25 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-[...5 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal_x0000_</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...11 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Application>LibreOffice/7.6.4.1$Windows_X86_64 LibreOffice_project/e19e193f88cd6c0525a17fb7a176ed8e6a3e2aa1</Application>
   <AppVersion></AppVersion>
+  <Pages>8</Pages>
+  <Words>1211</Words>
+  <Characters>7216</Characters>
+  <CharactersWithSpaces>10229</CharactersWithSpaces>
+  <Paragraphs>252</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>                                                 </dc:title>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>пк1</dc:creator>
+  <dc:description/>
+  <dc:language>ru-RU</dc:language>
+  <cp:lastModifiedBy/>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
   <dc:subject/>
-  <dc:creator>лдз</dc:creator>
-[...5 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:title/>
 </cp:coreProperties>
 </file>