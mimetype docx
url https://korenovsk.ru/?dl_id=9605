--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,25032 +1,7512 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/_rels/item1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="4428" w:leader="none"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:bidi="zxx"/>
-[...5 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zxx" w:bidi="zxx"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="650240" cy="823595"/>
+            <wp:extent cx="640715" cy="737870"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Изображение2 Копия 1" descr=""/>
+            <wp:docPr id="1" name="Изображение1" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="Изображение2 Копия 1" descr=""/>
+                    <pic:cNvPr id="1" name="Изображение1" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId2"/>
-                    <a:srcRect l="-4" t="-3" r="-4" b="-3"/>
+                    <a:srcRect l="-1378" t="-1104" r="-1378" b="-1104"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="650240" cy="823595"/>
+                      <a:ext cx="640715" cy="737870"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:bidi="zxx"/>
-[...14 lines deleted...]
-        </w:numPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>от 19.11.2025                                                                                                                           № 1624</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="DejaVu Sans" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об утверждении порядка разработки и утверждения административных регламентов предоставления муниципальных услуг администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">реализации </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId3">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b w:val="false"/>
+            <w:bCs w:val="false"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Федерального закона</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 27 июля 2010 года N 210-ФЗ "Об организации предоставления государственных и муниципальных услуг"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приведения в соответствие с требованиями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style12"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление Правительства РФ от 20 июля 2021 г. N 1228 "Об утверждении Правил разработки и утверждения административных регламентов предоставления государственных услуг, о внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу некоторых актов и отдельных положений актов Правительства Российской Федерации"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>администрация</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:themeColor="text1" w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              п о с т а н о в л я е т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="14"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утвердить Порядок разработки и утверждения административных регламентов предоставления муниципальных услуг администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее – порядок)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (прилагается).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Отраслевым (функциональным) органам администрации муниципального образования Кореновский</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:themeColor="text1" w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,  участвующим в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предоставлении муниципальных услуг и подведомственным учреждениям, предоставляющим муниципальные услуги, назначить ответственных за </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle22"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разработку и утверждение административных регламентов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставления муниципальных услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ответственные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle22"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разработку, согласование и утверждение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle22"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">административных регламентов </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предоставления муницип</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">альных услуг обеспечивают передачу проектов административных регламентов в: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. Правовое управление </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:themeColor="text1" w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  для проведения правовой и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>антикоррупционной экспертизы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2. Прокуратуру Кореновского района </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для проведения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>антикоррупционной экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.3. У</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle21"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правление информатизации  администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для размещения в Федеральном реестре государственных услуг (функций) и на Едином </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>портале государственных и муниципальных услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и  Региональном портале государственных и муниципальных услуг (функций) Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Признать утратившими силу постановление администрации муниципального образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:themeColor="text1" w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  от 15.08.2025 года № 1161 «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Об утверждении порядка разработки и утверждения административных регламентов предоставления муниципальных услуг администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Управлению службы протокола и информационной политики администрации муниципального образования Кореновский муниципальный район Краснодарского края официально обнародовать постановление в установленном порядке и разместить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на официальном сайте администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный район Краснодарского края и разместить в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>информационно - телекоммуникационной сети «Интернет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контроль за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выполнением настоящего постановления возложить на заместителя главы муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С. В. Колупайко.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="14"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Постановление вступает в силу после официального обнародования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="14"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="15"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исполняющий обязанности главы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="15"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+          <w:tab w:val="right" w:pos="9355" w:leader="none"/>
+          <w:tab w:val="right" w:pos="9639" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+          <w:tab w:val="right" w:pos="9355" w:leader="none"/>
+          <w:tab w:val="right" w:pos="9639" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                      А.Е.  Дружинкин</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="15"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="15"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДЕН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="708"/>
-          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+          <w:tab w:val="left" w:pos="7530" w:leader="none"/>
         </w:tabs>
-        <w:rPr>
-[...46 lines deleted...]
-        <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...44 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">постановлением администрации </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>район Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="13"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">          от 19.11.2025  № 1624 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+          <w:tab w:val="right" w:pos="9355" w:leader="none"/>
+          <w:tab w:val="right" w:pos="9639" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+          <w:tab w:val="right" w:pos="9355" w:leader="none"/>
+          <w:tab w:val="right" w:pos="9639" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709" w:left="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПОРЯДОК </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709" w:left="0"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разработки и утверждения административных регламентов </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709" w:left="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставления муниципальных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709" w:left="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>I. Общие положения</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="sub_3016"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1. Настоящий  Порядок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="D6e2e5f2eee2eee5e2fbe4e5ebe5ede8e5e4ebffd2e5eaf1f2"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">устанавливает порядок разработки, согласования и утверждения административных регламентов предоставления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципаль</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="D6e2e5f2eee2eee5e2fbe4e5ebe5ede8e5e4ebffd2e5eaf1f2"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ных услуг  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отраслевыми (функциональными) органами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> администрации муниципального образования Кореновский муниципальный район Краснодарского края,  предоставляющими  муниципальные услуги </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="D6e2e5f2eee2eee5e2fbe4e5ebe5ede8e5e4ebffd2e5eaf1f2"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(далее соответственно - орган, предоставляющий </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципаль</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="D6e2e5f2eee2eee5e2fbe4e5ebe5ede8e5e4ebffd2e5eaf1f2"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ные  услуги, административный регламент).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="sub_1002"/>
+      <w:bookmarkStart w:id="2" w:name="sub_1001"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2. Административные регламенты разрабатываются и утверждаются  отраслевыми (функциональными) органами администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный район Краснодарского края, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставляющими муниципальные услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.3. Административные регламенты разрабатываются</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с федеральными законами, нормативными правовыми актами Президента Российской Федерации и Правительства Российской Федерации, а также в соответствии с единым стандартом предоставления муниципальной услуги (при его наличии) после внесения сведений о муниципальной услуге в  федеральную государственную информационную систему "Федеральный реестр государственных и муниципальных услуг (функций)" и государственную регистрационную информационную систему «Реестр государственных и муниципальных услуг(функций) Краснодарского края» (далее  - реестр услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="sub_1003"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае если нормативным правовым актом, устанавливающим конкретное полномочие администрации, предусмотрено принятие отдельного нормативного правового акта, устанавливающего порядок осуществления такого полномочия, наряду с разработкой этого нормативного правового акта подлежит утверждению административный регламент предоставления соответствующей муниципальной услуги. При этом указанным порядком осуществления полномочия не регулируются вопросы, относящиеся к предмету регулирования административного регламента в соответствии с настоящим Порядком. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.4. Исполнение отраслевыми (функциональными) органами муниципального образования Кореновский муниципальный район Краснодарского края  отдельных государственных полномочий Краснодарского края, переданных им на основании законов Краснодарского края с предоставлением субвенций из бюджет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляется в порядке, установленном административным регламентом предоставления государственной услуги в сфере переданных полномочий, который утверждается соответствующим органом исполнительной власти Краснодарского края, если иное не установлено законом Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="D6e2e5f2eee2eee5e2fbe4e5ebe5ede8e5e4ebffd2e5eaf1f2"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Разработка, согласование, проведение экспертизы проектов административных регламентов, а также утверждение согласованных административных регламентов посредством подписания соответствующих нормативных правовых актов осуществляется </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отраслевыми (функциональными) органами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> администрации муниципального образования Кореновский муниципальный район Краснодарского края,  предоставляющими  муниципальные услуги с использованием программно-технических средств</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="D6e2e5f2eee2eee5e2fbe4e5ebe5ede8e5e4ebffd2e5eaf1f2"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федерального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реестра.   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Использование вышеуказанных технологий проводится при наличии технической возможности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.6. Разработка административных регламентов включает следующие этапы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="sub_1005"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) внесение в реестр услуг органами,  предоставляющими муниципальные услуги, сведений о муниципальной услуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="sub_3020"/>
+      <w:bookmarkStart w:id="6" w:name="sub_3021"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) автоматическое формирование из сведе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ний, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_3021">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>подпункте "а"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта, проекта административного регламента в соответствии с требованиями к структуре и содержанию административных регламентов, установленными </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_3017">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>разделом II</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Порядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) анализ, доработка (при необходимости) органом, предоставляющим муниципальную услугу, проекта административного регламента, сформированного в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_3022">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>подпунктом "б"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта, и его загрузка в реестр услуг; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г) проведение  в  отношении   проекта  административного   регламента,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сформированного в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_10054">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>подпунктом "в"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта, процедур, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_3018">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>разделами III</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_3019">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Порядка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="sub_3022"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.7. При разработке административных регламентов органы, предоставляющие муниципальные услуги, предусматривают оптимизацию (повышение качества) предоставления муниципальных услуг, в том числе возможность предоставления муниципальной услуги в упреждающем (проактивном) режиме, многоканальность и экстерриториальность получения муниципальных услуг, устранение избыточных логически обособленных последовательностей административных действий при предоставлении муниципальной услуги (далее - административные процедуры) и сроков их осуществления, а также документов и (или) информации, требуемых для получения муниципальной услуги, внедрение реестровой модели предоставления муниципальных услуг, а также внедрение иных принципов предоставления муниципальных услуг, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Федеральным законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 27 июля 2010 года № 210-ФЗ «Об организации предоставления государственных и муниципальных услуг» (далее –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="4"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Федеральный закон № 210 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- ФЗ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.8. Наименование административных регламентов определяется уполномоченным органом, предоставляющим муниципальные услуги,  с учетом формулировки нормативного правового акта, которым предусмотрена соответствующая муниципальная услуга.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="sub_1008"/>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709" w:left="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>II. Требования к структуре и содержанию административных регламентов</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="sub_3017"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.1.  В административный регламент включаются следующие разделы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="sub_1009"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) общие положения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="sub_3023"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) стандарт предоставления муниципальной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="sub_3024"/>
+      <w:bookmarkStart w:id="13" w:name="sub_3025"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) состав, последовательность и сроки выполнения административных процедур (подразделы, содержащие описание каждой административной процедуры, включаются в указанный раздел в случаях, если при предоставлении муниципальной услуги предусмотрено осуществление административной процедуры, в рамках которой проводится оценка сведений о заявителе и (или) объектах, принадлежащих заявителю, и (или) иных объектах, а также знаний (навыков) заявителя на предмет их соответствия требованиям законодательства Российской Федерации (за исключением требований, которые проверяются в рамках процедуры принятия решения о предоставлении (отказе в предоставлении) муниципальной услуги, либо административной процедуры, предполагающей осуществляемое после принятия решения о предоставлении муниципальной услуги распределение в отношении заявителя ограниченного ресурса (в том числе земельных участков, радиочастот, квот), либо административной процедуры получения дополнительных сведений от заявителя, либо административной процедуры приостановления предоставления муниципальной услуги, повторение которой в рамках предоставления одной муниципальной услуги допускается 2 и более раза);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г) способы информирования заявителя об изменении статуса рассмотрения запроса о предоставлении муниципальной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="sub_3027"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.2.  В раздел «Общие положения» включаются следующие положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="sub_1010"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) предмет регулирования административного регламента;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="sub_3028"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) круг заявителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="sub_3029"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="sub_3030"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>требование предоставления заявителю муниципальной услуги в соответствии с категориями (признаками) заявителей, сведения о которых размещаются в реестре услуг и в федеральной государственной информационной системе "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Единый портал</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных и муниципальных услуг (функций)" и государственной информационной системе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Краснодарского края «Портал государственных и муниципальных услуг Краснодарского края» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее соответственно - категории (признаки) заявителей, Единый портал или ЕПГУ, Региональный портал или РПГУ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.3.  Раздел «Стандарт предоставления муниципальной услуги» состоит из следующих подразделов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="sub_1011"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) наименование муниципальной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="sub_3031"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) наименование органа, предоставляющего муниципальную услугу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="sub_3032"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) результат предоставления муниципальной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="sub_3033"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г) срок предоставления муниципальной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="sub_3034"/>
+      <w:bookmarkStart w:id="24" w:name="sub_3035"/>
+      <w:bookmarkStart w:id="25" w:name="sub_3036"/>
+      <w:bookmarkStart w:id="26" w:name="sub_3038"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д) размер платы, взимаемой с заявителя при предоставлении муниципальной услуги, и способы ее взимания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="sub_3039"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="28" w:name="sub_3040"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>максимальный срок ожидания в очереди при подаче заявителем запроса о предоставлении муниципальной услуги и при получении результата предоставления государственной услуги (подраздел включается в административный регламент в случае обращения заявителя непосредственно в орган, предоставляющий муниципальную услугу, или многофункциональный центр);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж) срок регистрации запроса заявителя о предоставлении муниципальной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="sub_3041"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="30" w:name="sub_3042"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>требования к помещениям, в которых предоставляется муниципальная услуга (подраздел включается в административный регламент в случае обращения заявителя непосредственно в орган, предоставляющий муниципальную услугу, или многофункциональный центр);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и) показатели доступности и качества муниципальной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="sub_3043"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к) иные требования к предоставлению муниципальной услуги, в том числе учитывающие особенности предоставления муниципальных услуг в многофункциональных центрах и особенности предоставления муниципальных услуг в электронной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л) исчерпывающий перечень документов, необходимых для предоставления муниципальной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м) исчерпывающий перечень оснований для отказа в приеме запроса о предоставлении муниципальной услуги и документов, необходимых для предоставления муниципальной услуги, и исчерпывающий перечень оснований для приостановления предоставления муниципальной услуги или для отказа в предоставлении муниципальной услуги.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="32" w:name="sub_3044"/>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.4. Подраздел «Наименование органа, предоставляющего муниципальную  услугу» должен включать полное наименование органа, предоставляющего муниципальную услугу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="sub_3046"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.5. Подраздел «Результат предоставления муниципальной услуги» должен включать следующие положения:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="sub_1013"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) наименование результата (результатов) предоставления муниципальной услуги с указанием формы его предоставления, если результатом предоставления муниципальной услуги является документ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) наименование информационной системы (при наличии), в которой фиксируется реестровая запись (в случае если результатом предоставления муниципальной услуги является реестровая запись) или указание на отсутствие необходимости формирования реестровой записи;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="sub_10135"/>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) перечень способов получения результата (результатов) предоставления муниципальной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="sub_1014"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.6. Подраздел «Срок предоставления муниципальной услуги» должен включать сведения о максимальном сроке предоставления муниципальной услуги, который исчисляется со дня регистрации запроса и документов и (или) информации, необходимых для предоставления муниципальной услуги, с учетом категории (признаков) заявителя и способа подачи указанного запроса.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="sub_1016"/>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.7.  Подраздел «Исчерпывающий перечень оснований для отказа в приеме запроса о предоставлении муниципальной услуги и документов, необходимых для предоставления муниципальной услуги, и исчерпывающий перечень оснований для приостановления предоставления муниципальной услуги или для отказа в предоставлении муниципальной услуги" должен включать следующие положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) перечень оснований для отказа в приеме запроса о предоставлении муниципальной услуги и документов, необходимых для предоставления муниципальной услуги, а в случае отсутствия таких оснований - указание на их отсутствие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="sub_10181"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) перечень оснований для приостановления предоставления муниципальной услуги, а в случае отсутствия таких оснований - указание на их отсутствие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="sub_1182"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) перечень оснований для отказа в предоставлении муниципальной услуги, а в случае отсутствия таких оснований - указание на их отсутствие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="sub_10184"/>
+      <w:bookmarkStart w:id="41" w:name="sub_10183"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г) сведения о приведении в приложении к административному регламенту, указанному в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункте 2.26   настоящего Положения, оснований, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_10181">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>подпунктами "а" - "в"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта, с учетом категории (признаков) заявителя (при наличии таких оснований).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.8. В подраздел «Размер платы, взимаемой с заявителя при предоставлении муниципальной услуги, и способы ее взимания» включаются следующие положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="sub_1020"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) сведения о размещении на Едином портале,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle22"/>
+          <w:rFonts w:eastAsia="Arial" w:eastAsiaTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="D6e2e5f2eee2eee5e2fbe4e5ebe5ede8e5e4ebffd2e5eaf1f2"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а также на Региональном портале</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информации о размере государственной пошлины или иной платы, взимаемой за предоставление муниципальной услуги;   </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="sub_3047"/>
+      <w:bookmarkEnd w:id="43"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) порядок и способы ее взимания в случаях, предусмотренных федеральными законами, принимаемыми в соответствии с ними иными нормативными правовыми   актами   Российской   Федерации, нормативными </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правовыми актами субъектов Российской Федерации, муниципальными правовыми актами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rStyle w:val="D6e2e5f2eee2eee5e2fbe4e5ebe5ede8e5e4ebffd2e5eaf1f2"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.9.  Подраздел "Срок регистрации запроса заявителя о предоставлении муниципальной услуги" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="D6e2e5f2eee2eee5e2fbe4e5ebe5ede8e5e4ebffd2e5eaf1f2"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>включается срок регистрации запроса при обращении заявителя   независимо   от   способа   (включая электронную форму),   в орган, предоставляющий государственную услугу, без указания такой информации в отношении МФЦ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.10.  Подраздел "Требования к помещениям, в которых предоставляется муниципальная услуга" должен включать сведения о размещении на официальном сайте органа, предоставляющего муниципальную услугу, а также на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Едином портале</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> требований, которым должны соответствовать такие помещения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.11.  Подраздел "Показатели качества и доступности муниципальной услуги" должен включать сведения о размещении на официальном сайте администрации муниципального образования Кореновский муниципальный район Краснодарского края (далее – официальный сайт), а также на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Едином портале</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="D6e2e5f2eee2eee5e2fbe4e5ebe5ede8e5e4ebffd2e5eaf1f2"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Региональном портале</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> перечня показателей качества и доступности муниципальной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.12. Подраздел "Иные требования к предоставлению муниципальной услуги" включаются следующие положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) перечень услуг, которые являются необходимыми и обязательными для предоставления муниципальной услуги, или указание на их отсутствие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) наличие или отсутствие платы за предоставление указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_3049">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>подпункте "а"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта услуг (при наличии таких услуг);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) перечень информационных систем, используемых для предоставления муниципальной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:bidi="zxx"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:bidi="zxx"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Использование </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:bidi="zxx"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>информационных систем, используемых для предоставления муниципальной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:bidi="zxx"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводится при наличии технической возможности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:bidi="zxx"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г) невозможность предоставления законному представителю несовершеннолетнего, не являющемуся заявителем, результатов предоставления муниципальной услуги в отношении несовершеннолетнего, оформленных в форме документа на бумажном носителе в случае, если заявитель в момент подачи запроса о предоставлении муниципальной услуги выразил письменно желание получить запрашиваемые результаты предоставления муниципальной услуги в отношении несовершеннолетнего лично;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д) порядок предоставления результатов муниципальной услуги в отношении несовершеннолетнего, оформленных в форме документа на бумажном носителе, в том числе способы и сроки их предоставления законному представителю несовершеннолетнего, не являющемуся заявителем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е) возможность (невозможность) предоставления муниципальной услуги в многофункциональном центре, в том числе возможность (невозможность) принятия многофункциональным центром решения об отказе в приеме запроса </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и документов и (или) информации, необходимых для предоставления муниципальной услуги (в случае если запрос о предоставлении муниципальной услуги может быть подан в многофункциональный центр);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж) возможность (невозможность) выдачи заявителю результата предоставления муниципальной услуги в многофункциональном центре, в том числе выдачи документов на бумажном носителе, подтверждающих содержание электронных документов, направленных в многофункциональный центр по результатам предоставления муниципальных услуг органами, предоставляющими муниципальные услуги, а также выдачи документов, включая составление на бумажном носителе и заверение выписок из информационных систем органов, предоставляющих муниципальные услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.13. Подраздел "Исчерпывающий перечень документов, необходимых для предоставления муниципальной услуги" должен включать следующие положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) сведения о приведении исчерпывающего перечня документов, необходимых в соответствии с законодательными и иными нормативными правовыми актами для предоставления муниципальной услуги, в приложении к административному регламенту, с учетом подпункта 2.26.2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2.26 настоящего Порядка, с разделением на документы и информацию, которые заявитель должен представить самостоятельно, и документы, которые заявитель вправе представить по собственной инициативе, так как они подлежат представлению в рамках межведомственного информационного взаимодействия, либо указание на отсутствие таких документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) сведения о приведении форм запроса о предоставлении муниципальной услуги и документов, необходимых для предоставления муниципальной услуги, в соответствии с пунктом 2.14 настоящего Порядка, в качестве приложения к административному регламенту.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="sub_213"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.14. Перечень способов подачи запроса о предоставлении муниципальной услуги и документов, необходимых для предоставления муниципальной услуги, приводится в приложении к административному регламенту в соответствии с подпунктом 2.26.2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2.26 настоящего Порядка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="sub_214"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.15. Формы запроса о предоставлении муниципальной услуги и документов, необходимых для предоставления муниципальной услуги, приводятся в качестве приложения к административному регламенту, за исключением случаев, когда формы указанных документов установлены актами Президента Российской Федерации, Правительства Российской Федерации или иными нормативными правовыми актами. В случае если формы указанных документов установлены актами Президента Российской Федерации, Правительства Российской Федерации или иными нормативными правовыми актами, указание на такие акты должно содержаться в приложении к административному регламенту.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.16. Раздел "Состав, последовательность и сроки выполнения административных процедур" определяет требования к порядку выполнения административных процедур (действий), в том числе особенности выполнения административных процедур (действий) в электронной форме, особенности выполнения административных процедур (действий) в многофункциональных центрах и должен содержать следующие подразделы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) перечень осуществляемых при предоставлении муниципальной услуги административных процедур;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) подразделы, содержащие описание каждой административной процедуры, осуществляемой при предоставлении муниципальной услуги, в случаях, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_3025">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t xml:space="preserve">подпункте "в" пункта </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style12"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего  Порядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г) подраздел, описывающий предоставление муниципальной услуги в упреждающем (проактивном) режиме (в случае если муниципальная услуга предполагает предоставление в упреждающем (проактивном) режиме), в который включаются следующие положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- указание на возможность предварительной подачи заявителем запроса о предоставлении ему муниципальной услуги в упреждающем (проактивном) режиме или подачи заявителем запроса о предоставлении муниципальной услуги после осуществления органом, предоставляющим муниципальную услугу, мероприятий в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 1 части 1 статьи 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId9">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:vertAlign w:val="superscript"/>
+          </w:rPr>
+          <w:t> 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="4"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Федерального закона № 210 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- ФЗ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- сведения о юридическом факте, поступление которых в орган, предоставляющий муниципальную услугу, является основанием для предоставления заявителю муниципальной услуги в упреждающем (проактивном) режиме;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="sub_102443"/>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- состав, последовательность и сроки выполнения административных процедур, осуществляемых органом, предоставляющим муниципальную услугу, после поступления сведений, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_102443">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>абзаце третьем</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего подпункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.17. В описание административной процедуры профилирования заявителя, заключающейся в анкетировании заявителя в целях определения категории (признаков) заявителя, проводимого органом, предоставляющим муниципальную услугу, включаются способы и порядок определения категории (признаков) заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В приложении к административному регламенту приводятся идентификаторы категорий (признаков) заявителей в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_10342">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style12"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.26.1 пункта 2.26 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Порядка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.18. В описание административной процедуры приема запроса и документов и (или) информации, необходимых для предоставления муниципальной услуги, включаются следующие положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) сведения о приведении в приложении к административному регламенту   состава    запроса   и   перечня  документов и (или) информации, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>необходимых для предоставления муниципальной услуги в соответствии с категорией (признаками) заявителя, а также способов подачи указанных запроса, документов и (или) информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) способы установления личности заявителя (представителя заявителя);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) сведения о приведении в приложении к административному регламенту оснований для принятия решения об отказе в приеме запроса и документов и (или) информации, а в случае отсутствия таких оснований - указание на их отсутствие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г) возможность (невозможность) приема органом, предоставляющим муниципальную услугу, или многофункциональным центром запроса и документов и (или) информации, необходимых для предоставления муниципальной услуги, по выбору заявителя независимо от его места жительства или места пребывания (для физических лиц, включая индивидуальных предпринимателей) либо места нахождения (для юридических лиц);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д) срок регистрации запроса и документов и (или) информации, необходимых для предоставления муниципальной услуги, в органе, предоставляющем муниципальную услугу, или в многофункциональном центре.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.19. В описание административной процедуры межведомственного информационного взаимодействия включаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наименование органа (организации), в который направляется информационный запрос (при наличии), наименование используемого вида сведений (сервиса, витрины данных) - при осуществлении межведомственного информационного взаимодействия посредством федеральной государственной информационной системы "Единая система межведомственного электронного взаимодействия";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наименование органа (организации), в который направляется информационный запрос, срок направления информационного запроса с момента регистрации запроса заявителя о предоставлении муниципальной услуги, срок получения ответа на информационный запрос - при осуществлении межведомственного информационного взаимодействия без использования федеральной государственной информационной системы "Единая система межведомственного электронного взаимодействия".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.20. В описание административной процедуры приостановления предоставления муниципальной услуги включаются следующие положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) сведения о приведении в приложении к административному регламенту оснований для приостановления предоставления муниципальной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) состав и содержание осуществляемых при приостановлении предоставления муниципальной услуги административных действий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) перечень оснований для возобновления предоставления муниципальной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г) срок приостановления предоставления муниципальной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.21. В описание административной процедуры принятия решения о предоставлении (об отказе в предоставлении) муниципальной услуги включаются следующие положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) сведения о приведении в приложении к административному регламенту оснований для отказа в предоставлении муниципальной услуги, а в случае их отсутствия - указание на их отсутствие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) срок принятия решения о предоставлении (об отказе в предоставлении) муниципальной услуги, исчисляемый с даты получения органом, предоставляющим муниципальную услугу, всех сведений, необходимых для принятия решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.22. В описание административной процедуры предоставления результата муниципальной услуги включаются следующие положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) срок предоставления заявителю результата муниципальной услуги, исчисляемый со дня принятия решения о предоставлении муниципальной услуги с учетом способов предоставления результата муниципальной услуги, если срок предоставления заявителю результата муниципальной услуги отличается для различных способов предоставления результата муниципальной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) возможность (невозможность) предоставления органом, предоставляющим муниципальную услугу, или многофункциональным центром результата муниципальной услуги по выбору заявителя независимо от его места жительства или места пребывания (для физических лиц, включая индивидуальных предпринимателей) либо места нахождения (для юридических лиц).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.23. В описание административной процедуры получения дополнительных сведений от заявителя включаются следующие положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) основания для получения от заявителя дополнительных документов и (или) информации в процессе предоставления муниципальной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) срок, необходимый для получения таких документов и (или) информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) указание на необходимость (отсутствие необходимости) для приостановления предоставления муниципальной услуги при необходимости получения от заявителя дополнительных сведений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г) перечень федеральных органов исполнительной власти, государственных корпораций, органов государственных внебюджетных фондов, участвующих в административной процедуре, в случае, если они известны (при необходимости).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.24. В описание административной процедуры, в рамках которой проводится оценка сведений о  заявителе  и  (или)   объектах, принадлежащих</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заявителю, и (или) иных объектах, а также знаний (навыков) заявителя на предмет их соответствия требованиям законодательства Российской Федерации (за исключением требований, которые проверяются в рамках процедуры принятия решения о предоставлении (отказе в предоставлении) муниципальной услуги) (далее - процедура оценки), включаются следующие положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) наименование и продолжительность процедуры оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="sub_13211"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) субъекты, проводящие процедуру оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) объект (объекты) процедуры оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="sub_13213"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г) место проведения процедуры оценки (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="sub_13214"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д) наименование документа, являющегося результатом процедуры оценки (при наличии).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="50" w:name="sub_13215"/>
+      <w:bookmarkEnd w:id="50"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.25. В описание административной процедуры, предполагающей осуществляемое после принятия решения о предоставлении муниципальной услуги распределение в отношении заявителя ограниченного ресурса (в том числе земельных участков, радиочастот, квот) (далее соответственно - процедура распределения ограниченного ресурса, ограниченный ресурс), включаются следующие положения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) способ распределения ограниченного ресурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="sub_13221"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) наименование документа, являющегося результатом процедуры распределения ограниченного ресурса (при наличии), который не может являться результатом предоставления государственной услуги;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="52" w:name="sub_13222"/>
+      <w:bookmarkEnd w:id="52"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) наименование ограниченного ресурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г) продолжительность процедуры распределения ограниченного ресурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.26. В раздел "Способы информирования заявителя об изменении статуса рассмотрения запроса о предоставлении муниципальной услуги" включается перечень способов информирования заявителя об изменении статуса рассмотрения запроса заявителя о предоставлении муниципальной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.27. Приложение к административному регламенту включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) перечень условных обозначений и сокращений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="sub_103411"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) идентификаторы категорий (признаков) заявителей в табличной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="sub_103412"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) исчерпывающий перечень документов, необходимых для предоставления муниципальной услуги, в табличной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="sub_103413"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г) исчерпывающий перечень оснований для отказа в приеме запроса о предоставлении муниципальной услуги и документов, необходимых для предоставления муниципальной услуги, оснований для приостановления предоставления муниципальной услуги или отказа в предоставлении муниципальной услуги в табличной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="sub_103414"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">д) формы запроса о предоставлении муниципальной услуги и документов, необходимых для предоставления государственной услуги в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_10233">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style12"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Порядка или в случае, если формы указанных документов   установлены   актами    Президента    Российской      Федерации, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Правительства Российской Федерации или иными нормативными правовыми актами, указание на такие акты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.27.1.  Идентификаторы категорий (признаков) заявителей, указанные в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_103412">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t xml:space="preserve">подпункте "б" пункта 2.26 </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Порядка, включают следующие взаимосвязанные сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) перечень результатов предоставления муниципальной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="sub_103421"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) перечень отдельных признаков заявителей.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="58" w:name="sub_103422"/>
+      <w:bookmarkEnd w:id="58"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.27.2.  Исчерпывающий перечень документов, необходимых для предоставления муниципальной услуги, указанный в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_103413">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t xml:space="preserve">подпункте "в" пункта 2.26 </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>настоящего Порядка, включает следующие взаимосвязанные сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) перечень необходимых для предоставления муниципальной услуги документов и (или) информации с учетом идентификаторов категорий (признаков) заявителей, предусмотренных подпунктом 2.26.1 пункта 2.26 </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_10342">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink w:anchor="sub_10342">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:vertAlign w:val="superscript"/>
+          </w:rPr>
+          <w:t> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink w:anchor="sub_10342">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>настоящего Порядка, а также способы подачи таких документов и (или) информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="sub_103431"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) требования к представлению документов заявителем, включая требования к формату, количеству, представлению документов только отдельными категориями заявителей и иные необходимые требования.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="60" w:name="sub_103432"/>
+      <w:bookmarkEnd w:id="60"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.27.3.  Исчерпывающий перечень оснований для отказа в приеме запроса о предоставлении муниципальной услуги и документов, необходимых для предоставления муниципальной услуги, оснований для приостановления предоставления муниципальной услуги или отказа в предоставлении муниципальной услуги, указанный в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_103415">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t xml:space="preserve">подпункте "д" пункта </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style12"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.26</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Порядка, включает следующие исчерпывающие перечни оснований с учетом идентификаторов категорий (признаков) заявителей, указанных в подпункте 2.26.1 пункта 2.26 настоящего Порядка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) перечень оснований для отказа в приеме запроса о предоставлении муниципальной услуги и документов, необходимых для предоставления муниципальной услуги, а в случае отсутствия таких оснований - указание на их отсутствие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="sub_103441"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) перечень оснований для приостановления предоставления муниципальной услуги, а в случае отсутствия таких оснований - указание на их отсутствие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="sub_103442"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) перечень оснований для отказа в предоставлении муниципальной услуги, а в случае отсутствия таких оснований - указание на их отсутствие.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="sub_103443"/>
+      <w:bookmarkEnd w:id="63"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709" w:left="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709" w:left="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>III. Порядок согласования и утверждения административных регламентов</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="64" w:name="sub_3018"/>
+      <w:bookmarkEnd w:id="64"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1. При разработке и утверждении проектов административных регламентов применяется</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Инструкции по делопроизводству в администрации муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, ее отраслевых (функциональных) органах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, утвержденный </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> администрации муниципального образования Кореновский район за исключением особенностей, установленных настоящим Порядком.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="sub_1036"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="sub_1037"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проект административного регламента формируется органом, предоставляющим </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципаль</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ные услуги, в порядке, предусмотренном пунктом </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_1005">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>1.5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  настоящего  Порядка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.3. Уполномоченный орган по ведению информационного ресурса реестра услуг обеспечивает доступ для участия в разработке, согласовании и утверждении проекта административного регламента и регистрации акта об утверждении административного регламента:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="sub_1038"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а) органам, предоставляющим муниципальные услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="sub_3082"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б) органам и организациям, участвующим в согласовании проекта административного регламента, в том числе по вопросу осуществления межведомственного информационного взаимодействия (далее - органы, участвующие в согласовании);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="sub_3083"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) органу, уполномоченному на проведение экспертизы проекта административного регламента;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="sub_3084"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г) органу, уполномоченному на проведение регистрации актов.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="71" w:name="sub_3085"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Использование </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:bidi="zxx"/>
-[...6 lines deleted...]
-        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        </w:rPr>
+        <w:t>информационных систем, используемых для предоставления муниципальной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводится при наличии технической возможности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.4. Органы, участвующие в согласовании, а также уполномоченный орган автоматически вносятся в формируемый после подготовки проекта административного регламента лист согласования проекта административного регламента (далее - лист согласования).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="72" w:name="sub_1039"/>
+      <w:bookmarkEnd w:id="72"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.5. Проект административного регламента рассматривается органами, участвующими в согласовании, в части, отнесенной к компетенции такого органа, в срок, не превышающий 5 рабочих дней с даты поступления его на согласование в реестре услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.6. Одновременно с началом процедуры согласования в целях проведения независимой антикоррупционной экспертизы проект административного регламента в автоматическом режиме (при наличии технической возможности) размещается на официальном сайте в информационно - телекоммуникационной сети "Интернет" посредством интеграции с реестром услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.7.  Результатом рассмотрения проекта административного регламента органом, участвующим в согласовании, является принятие таким органом решения о согласовании или несогласовании проекта административного регламента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При принятии решения о согласовании проекта административного регламента орган, участвующий в согласовании, проставляет отметку о согласовании проекта в листе согласования. При принятии решения о несогласовании проекта административного регламента орган, участвующий в согласовании, вносит имеющиеся замечания в проект протокола разногласий, формируемый в реестре услуг и являющийся приложением к листу согласования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.8. После рассмотрения проекта административного регламента всеми органами, участвующими в согласовании, а также поступления протоколов разногласий    (при   наличии)    и    заключений   по   результатам   независимой антикоррупционной экспертизы, орган, предоставляющий муниципальную услугу, рассматривает поступившие замечания.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="73" w:name="sub_1043"/>
+      <w:bookmarkEnd w:id="73"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.9. Решение о возможности учета заключений по результатам независимой антикоррупционной экспертизы при доработке проекта административного регламента принимается органом, предоставляющим муниципальную услугу, в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>Федеральным законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 12 декабря 2008 года № 273 «Об антикоррупционной экспертизе нормативных правовых актов и проектов нормативных правовых актов».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.10. В случае согласия с замечаниями, представленными органами, участвующими в согласовании, орган, предоставляющий муниципальную услугу, в срок, не превышающий 5 рабочих дней, вносит с учетом полученных замечаний изменения в сведения о муниципальной услуге, указанные в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_3020">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>подпункте "а" пункта 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего  Порядка, и после их преобразования в машиночитаемый вид, а также формирования проекта административного регламента направляет указанный проект административного регламента на повторное согласование органам, участвующим в согласовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При наличии возражений к замечаниям орган, предоставляющий муниципальную услугу, вправе инициировать процедуру урегулирования разногласий путем внесения в проект протокола разногласий возражений на замечания органа, участвующего в согласовании (органов, участвующих в согласовании), и направления такого протокола указанному органу (указанным органам).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.11. В случае согласия с возражениями, представленными органом, предоставляющим муниципальную услугу, орган, участвующий в согласовании (органы, участвующие в согласовании), проставляет (проставляют) отметку об урегулировании разногласий в проекте протокола разногласий, подписывает протокол разногласий и согласовывает проект административного регламента, проставляя соответствующую отметку в листе согласования.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="74" w:name="sub_1044"/>
+      <w:bookmarkEnd w:id="74"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае несогласия с возражениями, представленными органом, предоставляющим муниципальную услугу, орган, участвующий в согласовании (органы,  участвующие  в  согласовании),   проставляет  (проставляют)  в проекте  протокола разногласий отметку о повторном отказе в согласовании проекта административного регламента и подписывает протокол разногласий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.12. Орган администрации, предоставляющий муниципальную услугу, после повторного отказа органа, участвующего в согласовании (органов, участвующих в согласовании), в согласовании проекта административного регламента принимает решение о внесении изменений в проект административного регламента и направлении его на повторное согласование всем органам, участвующим в согласовании.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="75" w:name="sub_1045"/>
+      <w:bookmarkEnd w:id="75"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.13. Разногласия по проекту административного регламента разрешаются путем проведения согласительных процедур.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="76" w:name="sub_1046"/>
+      <w:bookmarkEnd w:id="76"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.13. После согласования проекта административного регламента со всеми органами, участвующими в согласовании, или при разрешении разногласий по проекту административного регламента орган, предоставляющий муниципальную услугу, направляет проект административного регламента на экспертизу в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_3019">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>разделом IV</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Порядка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.14.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утверждение административного регламента производится посредством подписания электронного документа в реестре услуг усиленной квалифицированной     </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>электронной    подписью</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководителя органа, предоставляющего услугу, после получения положительного заключения экспертизы уполномоченного органа власти либо урегулирования разногласий по результатам экспертизы уполномоченного органа власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.15. Согласованные проекты административных регламентов представляются органами администрации, предоставляющими муниципальные услуги, на регистрацию в управление делами администрации муниципального образования Кореновский муниципальный район Краснодарского края в порядке, установленном для регистрации муниципальных нормативных правовых актов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.16. При наличии оснований для внесения изменений в административный регламент орган администрации, предоставляющий муниципальную услугу, разрабатывает и утверждает в реестре услуг нормативный правовой акт о признании административного регламента утратившим силу и о принятии в соответствии с настоящим Порядком нового административного регламента. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положения абзаца первого настоящего пункта применяются при необходимости внесения изменений в административный регламент, разработанный с использованием программно-технических средств реестра услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709" w:left="0"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...272 lines deleted...]
-        <w:t xml:space="preserve"> постановление администрации муниципального образования</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>IV. Проведение экспертизы проектов административных регламентов</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="77" w:name="sub_3019"/>
+      <w:bookmarkEnd w:id="77"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.1. Экспертиза проектов административных регламентов (проектов о признании нормативных правовых актов об утверждении административных регламентов утратившими силу)</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...271 lines deleted...]
-          <w:spacing w:val="6"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводится органом, уполномоченным на проведение экспертизы, проектов административных регламентов  в реестре услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.2. Уполномоченным органом на проведение экспертизы является</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отдел по профилактике коррупционных правонарушений </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правового управления  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">администрации  муниципального  образования Кореновский </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="78" w:name="sub_1051"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle24"/>
+          <w:rFonts w:eastAsia="DejaVu Sans"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее -</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченный орган на проведение экспертизы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...23736 lines deleted...]
-      </w:r>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="sub_1052"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.3. Предметом экспертизы являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="sub_1053"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) соответствие проектов административных регламентов требованиям </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_1003">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктов 1.3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и 1.</w:t>
+      </w:r>
+      <w:hyperlink w:anchor="sub_1007">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Прядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) отсутствие в проекте требований об обязательном предоставлении заявителями документов и (или) информации, которые могут быть получены в рамках межведомственного запроса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.4. По результатам рассмотрения проекта административного регламента уполномоченный орган на проведение экспертизы в течение 10 рабочих дней</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принимает решение о представлении положительного заключения на проект административного регламента или представлении отрицательного заключения на проект административного регламента. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:beforeAutospacing="0" w:before="0" w:afterAutospacing="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="sub_1055"/>
+      <w:bookmarkStart w:id="82" w:name="sub_1054"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.5. При принятии решения о представлении положительного заключения на проект административного регламента правовой департамент проставляет соответствующую отметку в листе согласования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.6. При принятии решения о представлении отрицательного заключения на проект административного регламента уполномоченный орган на проведение экспертизы проставляет соответствующую отметку в лист согласования и вносит замечания в протокол разногласий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="sub_1056"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.7. При наличии в заключении уполномоченного органа на проведение экспертизы замечаний и предложений к проекту административного регламента орган, предоставляющий муниципальную услугу, обеспечивает учет таких замечаний и предложений.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="84" w:name="sub_1057"/>
+      <w:bookmarkEnd w:id="84"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При наличии разногласий орган, предоставляющий муниципальную услугу, вносит в протокол разногласий возражения на замечания уполномоченного органа на проведение экспертизы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Уполномоченный орган на проведение экспертизы рассматривает возражения, представленные органом, предоставляющим муниципальную услугу, в срок, не превышающий 5 рабочих дней с даты внесения органом, предоставляющим муниципальную услугу, таких возражений в протокол разногласий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае несогласия с возражениями, представленными органом, предоставляющим муниципальную услугу, уполномоченный орган на проведение экспертизы проставляет соответствующую отметку в протоколе разногласий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:themeColor="text1" w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="sub_1058"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:themeColor="text1" w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:themeColor="text1" w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                        С.В. Колупайко</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+      <w:bookmarkStart w:id="86" w:name="sub_1058_Копия_1"/>
+      <w:bookmarkStart w:id="87" w:name="sub_1058_Копия_1"/>
+      <w:bookmarkEnd w:id="87"/>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="even" r:id="rId3"/>
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="0" w:top="1077" w:footer="0" w:bottom="1077"/>
+      <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="1172" w:footer="0" w:bottom="1134"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:titlePg/>
       <w:textDirection w:val="lrTb"/>
-      <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
+      <w:docGrid w:type="default" w:linePitch="360" w:charSpace="28672"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Cambria">
+  <w:font w:name="Segoe UI">
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Tahoma">
+  <w:font w:name="OpenSymbol">
+    <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="cc"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Arial">
+  <w:font w:name="Times New Roman CYR">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Courier New">
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:rPr/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
-      <w:rPr/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>18</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-      </w:pPr>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-    </w:lvl>
-[...25 lines deleted...]
-      </w:pPr>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:b w:val="false"/>
-        <w:bCs w:val="false"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-    </w:lvl>
-[...210 lines deleted...]
-</w:numbering>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>17</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:zoom w:percent="95"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation w:val="true"/>
+  <w:evenAndOddHeaders/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="DejaVu Sans" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens w:val="true"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
-    <w:lsdException w:name="caption" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:uiPriority="61" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -25098,723 +7578,2180 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004d4ca1"/>
     <w:pPr>
       <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="DejaVu Sans" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="zh-CN" w:val="ru-RU" w:bidi="ar-SA"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
     <w:link w:val="1"/>
-    <w:uiPriority w:val="9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004d4ca1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00523595"/>
     <w:pPr>
-      <w:keepNext w:val="true"/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:widowControl w:val="false"/>
+      <w:spacing w:before="108" w:after="108"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="SimSun" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:kern w:val="2"/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:color w:val="26282F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="Heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
-      <w:numPr>
-[...3 lines deleted...]
-      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="708"/>
+        <w:tab w:val="left" w:pos="0" w:leader="none"/>
+      </w:tabs>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="1" w:customStyle="1">
     <w:name w:val="Заголовок 1 Знак"/>
-    <w:uiPriority w:val="9"/>
-[...3 lines deleted...]
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00523595"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="SimSun" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:kern w:val="2"/>
-[...16 lines deleted...]
-    <w:name w:val="Internet Link"/>
+      <w:color w:val="26282F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style12" w:customStyle="1">
+    <w:name w:val="Гипертекстовая ссылка"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00523595"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b w:val="false"/>
+      <w:color w:val="106BBE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle24" w:customStyle="1">
+    <w:name w:val="Font Style24"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00523595"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle22" w:customStyle="1">
+    <w:name w:val="Font Style22"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00420b6e"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle21" w:customStyle="1">
+    <w:name w:val="Font Style21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00420b6e"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style13" w:customStyle="1">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00c559a6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="DejaVu Sans" w:cs="Tahoma"/>
+      <w:color w:val="00000A"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style14" w:customStyle="1">
+    <w:name w:val="Цветовое выделение для Текст"/>
+    <w:qFormat/>
+    <w:rsid w:val="00b34dc8"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style15" w:customStyle="1">
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...19 lines deleted...]
-  <w:style w:type="character" w:styleId="Style12" w:customStyle="1">
+    <w:qFormat/>
+    <w:rsid w:val="003355dd"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle19" w:customStyle="1">
+    <w:name w:val="Font Style19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ef23ec"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style16" w:customStyle="1">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="001b31da"/>
-    <w:rPr>
+    <w:rsid w:val="00ef23ec"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="DejaVu Sans" w:cs="Tahoma"/>
+      <w:color w:val="00000A"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="zh-CN"/>
-[...3 lines deleted...]
-    <w:name w:val="Нижний колонтитул Знак"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="11" w:customStyle="1">
+    <w:name w:val="Гиперссылка1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z0" w:customStyle="1">
+    <w:name w:val="WW8Num2z0"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z1" w:customStyle="1">
+    <w:name w:val="WW8Num2z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z2" w:customStyle="1">
+    <w:name w:val="WW8Num2z2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b w:val="false"/>
+      <w:bCs w:val="false"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z3" w:customStyle="1">
+    <w:name w:val="WW8Num2z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z4" w:customStyle="1">
+    <w:name w:val="WW8Num2z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z5" w:customStyle="1">
+    <w:name w:val="WW8Num2z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z6" w:customStyle="1">
+    <w:name w:val="WW8Num2z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z7" w:customStyle="1">
+    <w:name w:val="WW8Num2z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z8" w:customStyle="1">
+    <w:name w:val="WW8Num2z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="4" w:customStyle="1">
+    <w:name w:val="Основной шрифт абзаца4"/>
+    <w:qFormat/>
+    <w:rsid w:val="008011e0"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle63" w:customStyle="1">
+    <w:name w:val="Font Style63"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="001b31da"/>
-    <w:rPr>
+    <w:rsid w:val="00117b11"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="D6e2e5f2eee2eee5e2fbe4e5ebe5ede8e5e4ebffd2e5eaf1f2" w:customStyle="1">
+    <w:name w:val="Цd6вe2еe5тf2оeeвe2оeeеe5 вe2ыfbдe4еe5лebеe5нedиe8еe5 дe4лebяff Тd2еe5кeaсf1тf2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="006473bd"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="2" w:customStyle="1">
+    <w:name w:val="Гиперссылка2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle16" w:customStyle="1">
+    <w:name w:val="Font Style16"/>
+    <w:qFormat/>
+    <w:rsid w:val="00d943d1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle27" w:customStyle="1">
+    <w:name w:val="Font Style27"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00d943d1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Apple-style-span" w:customStyle="1">
+    <w:name w:val="apple-style-span"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Pagenumber">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="21" w:customStyle="1">
+    <w:name w:val="Основной шрифт абзаца2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle33" w:customStyle="1">
+    <w:name w:val="Font Style33"/>
+    <w:basedOn w:val="12"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style17" w:customStyle="1">
+    <w:name w:val="Маркеры"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:eastAsia="OpenSymbol" w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle463" w:customStyle="1">
+    <w:name w:val="Font Style463"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
-[...26 lines deleted...]
-    <w:name w:val="WW8Num2z1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="6" w:customStyle="1">
+    <w:name w:val="Основной шрифт абзаца6"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="WW8Num2z2">
-[...8 lines deleted...]
-    <w:name w:val="WW8Num2z3"/>
+  <w:style w:type="character" w:styleId="Style18" w:customStyle="1">
+    <w:name w:val="Символ нумерации"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="WW8Num2z4">
-    <w:name w:val="WW8Num2z4"/>
+  <w:style w:type="character" w:styleId="WW8Num3z8" w:customStyle="1">
+    <w:name w:val="WW8Num3z8"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="WW8Num2z5">
-    <w:name w:val="WW8Num2z5"/>
+  <w:style w:type="character" w:styleId="WW8Num3z7" w:customStyle="1">
+    <w:name w:val="WW8Num3z7"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="WW8Num2z6">
-    <w:name w:val="WW8Num2z6"/>
+  <w:style w:type="character" w:styleId="WW8Num3z6" w:customStyle="1">
+    <w:name w:val="WW8Num3z6"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="WW8Num2z7">
-    <w:name w:val="WW8Num2z7"/>
+  <w:style w:type="character" w:styleId="WW8Num3z5" w:customStyle="1">
+    <w:name w:val="WW8Num3z5"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="WW8Num2z8">
-    <w:name w:val="WW8Num2z8"/>
+  <w:style w:type="character" w:styleId="WW8Num3z4" w:customStyle="1">
+    <w:name w:val="WW8Num3z4"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Style15">
+  <w:style w:type="character" w:styleId="WW8Num3z3" w:customStyle="1">
+    <w:name w:val="WW8Num3z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z2" w:customStyle="1">
+    <w:name w:val="WW8Num3z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z1" w:customStyle="1">
+    <w:name w:val="WW8Num3z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z0" w:customStyle="1">
+    <w:name w:val="WW8Num3z0"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="12" w:customStyle="1">
+    <w:name w:val="Основной шрифт абзаца1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z8" w:customStyle="1">
+    <w:name w:val="WW8Num1z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z7" w:customStyle="1">
+    <w:name w:val="WW8Num1z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z6" w:customStyle="1">
+    <w:name w:val="WW8Num1z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z5" w:customStyle="1">
+    <w:name w:val="WW8Num1z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z4" w:customStyle="1">
+    <w:name w:val="WW8Num1z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z3" w:customStyle="1">
+    <w:name w:val="WW8Num1z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z2" w:customStyle="1">
+    <w:name w:val="WW8Num1z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z1" w:customStyle="1">
+    <w:name w:val="WW8Num1z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z0" w:customStyle="1">
+    <w:name w:val="WW8Num1z0"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style19" w:customStyle="1">
     <w:name w:val="Заголовок"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="140"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
     <w:basedOn w:val="BodyText"/>
     <w:pPr/>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="Caption"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004d4ca1"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
-    </w:rPr>
-[...1 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Style16">
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style20">
     <w:name w:val="Указатель"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="paragraph" w:styleId="Caption1">
+    <w:name w:val="caption1"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="99"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00ba4359"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
-      <w:jc w:val="center"/>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:name w:val="western"/>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Indexheading">
+    <w:name w:val="index heading"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00ba4359"/>
     <w:pPr>
-      <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
-      <w:jc w:val="center"/>
+      <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...8 lines deleted...]
-    <w:name w:val="cjk"/>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11" w:customStyle="1">
+    <w:name w:val="caption11"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00ba4359"/>
     <w:pPr>
-      <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
-      <w:jc w:val="center"/>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...11 lines deleted...]
-    <w:rsid w:val="00ba4359"/>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="13" w:customStyle="1">
+    <w:name w:val="Обычный1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00523595"/>
     <w:pPr>
-      <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
-      <w:jc w:val="center"/>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...6 lines deleted...]
-    <w:name w:val="Header and Footer"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="DejaVu Sans" w:cs="DejaVu Sans" w:cstheme="minorBidi"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="14" w:customStyle="1">
+    <w:name w:val="Основной текст1"/>
+    <w:basedOn w:val="13"/>
+    <w:qFormat/>
+    <w:rsid w:val="00420b6e"/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="288" w:before="0" w:after="120"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style21" w:customStyle="1">
+    <w:name w:val="Верхний и нижний колонтитулы"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-    <w:name w:val="Header"/>
+  <w:style w:type="paragraph" w:styleId="Style22" w:customStyle="1">
+    <w:name w:val="Колонтитул"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Style12"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001b31da"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="13"/>
+    <w:rsid w:val="00c559a6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="708"/>
         <w:tab w:val="center" w:pos="4677" w:leader="none"/>
         <w:tab w:val="right" w:pos="9355" w:leader="none"/>
       </w:tabs>
+      <w:spacing w:lineRule="atLeast" w:line="100"/>
     </w:pPr>
-    <w:rPr/>
-[...2 lines deleted...]
-    <w:name w:val="Footer"/>
+    <w:rPr>
+      <w:rFonts w:cs="Tahoma"/>
+      <w:color w:val="00000A"/>
+      <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="15" w:customStyle="1">
+    <w:name w:val="Обычный (веб)1"/>
+    <w:basedOn w:val="13"/>
+    <w:qFormat/>
+    <w:rsid w:val="00c559a6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="708" w:leader="none"/>
+      </w:tabs>
+      <w:spacing w:lineRule="atLeast" w:line="100" w:before="100" w:after="119"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Tahoma"/>
+      <w:color w:val="00000A"/>
+      <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="P6" w:customStyle="1">
+    <w:name w:val="p6"/>
+    <w:basedOn w:val="13"/>
+    <w:qFormat/>
+    <w:rsid w:val="00c559a6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="708" w:leader="none"/>
+      </w:tabs>
+      <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="280"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Tahoma"/>
+      <w:color w:val="00000A"/>
+      <w:lang w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Style13"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001b31da"/>
+    <w:qFormat/>
+    <w:rsid w:val="003355dd"/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00ef23ec"/>
     <w:pPr>
+      <w:widowControl w:val="false"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="708"/>
         <w:tab w:val="center" w:pos="4677" w:leader="none"/>
         <w:tab w:val="right" w:pos="9355" w:leader="none"/>
       </w:tabs>
+      <w:spacing w:lineRule="atLeast" w:line="100"/>
+      <w:textAlignment w:val="baseline"/>
     </w:pPr>
-    <w:rPr/>
-[...2 lines deleted...]
-    <w:name w:val="Balloon Text"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="DejaVu Sans" w:cs="Tahoma"/>
+      <w:color w:val="00000A"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="22" w:customStyle="1">
+    <w:name w:val="Обычный (веб)2"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Style14"/>
-[...13 lines deleted...]
-    <w:name w:val="Нормальный (таблица)"/>
+    <w:qFormat/>
+    <w:rsid w:val="00b54663"/>
+    <w:pPr>
+      <w:spacing w:before="280" w:after="280"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style23" w:customStyle="1">
+    <w:name w:val="Комментарий"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="007944ac"/>
+    <w:rsid w:val="001225ed"/>
     <w:pPr>
       <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="false"/>
+      <w:spacing w:before="75" w:after="0"/>
+      <w:ind w:left="170"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="" w:cs="Arial" w:eastAsiaTheme="minorEastAsia"/>
-[...1 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:eastAsia="DejaVu Sans" w:cs="Times New Roman CYR" w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="353842"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Style18">
+  <w:style w:type="paragraph" w:styleId="Style24" w:customStyle="1">
+    <w:name w:val="Информация о версии"/>
+    <w:basedOn w:val="Style23"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="001225ed"/>
+    <w:pPr/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Standard" w:customStyle="1">
+    <w:name w:val="Standard"/>
+    <w:qFormat/>
+    <w:rsid w:val="007668f5"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="211" w:customStyle="1">
+    <w:name w:val="Основной текст 21"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal" w:customStyle="1">
+    <w:name w:val="LO-Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style25" w:customStyle="1">
+    <w:name w:val="Содержимое врезки"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal1" w:customStyle="1">
+    <w:name w:val="LO-Normal1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal3" w:customStyle="1">
+    <w:name w:val="LO-Normal3"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal5" w:customStyle="1">
+    <w:name w:val="LO-Normal5"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal7" w:customStyle="1">
+    <w:name w:val="LO-Normal7"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal9" w:customStyle="1">
+    <w:name w:val="LO-Normal9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal11" w:customStyle="1">
+    <w:name w:val="LO-Normal11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal13" w:customStyle="1">
+    <w:name w:val="LO-Normal13"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style26" w:customStyle="1">
+    <w:name w:val="Разделитель таблиц"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:lineRule="exact" w:line="14"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="2"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style27" w:customStyle="1">
+    <w:name w:val="Заголовок таблицы повторяющийся"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style28" w:customStyle="1">
+    <w:name w:val="Текст таблицы"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal15" w:customStyle="1">
+    <w:name w:val="LO-Normal15"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal17" w:customStyle="1">
+    <w:name w:val="LO-Normal17"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal19" w:customStyle="1">
+    <w:name w:val="LO-Normal19"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal21" w:customStyle="1">
+    <w:name w:val="LO-Normal21"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal23" w:customStyle="1">
+    <w:name w:val="LO-Normal23"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal25" w:customStyle="1">
+    <w:name w:val="LO-Normal25"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal27" w:customStyle="1">
+    <w:name w:val="LO-Normal27"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal29" w:customStyle="1">
+    <w:name w:val="LO-Normal29"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal31" w:customStyle="1">
+    <w:name w:val="LO-Normal31"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal33" w:customStyle="1">
+    <w:name w:val="LO-Normal33"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal35" w:customStyle="1">
+    <w:name w:val="LO-Normal35"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal37" w:customStyle="1">
+    <w:name w:val="LO-Normal37"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal39" w:customStyle="1">
+    <w:name w:val="LO-Normal39"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal41" w:customStyle="1">
+    <w:name w:val="LO-Normal41"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal43" w:customStyle="1">
+    <w:name w:val="LO-Normal43"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal45" w:customStyle="1">
+    <w:name w:val="LO-Normal45"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal47" w:customStyle="1">
+    <w:name w:val="LO-Normal47"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal49" w:customStyle="1">
+    <w:name w:val="LO-Normal49"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal51" w:customStyle="1">
+    <w:name w:val="LO-Normal51"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal53" w:customStyle="1">
+    <w:name w:val="LO-Normal53"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="LO-Normal55" w:customStyle="1">
+    <w:name w:val="LO-Normal55"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="00000A"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusNormal" w:customStyle="1">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusNonformat" w:customStyle="1">
+    <w:name w:val="ConsPlusNonformat"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style29" w:customStyle="1">
+    <w:name w:val="Содержимое таблицы"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style30" w:customStyle="1">
+    <w:name w:val="Заголовок таблицы"/>
+    <w:basedOn w:val="Style29"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusCell" w:customStyle="1">
+    <w:name w:val="ConsPlusCell"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
+    <w:name w:val="Default"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:lineRule="atLeast" w:line="100"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111111111111111111111" w:customStyle="1">
+    <w:name w:val="Caption1111111111111111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111111111111111111111" w:customStyle="1">
+    <w:name w:val="Caption111111111111111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111111111111111111111" w:customStyle="1">
+    <w:name w:val="Caption11111111111111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111111111111111111" w:customStyle="1">
+    <w:name w:val="Caption1111111111111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111111111111111111" w:customStyle="1">
+    <w:name w:val="Caption111111111111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111111111111111111" w:customStyle="1">
+    <w:name w:val="Caption11111111111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111111111111111" w:customStyle="1">
+    <w:name w:val="Caption1111111111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111111111111111" w:customStyle="1">
+    <w:name w:val="Caption111111111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111111111111111" w:customStyle="1">
+    <w:name w:val="Caption11111111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111111111111" w:customStyle="1">
+    <w:name w:val="Caption1111111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111111111111" w:customStyle="1">
+    <w:name w:val="Caption111111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111111111111" w:customStyle="1">
+    <w:name w:val="Caption11111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111111111" w:customStyle="1">
+    <w:name w:val="Caption1111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111111111" w:customStyle="1">
+    <w:name w:val="Caption111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111111111" w:customStyle="1">
+    <w:name w:val="Caption11111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111111" w:customStyle="1">
+    <w:name w:val="Caption1111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111111" w:customStyle="1">
+    <w:name w:val="Caption111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111111" w:customStyle="1">
+    <w:name w:val="Caption11111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111" w:customStyle="1">
+    <w:name w:val="Caption1111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111" w:customStyle="1">
+    <w:name w:val="Caption111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111" w:customStyle="1">
+    <w:name w:val="Caption11111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111" w:customStyle="1">
+    <w:name w:val="Caption1111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111" w:customStyle="1">
+    <w:name w:val="Caption111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111" w:customStyle="1">
+    <w:name w:val="Caption11111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111" w:customStyle="1">
+    <w:name w:val="Caption1111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111" w:customStyle="1">
+    <w:name w:val="Caption111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111" w:customStyle="1">
+    <w:name w:val="Caption11111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111" w:customStyle="1">
+    <w:name w:val="Caption1111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111" w:customStyle="1">
+    <w:name w:val="Caption111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption112" w:customStyle="1">
+    <w:name w:val="Caption112"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="16" w:customStyle="1">
+    <w:name w:val="Указатель1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption12" w:customStyle="1">
+    <w:name w:val="caption12"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="17" w:customStyle="1">
+    <w:name w:val="Заголовок1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style31" w:customStyle="1">
     <w:name w:val="Верхний колонтитул слева"/>
     <w:basedOn w:val="Header"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4677"/>
         <w:tab w:val="clear" w:pos="9355"/>
         <w:tab w:val="center" w:pos="4819" w:leader="none"/>
         <w:tab w:val="right" w:pos="9638" w:leader="none"/>
       </w:tabs>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Style19" w:default="1">
-    <w:name w:val="Без списка"/>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0055682e"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="false"/>
+      <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3" w:customStyle="1">
+    <w:name w:val="Обычный (веб)3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ee5285"/>
+    <w:pPr>
+      <w:spacing w:before="280" w:after="280"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+    <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="numbering" w:styleId="WW8Num2">
+  <w:style w:type="numbering" w:styleId="WW8Num2" w:customStyle="1">
     <w:name w:val="WW8Num2"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num3" w:customStyle="1">
+    <w:name w:val="WW8Num3"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a8">
-[...20 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="garantf1://12077515.0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/12177515/0" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/990941/2770" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/990941/2770" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/990941/2770" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/12177515/7311" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://internet.garant.ru/document/redirect/12177515/7311" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="garantf1://66045.0" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="garantf1://95958.0" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="garantf1://12084522.21" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="LibreOffice">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1f497d"/>
+        <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="eeece1"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4f81bd"/>
+        <a:srgbClr val="18a303"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="c0504d"/>
+        <a:srgbClr val="0369a3"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9bbb59"/>
+        <a:srgbClr val="a33e03"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064a2"/>
+        <a:srgbClr val="8e03a3"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4bacc6"/>
+        <a:srgbClr val="c99c00"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="f79646"/>
+        <a:srgbClr val="c9211e"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000ff"/>
+        <a:srgbClr val="0000ee"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="551a8b"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria" pitchFamily="0" charset="1"/>
-[...1 lines deleted...]
-        <a:cs typeface=""/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" pitchFamily="0" charset="1"/>
-[...1 lines deleted...]
-        <a:cs typeface=""/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill>
-[...40 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
+          <a:miter/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill>
-[...40 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/24.2.5.2$Windows_X86_64 LibreOffice_project/bffef4ea93e59bebbeaf7f431bb02b1a39ee8a59</Application>
+  <Application>LibreOffice/7.6.4.1$Windows_X86_64 LibreOffice_project/e19e193f88cd6c0525a17fb7a176ed8e6a3e2aa1</Application>
   <AppVersion></AppVersion>
-  <Pages>57</Pages>
-[...3 lines deleted...]
-  <Paragraphs>709</Paragraphs>
+  <Pages>18</Pages>
+  <Words>4676</Words>
+  <Characters>37787</Characters>
+  <CharactersWithSpaces>43080</CharactersWithSpaces>
+  <Paragraphs>216</Paragraphs>
+  <Company>SPecialiST RePack</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>Сергей Краснов</dc:creator>
+  <dc:creator>Елена Николаевна</dc:creator>
   <dc:description/>
   <dc:language>ru-RU</dc:language>
   <cp:lastModifiedBy/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:subject/>
   <dc:title/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="HyperlinksChanged">
+    <vt:bool>0</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LinksUpToDate">
+    <vt:bool>0</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ScaleCrop">
+    <vt:bool>0</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ShareDoc">
+    <vt:bool>0</vt:bool>
+  </property>
+</Properties>
 </file>