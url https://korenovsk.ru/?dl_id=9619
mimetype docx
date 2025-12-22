--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,48415 +1,2401 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/_rels/item1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="709"/>
+          <w:tab w:val="left" w:pos="4428" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:bidi="zxx"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="650240" cy="823595"/>
+            <wp:extent cx="640715" cy="737870"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Изображение2" descr=""/>
+            <wp:docPr id="1" name="Изображение1" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="Изображение2" descr=""/>
+                    <pic:cNvPr id="1" name="Изображение1" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId2"/>
-                    <a:srcRect l="-8" t="-6" r="-8" b="-6"/>
+                    <a:srcRect l="-1390" t="-1113" r="-1390" b="-1113"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="650240" cy="823595"/>
+                      <a:ext cx="640715" cy="737870"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:jc w:val="center"/>
-[...617 lines deleted...]
-        <w:pStyle w:val="ConsNonformat"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>от 28.11.2025                                                                                                                           № 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:bidi="zxx"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:bidi="zxx"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О внесении изменений в постановление от 15.10.2025 № 1468 «Об утверждении Инструкции о порядке рассмотрения обращений</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> граждан в  администрации муниципального образования Кореновский муниципальный район Краснодарского края»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:ind w:firstLine="680" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С целью приведения нормативно правового акта в соответствие с действующим законодательством администрация муниципального образования Кореновский муниципальный район Краснодарского края п о с т а н о в л я е т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внести  в постановление от 15.10.2025 № 1468 «Об утверждении Инструкции о порядке рассмотрения обращений</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> граждан в администрации муниципального образования Кореновский муниципальный район Краснодарского края» следующие изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:ind w:firstLine="680" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>1. Подпункт 3.4.8, 3.4.9 пункта 3.4 Приложения к постановлению изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:ind w:firstLine="680" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>«3.4.8. В случае если в письменном обращении содержится вопрос, на который заявителю неоднократно давались письменные подробные мотивированные ответы по существу в связи с ранее направляемыми обращениями, и при этом в обращении не приводятся новые доводы или обстоятельства, глава муниципального образования Кореновский муниципальный район на основании служебной записки исполнителя (приложение № 6) вправе принять решение о безосновательности очередного обращения и прекращении переписки с гражданином по данному вопросу при условии, что указанное обращение и ранее направляемые обращения направлялись в один и тот же орган местного самоуправления или одному и тому же должностному лицу. Сообщение о прекращении переписки направляется автору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="even" r:id="rId3"/>
+          <w:headerReference w:type="default" r:id="rId4"/>
+          <w:headerReference w:type="first" r:id="rId5"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="1134" w:footer="0" w:bottom="1134"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:titlePg/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="32768"/>
+        </w:sectPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:ind w:firstLine="680" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.9. Обращение, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>котором</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>обжалуется</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>судебное</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>решение,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>течение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>семи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>дней</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>дня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>регистрации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>возвращается</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>гражданину</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>направившему</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>обращение,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>разъяснением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>порядка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>обжалования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>данного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>судебного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>решения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>Управлению службы протокола и информационной политики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FF0000" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>администрации   муниципального   образования   Кореновский  муниципальный район Краснодарского края  официальн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t>бнародовать настоящее постановление в установленном порядке и разместить</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на официальном сайте администрации муниципального образования Кореновский муниципальный район Краснодарского края в информа</w:t>
+        <w:softHyphen/>
+        <w:t>ционно-телекоммуникационной сети "Интернет".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:ind w:firstLine="680" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Постановление вступает в силу после его официального обнародования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:ind w:firstLine="870" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:ind w:firstLine="870" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Исполняющий обязанности главы   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                              А.П. Манько</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...16456 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:iCs/>
-[...702 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>в соответствии с общероссийским классификатором, используемым для идентификации стран мира (при осуществлении закупки товара, в том числе поставляемого заказчику при выполнении закупаемых работ, оказании закупаемых услуг),</w:t>
-[...26563 lines deleted...]
-        <w:t xml:space="preserve">Кореновский район                                                                                     Е.Ф. Глоба      </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="even" r:id="rId6"/>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:headerReference w:type="first" r:id="rId8"/>
-      <w:footnotePr>
-[...1 lines deleted...]
-      </w:footnotePr>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="720" w:top="1134" w:footer="0" w:bottom="1135"/>
+      <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="907" w:footer="0" w:bottom="1134"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:titlePg/>
       <w:textDirection w:val="lrTb"/>
-      <w:docGrid w:type="default" w:linePitch="326" w:charSpace="0"/>
+      <w:docGrid w:type="default" w:linePitch="600" w:charSpace="32768"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...9 lines deleted...]
-  <w:font w:name="Calibri">
+  <w:font w:name="XO Thames">
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Liberation Mono">
-    <w:altName w:val="Courier New"/>
+  <w:font w:name="Arial">
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Courier New">
+  <w:font w:name="OpenSymbol">
+    <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...931 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Style14"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Header"/>
-      <w:jc w:val="center"/>
+      <w:pStyle w:val="Style14"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Style23"/>
+      <w:pStyle w:val="Style14"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-      </w:pPr>
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:sz w:val="28"/>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-    </w:lvl>
-[...125 lines deleted...]
-      </w:pPr>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:sz w:val="28"/>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-    </w:lvl>
-[...25 lines deleted...]
-      </w:pPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
       <w:rPr>
-        <w:b w:val="false"/>
-        <w:bCs w:val="false"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-    </w:lvl>
-[...466 lines deleted...]
-      </w:pPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-    </w:lvl>
-[...116 lines deleted...]
-      </w:pPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-    </w:lvl>
-[...515 lines deleted...]
-</w:numbering>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="77"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation w:val="true"/>
-  <w:footnotePr>
-[...3 lines deleted...]
-  </w:footnotePr>
+  <w:evenAndOddHeaders/>
   <w:compat>
+    <w:noLeading/>
+    <w:doNotExpandShiftReturn/>
+    <w:usePrinterMetrics/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:themeFontLang w:val="ru-RU" w:eastAsia="" w:bidi=""/>
+  <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="SimSun" w:cs="Mangal"/>
+        <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+        <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens w:val="true"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...377 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00884cfd"/>
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
       <w:bidi w:val="0"/>
-      <w:spacing w:before="0" w:after="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
       <w:jc w:val="left"/>
-      <w:textAlignment w:val="baseline"/>
-[...3 lines deleted...]
-      <w:color w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:shd w:fill="auto" w:val="clear"/>
       <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
-    <w:uiPriority w:val="9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00884cfd"/>
     <w:pPr>
       <w:keepNext w:val="true"/>
-      <w:widowControl w:val="false"/>
-[...3 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="SimSun" w:cs="Mangal"/>
-[...5 lines deleted...]
-      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="Heading 2"/>
-    <w:link w:val="21"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00884cfd"/>
     <w:pPr>
       <w:keepNext w:val="true"/>
-      <w:widowControl w:val="false"/>
-[...6 lines deleted...]
-      <w:spacing w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="SimSun" w:cs="Mangal"/>
       <w:b/>
-      <w:color w:val="auto"/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="Heading 3"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="120" w:after="120"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="Heading 4"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="120" w:after="120"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:shd w:fill="auto" w:val="clear"/>
       <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
-[...3 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="Heading 5"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr/>
-[...208 lines deleted...]
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="120" w:after="120"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-    </w:rPr>
-[...128 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Style20">
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style9">
     <w:name w:val="Заголовок"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="BodyText"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:pPr>
-      <w:spacing w:lineRule="auto" w:line="288" w:before="0" w:after="140"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="140"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
-    <w:basedOn w:val="Textbody"/>
-    <w:rsid w:val="00884cfd"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:next w:val="BodyText"/>
     <w:pPr/>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="Caption"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00884cfd"/>
-[...1 lines deleted...]
-      <w:suppressLineNumbers/>
+    <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-    </w:rPr>
-[...1 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Style21">
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style10">
     <w:name w:val="Указатель"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...17 lines deleted...]
-      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei"/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="TOC 2"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="200" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-    </w:rPr>
-[...14 lines deleted...]
-    <w:rsid w:val="00884cfd"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="TOC 4"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
       <w:bidi w:val="0"/>
-      <w:spacing w:before="0" w:after="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="600" w:right="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="SimSun" w:cs="Mangal"/>
-      <w:color w:val="auto"/>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusTitle">
+    <w:name w:val="ConsPlusTitle"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="TOC 6"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1000" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="TOC 7"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1200" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="Endnote Text"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:firstLine="851" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="200"/>
+      <w:ind w:hanging="0" w:left="720" w:right="0"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style11">
+    <w:name w:val="Колонтитул"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="709"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="Style11"/>
+    <w:next w:val="Style11"/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="TOC 3"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="400" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:firstLine="720" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BulletSymbols">
+    <w:name w:val="Bullet Symbols"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:shd w:fill="auto" w:val="clear"/>
       <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textbody" w:customStyle="1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Standard"/>
+  <w:style w:type="paragraph" w:styleId="Internetlink">
+    <w:name w:val="Internet link"/>
     <w:qFormat/>
-    <w:rsid w:val="00884cfd"/>
-[...20 lines deleted...]
-    <w:rsid w:val="00884cfd"/>
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
       <w:bidi w:val="0"/>
-      <w:spacing w:before="0" w:after="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
-      <w:color w:val="auto"/>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000080"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="single"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="Footnote Text"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:firstLine="851" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00884cfd"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="TOC 1"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
       <w:bidi w:val="0"/>
-      <w:spacing w:before="0" w:after="0"/>
-      <w:ind w:right="19772"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Times New Roman" w:cs="Courier New"/>
-[...20 lines deleted...]
-      <w:color w:val="auto"/>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
-[...4 lines deleted...]
-    <w:basedOn w:val="Standard"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NumberingSymbols">
+    <w:name w:val="Numbering Symbols"/>
     <w:qFormat/>
-    <w:rsid w:val="00884cfd"/>
-[...67 lines deleted...]
-    <w:rsid w:val="00884cfd"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="TOC 9"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1600" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="709"/>
-        <w:tab w:val="left" w:pos="851" w:leader="none"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
       </w:tabs>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num10z0">
+    <w:name w:val="WW8Num10z0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
       <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-      <w:ind w:firstLine="709" w:left="0"/>
-[...3 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun, 宋体" w:cs="Calibri"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-    </w:rPr>
-[...11 lines deleted...]
-    <w:rPr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="TOC 8"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1400" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-    </w:rPr>
-[...2 lines deleted...]
-    <w:name w:val="Balloon Text"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="TOC 5"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="800" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style12">
+    <w:name w:val="Содержимое таблицы"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00376c7c"/>
-[...11 lines deleted...]
-    <w:pPr/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+    </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EndnoteText">
-[...4 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="paragraph" w:styleId="WW8Num11z0">
+    <w:name w:val="WW8Num11z0"/>
     <w:qFormat/>
-    <w:rsid w:val="004c12dc"/>
-[...25 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00404a76"/>
-[...13 lines deleted...]
-    <w:link w:val="FootnoteCharacters1"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style13">
+    <w:name w:val="Заголовок таблицы"/>
+    <w:basedOn w:val="Style12"/>
+    <w:next w:val="Style12"/>
     <w:qFormat/>
-    <w:rsid w:val="00847334"/>
-[...11 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000c3dc1"/>
-[...27 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Style23">
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="567" w:after="567"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="Segoe UI" w:cs="Tahoma"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style14">
     <w:name w:val="Верхний колонтитул слева"/>
     <w:basedOn w:val="Header"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
-      <w:tabs>
-[...4 lines deleted...]
-      </w:tabs>
     </w:pPr>
     <w:rPr/>
-  </w:style>
-[...34 lines deleted...]
-    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="kodeks://link/d?nd=902289896&amp;prevdoc=902289896&amp;point=mark=000000000000000000000000000000000000000000000000008QM0M6" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="garantf1://10064072.481" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="kodeks://link/d?nd=9027690&amp;prevdoc=499011838&amp;point=mark=0000000000000000000000000000000000000000000000000064U0IK" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="LibreOffice">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1f497d"/>
+        <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="eeece1"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4f81bd"/>
+        <a:srgbClr val="18a303"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="c0504d"/>
+        <a:srgbClr val="0369a3"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9bbb59"/>
+        <a:srgbClr val="a33e03"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064a2"/>
+        <a:srgbClr val="8e03a3"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4bacc6"/>
+        <a:srgbClr val="c99c00"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="f79646"/>
+        <a:srgbClr val="c9211e"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000ff"/>
+        <a:srgbClr val="0000ee"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="551a8b"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria" pitchFamily="0" charset="1"/>
-[...1 lines deleted...]
-        <a:cs typeface=""/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" pitchFamily="0" charset="1"/>
-[...1 lines deleted...]
-        <a:cs typeface=""/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill>
-[...40 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
+          <a:miter/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill>
-[...40 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template/>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/24.2.5.2$Windows_X86_64 LibreOffice_project/bffef4ea93e59bebbeaf7f431bb02b1a39ee8a59</Application>
+  <Application>LibreOffice/7.6.4.1$Windows_X86_64 LibreOffice_project/e19e193f88cd6c0525a17fb7a176ed8e6a3e2aa1</Application>
   <AppVersion></AppVersion>
-  <Pages>152</Pages>
-[...3 lines deleted...]
-  <Paragraphs>1568</Paragraphs>
+  <Pages>2</Pages>
+  <Words>297</Words>
+  <Characters>2155</Characters>
+  <CharactersWithSpaces>2654</CharactersWithSpaces>
+  <Paragraphs>23</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>KSP2</dc:creator>
+  <dc:creator/>
   <dc:description/>
   <dc:language>ru-RU</dc:language>
   <cp:lastModifiedBy/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:subject/>
   <dc:title/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...12 lines deleted...]
-</Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>