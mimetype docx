--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,56826 +1,8410 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer12.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/footer16.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...17 lines deleted...]
-  <Override PartName="/word/footer14.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-  <Override PartName="/word/footer15.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/footer18.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/_rels/item1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
-  <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="709"/>
+          <w:tab w:val="left" w:pos="4428" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:bidi="zxx"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="650240" cy="823595"/>
+            <wp:extent cx="640715" cy="737870"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Изображение2" descr=""/>
+            <wp:docPr id="1" name="Изображение1" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="Изображение2" descr=""/>
+                    <pic:cNvPr id="1" name="Изображение1" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId2"/>
-                    <a:srcRect l="-4" t="-3" r="-4" b="-3"/>
+                    <a:srcRect l="-1390" t="-1113" r="-1390" b="-1113"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="650240" cy="823595"/>
+                      <a:ext cx="640715" cy="737870"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>от 28.11.2025                                                                                                                           № 1677</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:bidi="zxx"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:lang w:bidi="zxx"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="705" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О внесении изменений в постановление администрации муниципального образования Кореновский  район  от 24 января 2024 года   № 61 «О  создании межведомственной рабочей группы по изучению состояния антитеррористической защищенности объектов муниципального образования Кореновский район»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="732" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководствуясь </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ставом администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и в связи с произошедшими кадровыми изменениями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, администрация муниципального образования Кореновский </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>район</w:t>
+        <w:br/>
+        <w:t>Краснодарского края, п о с т а н о в л я е т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="705" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Внести  в постановление администрации муниципального образования Кореновский район от 24 января 2024 года  № 61 «О  создании межведомственной рабочей группы по изучению состояния антитеррористической защищенности объектов муниципального образования Кореновский  район» следующие изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="705" w:left="0" w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1.1. В наименовании и по тексту постановления и приложения № 2 слова «администрация муниципального образования Кореновский район» заменить словами «администрация муниципального образования Кореновский муниципальный район Краснодарского края» в соответствующих падежах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1.2. Приложение  № 1 к  постановлению изложить в новой редакции (прилагается).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="705" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="false"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> Признать утратившим  силу постановление администрации муниципального образования Кореновский район от 21 марта 2025 года № 370 «О внесении изменений в постановление администрации муниципального образования Кореновский  район Краснодарского края от 24 января 2024 года   № 61 «О  создании межведомственной рабочей группы по изучению состояния антитеррористической защищенности объектов муниципального образования Кореновский район».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="default" r:id="rId3"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="1134" w:footer="0" w:bottom="1134"/>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="24576"/>
+        </w:sectPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="705" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="false"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Управлению службы протокола и информационной  политики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:firstLine="705" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="false"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">администрации   муниципального образования   Кореновский   муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечить размещение настоящего   постановления на официальном сайте администрации муниципального </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в информационно телекоммуникационной сети «Интернет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>4. Постановление вступает в силу со дня его подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+          <w:tab w:val="clear" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1020" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1188" w:leader="none"/>
         </w:tabs>
-        <w:rPr>
-[...15 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+          <w:tab w:val="clear" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1020" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1188" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:lineRule="auto" w:line="360"/>
-[...16 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+          <w:tab w:val="clear" w:pos="709"/>
+          <w:tab w:val="left" w:pos="1020" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1188" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:lineRule="auto" w:line="360"/>
-[...11 lines deleted...]
-        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:spacing w:lineRule="auto" w:line="360"/>
-[...6 lines deleted...]
-          <w:b/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:ind w:hanging="0" w:left="0" w:right="-15"/>
+        <w:jc w:val="left"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполняющий обязанности главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:ind w:hanging="0" w:left="0" w:right="-15"/>
+        <w:jc w:val="left"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:ind w:hanging="0" w:left="0" w:right="-15"/>
+        <w:jc w:val="left"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:ind w:hanging="0" w:left="0" w:right="-15"/>
+        <w:jc w:val="left"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарского края                                                                             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>А.П. Манько</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:ind w:hanging="0" w:left="0" w:right="-15"/>
+        <w:jc w:val="left"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:ind w:hanging="0" w:left="0" w:right="-15"/>
+        <w:jc w:val="left"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>УТВЕРЖДЕН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:jc w:val="right"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">    постановлением администрации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">                                                                                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">                                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Кореновский муниципальный  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">                                                                                       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>район Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="5669" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28.11.2025  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1677</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:jc w:val="right"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:t>1677</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>СОСТАВ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...58 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">межведомственной рабочей группы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Об утверждении муниципальной программы  «Развитие физической культуры и спорта в муниципальном образовании Кореновский район       на 2024-2028 годы»</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+        <w:t>по изучению состояния антитеррористической защищенности объектов, находящихся в собственности  муниципального образования Кореновский муниципальный район Краснодарского края»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...771 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9781" w:type="dxa"/>
+        <w:tblW w:w="9862" w:type="dxa"/>
         <w:jc w:val="left"/>
-        <w:tblInd w:w="217" w:type="dxa"/>
+        <w:tblInd w:w="185" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3828"/>
-        <w:gridCol w:w="5952"/>
+        <w:gridCol w:w="4647"/>
+        <w:gridCol w:w="5215"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style29"/>
-[...21 lines deleted...]
-              <w:t>Координатор муниципальной программы</w:t>
+              <w:pStyle w:val="22"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Манько </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="22"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Александр Петрович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5952" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...19 lines deleted...]
-              <w:t>Отдел по физической культуре и спорту администрации муниципального образования Кореновский район</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>заместитель главы муниципального образования Кореновский муниципальный район Краснодарского края, руководитель группы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style29"/>
-[...20 lines deleted...]
-              <w:t>Координаторы подпрограмм муниципальной программы</w:t>
+              <w:pStyle w:val="23"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Головин </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="23"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Александр Владимирович</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5952" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b w:val="false"/>
                 <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начальник отдела по ГО и ЧС, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...10 lines deleted...]
-              <w:t>Отдел по физической культуре и спорту администрации муниципального образования Кореновский район</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>взаимодействию с правоохранительными органами и межнациональным отношениям администрации муниципального образования Кореновский муниципальный район Краснодарского края, заместитель руководителя группы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style29"/>
-[...50 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="22"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мурай </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="22"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оксана Алексеевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5952" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...44 lines deleted...]
-              <w:t>муниципальное бюджетное учреждение дополнительного образования спортивная школа «Аллигатор» муниципального образования Кореновский район</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ведущий специалист МКУ МО Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Безопасный район», секретарь группы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="9862" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style29"/>
-[...103 lines deleted...]
-              <w:t>физической культуры и спорта в муниципальном образовании Кореновский район на 2024-2028 годы»</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Члены комиссии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style29"/>
-[...50 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Алексеенко </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Александр Михайлович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5952" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Standard"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b w:val="false"/>
                 <w:bCs w:val="false"/>
-                <w:color w:val="000000"/>
-[...401 lines deleted...]
-              <w:t xml:space="preserve"> поддержки и  защищенности работников физической культуры и спорта муниципального образования Кореновский район</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едущий специалист управления сельского хозяйства администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style29"/>
-[...50 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Байгин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сергей Юрьевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5952" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Standard"/>
-[...265 lines deleted...]
-              <w:t>Привлечение  работников сферы физической культуры и спорта в муниципальное образование Кореновский район</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- начальник отдела строительства администрации муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style29"/>
-[...20 lines deleted...]
-              <w:t>Этапы и сроки реализации муниципальной программы</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Банахович</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наталья Ивановна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5952" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Standard"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b w:val="false"/>
                 <w:bCs w:val="false"/>
-                <w:color w:val="000000"/>
-[...821 lines deleted...]
-              <w:t>краевой бюджет 0 тыс. руб.</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>инспектор группы охраны общественного порядка ОМВД России по Кореновскому району</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style29"/>
-[...20 lines deleted...]
-              <w:t>Контроль за выполнением муниципальной программы</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Гоптарева</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Елена Викторовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5952" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- начальник управления сельского хозяйства администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b w:val="false"/>
                 <w:bCs w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...8 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>администрация муниципального образования Кореновский район</w:t>
-[...1252 lines deleted...]
-                <w:bCs w:val="false"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...2530 lines deleted...]
-              <w:t>Значение показателей</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
-            <w:vMerge w:val="continue"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
-[...25 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Гурина</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ольга Александровна </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
-            <w:vMerge w:val="continue"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- заведующая сектором развития потребительской сферы и ценообразования управления экономики адм</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b w:val="false"/>
                 <w:bCs w:val="false"/>
-                <w:color w:val="000000"/>
-[...256 lines deleted...]
-              <w:t>2028 год</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>инистрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
-[...18 lines deleted...]
-              <w:t>1</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Иванов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Алексей Николаевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
-[...5 lines deleted...]
-                <w:bCs w:val="false"/>
+              <w:pStyle w:val="Style22"/>
+              <w:widowControl/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...28 lines deleted...]
-                <w:bCs w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- главный специалист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>отдела ЖКХ, транспорта и связи администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...29 lines deleted...]
-                <w:bCs w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style22"/>
+              <w:widowControl/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...28 lines deleted...]
-                <w:bCs w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...136 lines deleted...]
-              <w:t>9</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...26 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Каминская</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ольга Викторовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13919" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b w:val="false"/>
                 <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- главный специалист отдела по физической культуре и спорту </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>»</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...18 lines deleted...]
-              <w:t>1.</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Козыренко </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Александр Владимирович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13919" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- главный специалист отдела по ГО и ЧС,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="22"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">взаимодействию с правоохранительными </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="22"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">органами и межнациональным отношениям администрации муниципального образования </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...21 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:lang w:bidi="ar-SA"/>
-[...1 lines deleted...]
-              <w:t>»</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...19 lines deleted...]
-              <w:t>1.1</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Куземченко</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Марина Васильевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13919" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Textbody"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b w:val="false"/>
                 <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
+                <w:strike w:val="false"/>
+                <w:dstrike w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...10 lines deleted...]
-              <w:t>Цель: обеспечение условий для развития физической культуры и массового спорта среди различных групп населения и системы подготовки спортивного резерва, способствующих увеличению численности систематически занимающихся физической культурой и спортом в муниципальном образовании Кореновский район.</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">начальник управления образования администрации муниципального </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...19 lines deleted...]
-              <w:t>1.2</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ларин </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Александр Михайлович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13919" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Textbody"/>
-[...7 lines deleted...]
-                <w:bCs w:val="false"/>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...23 lines deleted...]
-                <w:bCs w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...23 lines deleted...]
-                <w:bCs w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-ведущий специалист по ГО и защите в ЧС ГБУЗ «Кореновская ЦРБ» МЗ КК</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...23 lines deleted...]
-                <w:bCs w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...23 lines deleted...]
-                <w:bCs w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="921" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Леонидов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сергей Анатольевич</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5215" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- заместитель начальника отдела ЖКХ, транспорта и связи администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...8 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...13 lines deleted...]
-                <w:bCs w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...8 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1322" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4647" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мартыненко</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дарья Викторовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5215" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:widowControl/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...13 lines deleted...]
-                <w:bCs w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- исполняющий обязанности начальника отдела культуры администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...8 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:widowControl/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:i w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...19 lines deleted...]
-                <w:bCs w:val="false"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...25 lines deleted...]
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:fill="auto" w:val="clear"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...18 lines deleted...]
-              <w:t>1.3</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наумова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Марина Геннадьевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...209 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- начальник управления земельных и имущественных отношений администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...18 lines deleted...]
-              <w:t>1.3.1</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нейжмак</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Виктор Николаевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...253 lines deleted...]
-              <w:t>68,0</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- начальник отдела ЖКХ, транспорта и связи администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...18 lines deleted...]
-              <w:t>1.3.2</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нуридинова</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ирина Валерьевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...256 lines deleted...]
-              <w:t>30</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- главный специалист отдела по ГО,ЧС и административно-санитарной работе города администрации Кореновского городского поселения Кореновского муниципального района Краснодарского края;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...18 lines deleted...]
-              <w:t>1.3.3</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Панченко</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Виктор Геннадьевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...246 lines deleted...]
-              <w:t>100</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- начальник отдела надзорной деятельности МЧС России по Кореновскому району;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...18 lines deleted...]
-              <w:t>1.3.4</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Саврасов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Владимир Алексеевич</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ведущий специалист отдела по делам казачества </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">отдела по ГО и ЧС, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">взаимодействию с правоохранительными </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">органами и межнациональным отношениям администрации муниципального образования </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b w:val="false"/>
                 <w:bCs w:val="false"/>
+                <w:i w:val="false"/>
+                <w:iCs w:val="false"/>
+                <w:caps w:val="false"/>
+                <w:smallCaps w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:spacing w:val="-1"/>
-[...243 lines deleted...]
-              <w:t>1250</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+              </w:rPr>
+              <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...18 lines deleted...]
-              <w:t>1.3.5</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Стромилов </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Виктор Семенович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...246 lines deleted...]
-              <w:t>70</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- директор МКУ МО Кореновский муниципальный район Краснодарского края «Безопасный район»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...18 lines deleted...]
-              <w:t>1.3.6</w:t>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Шахламазов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Арсен</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рамазанович </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:tcBorders/>
-            <w:shd w:color="auto" w:fill="auto" w:val="clear"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="Style30"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+              <w:pStyle w:val="Style21"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- дежурный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПЦО </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b w:val="false"/>
                 <w:bCs w:val="false"/>
-                <w:color w:val="000000"/>
-[...1932 lines deleted...]
-              <w:t>9</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>ОВО по Кореновскому району-филиала ФГКУ «УВО ВНГ РФ по Краснодарскому краю»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:widowControl/>
-        <w:spacing w:lineRule="atLeast" w:line="100"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ar-SA"/>
-        </w:rPr>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:widowControl/>
-[...6 lines deleted...]
-          <w:bCs w:val="false"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="-1"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:fill="FFFFFF" w:val="clear"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ar-SA"/>
-[...1 lines deleted...]
-        <w:t>Заместитель главы</w:t>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:widowControl/>
-[...6 lines deleted...]
-          <w:bCs w:val="false"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                А.П. Манько</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="-1"/>
+          <w:spacing w:val="10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:fill="FFFFFF" w:val="clear"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
+          <w:spacing w:val="10"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="ar-SA"/>
-[...276 lines deleted...]
-        <w:ind w:left="9356"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...18 lines deleted...]
-        <w:t>Паспорт</w:t>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ № 2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...35 lines deleted...]
-        <w:t>»</w:t>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                               </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...15 lines deleted...]
-        <w:tblW w:w="9923" w:type="dxa"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДЕН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:left="5341" w:right="0"/>
         <w:jc w:val="left"/>
-        <w:tblInd w:w="217" w:type="dxa"/>
-[...1291 lines deleted...]
-    </w:tbl>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением администрации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:left="5341" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:left="5341" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципального   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:left="5341" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>район Краснода</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рского края</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:spacing w:val="-1"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:fill="FFFFFF" w:val="clear"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...6 lines deleted...]
-          <w:spacing w:val="-2"/>
+        <w:t xml:space="preserve">28.11.2025  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Х</w:t>
-[...6 lines deleted...]
-        <w:t>арактеристика текущего состояния и прогноз развития соответствующей</w:t>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1677</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rStyle w:val="Style14"/>
-[...382 lines deleted...]
-        <w:t>2. Цели, задачи и целевые показатели достижения целей и решения задач,</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...361 lines deleted...]
-        <w:t>» представлены в приложении № 1 к Подпрограмме.</w:t>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t>3. Перечень мероприятий  подпрограммы</w:t>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Положение </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о межведомственной рабочей группе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по изучению состояния антитеррористической защищенности объектов, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>находящихся в собственности  муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Раздел I</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Положение  о   рабочей  группе  по  изучению  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">состояния антитеррористической защищенности объектов, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>находящихся в  собственности  муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - Положение) разработано в соответствии с  постановлением муниципального образования Кореновский район  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>от                         25 сентября 2018 года № 1310 «Об образовании Антитеррористической комиссии в муниципальном образовании Кореновский район».</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="anchor4003"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="anchor40032"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Рабочая группа по изучению состояния антитеррористической защищенности объектов, находящихся в собственности  муниципального образования Кореновский район (далее - Рабочая группа) создаётся из числа сотрудников отраслевых функциональных органов муниципального образования Кореновский муниципальный район Краснодарского края для обеспечения деятельности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Антитеррористической комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - АТК)  в целях предупреждения терроризма, минимизации и ликвидации последствий его проявлений, профилактики распространения идеологии терроризма, а также в целях информационного обеспечения работы Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="anchor4004"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.  Рабочая группа    в     своей     деятельности    руководствуется  Конституцией Российской Федерации, федеральными законами, указами, постановлениями и распоряжениями Президента Российской Федерации, муниципальными нормативно-правовыми актами, решениями Антитеррористической комиссии, а также настоящим Положением. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Раздел II</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Основные задачи Рабочей группы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
-        <w:ind w:firstLine="720"/>
+        <w:ind w:firstLine="567" w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
-[...33 lines deleted...]
-        <w:t>».</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>. Основными задачами Рабочей группы являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="567" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>4.1. Мониторинг состояния антитеррористической защищённости критически важных, потенциально опасных объектов, объектов жизнеобеспечения, территорий общего пользования, либо специально отведённых территорий за их пределами, либо мест общего пользования в здании, строении, сооружении, на ином объекте, на которых при определённых условиях может одновременно находиться более пятидесяти человек (места массового пребывания людей), находящихся в собственности  муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="567" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>4.2. Сбор и анализ материалов мониторинга политических, социально-экономических и иных процессов, оказывающих влияние на ситуацию в области противодействия терроризму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="567" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>4.3. Осуществляет взаимодействие с предприятиями, учреждениями и организациями, независимо от организационно-правовой формы, а также общественными объединениями Кореновского муниципального района Краснодарского края в профилактике терроризма, а также минимизации и ликвидации последствий его проявлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="567" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>4.4. Информирование о состоянии антитеррористической защищённости потенциальных объектов террористических посягательств председателя АТК в муниципальном образовании Кореновский муниципальный район Краснодарского края;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="567" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>4.5. Разработка рекомендаций по организации работы, направленной на совершенствование антитеррористической защищённости потенциальных объектов террористических посягательств, профилактику терроризма, а также минимизацию и ликвидацию последствий его проявлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="567" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>4.6. Оказание методической помощи руководителям и должностным лицам потенциальных объектов террористических посягательств по вопросам профилактики терроризма, а также минимизации и ликвидации последствий его проявлений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="567" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>4.7. Подготовка материалов для рассмотрения на заседаниях АТК в муниципальном образовании Кореновский муниципальный район Краснодарского края по вопросам профилактики терроризма, минимизации и ликвидации последствий его проявлений, а также профилактики распространения идеологии терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="567" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>4.8. Осуществление контроля за исполнением решений и рекомендаций АТК в муниципальном образовании Кореновский муниципальный район Краснодарского края по совершенствованию антитеррористической защищённости потенциальных объектов террористических посягательств, профилактики терроризма, минимизации и ликвидации последствий его проявлений, а также противодействия распространению идеологии терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Раздел III</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Полномочия Рабочей группы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="567" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="anchor4023"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>. Для выполнения своих функций и поставленных задач Рабочая группа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="567" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>5.1. Проводит мониторинг состояния антитеррористической защищённости потенциальных объектов террористических посягательств;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="anchor4025"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="567" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>5.2. Осуществляет взаимодействие с предприятиями, учреждениями и организациями, независимо от организационно-правовой формы, а также общественными объединениями Кореновского муниципального района Краснодарского края в профилактике терроризма, а также минимизации и ликвидации последствий его проявлений;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="anchor4027"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="567" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>5.3. Разрабатывает рекомендации и методические пособия по совершенствованию антитеррористической защищённости потенциальных объектов террористических посягательств, профилактике терроризма, а также минимизации и ликвидации последствий его проявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="567" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>5.4. Готовит материалы для их рассмотрения на заседаниях АТК в муниципальном образовании Кореновский муниципальный район Краснодарского края по вопросам, относящимся к компетенции Рабочей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Раздел IV</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Организация деятельности Рабочей группы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
-        <w:ind w:firstLine="720"/>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:firstLine="510" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>6. Рабочая группа осуществляет свою деятельность в соответствии с планом работы АТК в муниципальном образовании Кореновский муниципальный район Краснодарского края, распоряжениями и указаниями председателя (заместителя председателя) и ответственного секретаря АТК в муниципальном образовании Кореновский  муниципальный район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="510" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>7. Руководителем Рабочей группы является заместитель главы муниципального образования, который организует работу Рабочей группы в пределах своей компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="510" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b w:val="false"/>
-          <w:bCs w:val="false"/>
-[...21 lines deleted...]
-        <w:pStyle w:val="ConsPlusNormal"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>8. Руководитель Рабочей группы осуществляет общее руководство её деятельностью, даёт поручения членам Рабочей группы по вопросам, отнесённым к её компетенции в рамках их должностных полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:widowControl/>
-        <w:ind w:hanging="0"/>
+        <w:ind w:firstLine="510" w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Style14"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>9. В состав Рабочей группы вправе входить сотрудники отделов администрации муниципального образования Кореновский муниципальный район Краснодарского края для обеспечения деятельности АТК  в целях предупреждения терроризма, минимизации и ликвидации последствий его проявлений, профилактики распространения идеологии терроризма, а также в целях информационного обеспечения работы Комиссии.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="anchor4035"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:widowControl/>
+        <w:ind w:firstLine="510" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>10. Результаты мониторинга оформляются актами обследования, в которых указываются рекомендации Рабочей группы по совершенствованию состояния антитеррористической защищённости потенциальных объектов террористических посягательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="anchor4038"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
           <w:b w:val="false"/>
-          <w:bCs w:val="false"/>
-[...96 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b w:val="false"/>
-          <w:bCs w:val="false"/>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b w:val="false"/>
-          <w:bCs w:val="false"/>
-[...1110 lines deleted...]
-        <w:ind w:firstLine="708" w:left="0"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>. Обобщённая информация о результатах мониторинга состояния антитеррористической защищённости потенциальных объектов террористических посягательств докладывается председателю (заместителю председателя) АТК в муниципальном образовании Кореновский муниципальный район Краснодарского края или ответственному секретарю АТК в муниципальном образовании Кореновский муниципальный район Краснодарского края для организации работы, направленной на профилактику терроризма, а также минимизацию и ликвидацию последствий его проявлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Style14"/>
-[...22 lines deleted...]
-        <w:ind w:firstLine="708" w:left="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style23"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Style14"/>
-[...164 lines deleted...]
-        <w:t>и контроль за ее выполнением</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:bCs w:val="false"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="-1"/>
-[...8 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заместитель главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Механизм реализации подпрограммы предполагает закупку товаров, работ, услуг для государственных нужд за счет средств районного бюджета в соответствии с Федеральным законом от 5 апреля 2013 года № 44-ФЗ «О контрактной системе в сфере закупок товаров, работ, услуг для обеспечения государственных и муниципальных нужд».</w:t>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:jc w:val="both"/>
-[...4904 lines deleted...]
-      <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:br w:type="page"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="0" w:after="0"/>
-        <w:ind w:left="9356"/>
-[...5 lines deleted...]
-          <w:bCs w:val="false"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:spacing w:val="-1"/>
-[...32916 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                                                                 И.А. Максименко</w:t>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                А.П. Манько</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="even" r:id="rId33"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId38"/>
+      <w:headerReference w:type="even" r:id="rId4"/>
+      <w:headerReference w:type="default" r:id="rId5"/>
+      <w:headerReference w:type="first" r:id="rId6"/>
       <w:type w:val="nextPage"/>
-      <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
-      <w:pgMar w:left="1134" w:right="536" w:gutter="0" w:header="720" w:top="1134" w:footer="720" w:bottom="777"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="1399" w:footer="0" w:bottom="1134"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
+      <w:titlePg/>
       <w:textDirection w:val="lrTb"/>
-      <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
+      <w:docGrid w:type="default" w:linePitch="600" w:charSpace="24576"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Tahoma">
+  <w:font w:name="XO Thames">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Courier New">
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Arial">
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Cambria">
+  <w:font w:name="Times New Roman">
     <w:charset w:val="cc"/>
-    <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="Calibri">
+  <w:font w:name="Liberation Mono">
+    <w:altName w:val="Courier New"/>
     <w:charset w:val="cc"/>
-    <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="Courier New">
+  <w:font w:name="Arial">
     <w:charset w:val="cc"/>
-    <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
   </w:font>
-  <w:font w:name="TimesNewRomanPSMT">
-    <w:charset w:val="cc"/>
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...250 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Header"/>
-[...125 lines deleted...]
-      <w:pStyle w:val="Normal"/>
+      <w:pStyle w:val="Style20"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="17"/>
+      <w:pStyle w:val="Style20"/>
+      <w:jc w:val="center"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:t>10</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Style20"/>
+      <w:jc w:val="center"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:t>9</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Style20"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr/>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr/>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr/>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr/>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr/>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p>
-[...115 lines deleted...]
-  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
+      <w:pStyle w:val="Heading1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
+      <w:pStyle w:val="Heading2"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="765" w:hanging="405"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
+      <w:pStyle w:val="Heading3"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="1080" w:hanging="720"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="1080" w:hanging="720"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="1080"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="1080"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="1800" w:hanging="1440"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="1800" w:hanging="1440"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
-[...16 lines deleted...]
-      <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
-    </w:lvl>
-[...102 lines deleted...]
-      </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:zoom w:percent="116"/>
-[...2 lines deleted...]
-  <w:defaultTabStop w:val="720"/>
+  <w:zoom w:percent="70"/>
+  <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation w:val="true"/>
+  <w:evenAndOddHeaders/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
-  <w:themeFontLang w:val="ru-RU" w:eastAsia="" w:bidi=""/>
+  <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+        <w:color w:val="000000"/>
+        <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens w:val="true"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="25">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
-[...15 lines deleted...]
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...112 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Header and Footer" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="Footnote" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="Endnote" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="0"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
-    <w:rsid w:val="00594536"/>
+    <w:uiPriority w:val="0"/>
+    <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="false"/>
       <w:suppressAutoHyphens w:val="true"/>
       <w:bidi w:val="0"/>
-      <w:spacing w:before="0" w:after="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="WenQuanYi Micro Hei" w:cs="Lohit Hindi" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Heading1" w:customStyle="1">
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:qFormat/>
-    <w:rsid w:val="001c2a92"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="Heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:qFormat/>
-    <w:rsid w:val="001c2a92"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-    </w:rPr>
-[...1 lines deleted...]
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="Heading 3"/>
+    <w:basedOn w:val="1111"/>
+    <w:next w:val="BodyText"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="140" w:after="120"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="Heading 4"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="120" w:after="120"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="Heading 5"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="120" w:after="120"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="1">
+    <w:name w:val="Указатель1"/>
+    <w:link w:val="112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z7">
+    <w:name w:val="WW8Num1z7"/>
+    <w:link w:val="WW8Num1z71"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents2">
+    <w:name w:val="Contents 2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents4">
+    <w:name w:val="Contents 4"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z8">
+    <w:name w:val="WW8Num2z8"/>
+    <w:link w:val="WW8Num2z81"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style9">
+    <w:name w:val="Указатель"/>
+    <w:link w:val="211"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents6">
+    <w:name w:val="Contents 6"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="List1">
+    <w:name w:val="List1"/>
+    <w:basedOn w:val="Textbody"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents7">
+    <w:name w:val="Contents 7"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111">
+    <w:name w:val="WW-Absatz-Standardschriftart111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z6">
+    <w:name w:val="WW8Num2z6"/>
+    <w:link w:val="WW8Num2z61"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z8">
+    <w:name w:val="WW8Num1z8"/>
+    <w:link w:val="WW8Num1z81"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z1">
+    <w:name w:val="WW8Num2z1"/>
+    <w:link w:val="WW8Num2z11"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Endnote">
+    <w:name w:val="Endnote"/>
+    <w:link w:val="Endnote1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading31">
+    <w:name w:val="Heading 31"/>
+    <w:basedOn w:val="Style17"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z6">
+    <w:name w:val="WW8Num1z6"/>
+    <w:link w:val="WW8Num1z61"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z0">
+    <w:name w:val="WW8Num2z0"/>
+    <w:link w:val="WW8Num2z01"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z5">
+    <w:name w:val="WW8Num2z5"/>
+    <w:link w:val="WW8Num2z51"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-">
+    <w:name w:val="WW-Заголовок"/>
+    <w:basedOn w:val="Style17"/>
+    <w:link w:val="WW-1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style10">
+    <w:name w:val="Символ нумерации"/>
+    <w:link w:val="13"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="11">
+    <w:name w:val="Название1"/>
+    <w:link w:val="113"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1">
+    <w:name w:val="WW-Absatz-Standardschriftart1"/>
+    <w:link w:val="WW-Absatz-Standardschriftart12"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style11">
+    <w:name w:val="Текст в заданном формате"/>
+    <w:link w:val="14"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11">
+    <w:name w:val="WW-Absatz-Standardschriftart11"/>
+    <w:link w:val="WW-Absatz-Standardschriftart112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z2">
+    <w:name w:val="WW8Num2z2"/>
+    <w:link w:val="WW8Num2z21"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z5">
+    <w:name w:val="WW8Num1z5"/>
+    <w:link w:val="WW8Num1z51"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style12">
+    <w:name w:val="Верхний и нижний колонтитулы"/>
+    <w:link w:val="15"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z4">
+    <w:name w:val="WW8Num1z4"/>
+    <w:link w:val="WW8Num1z41"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style13">
+    <w:name w:val="Заголовок таблицы"/>
+    <w:basedOn w:val="Style18"/>
+    <w:link w:val="17"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents3">
+    <w:name w:val="Contents 3"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Textbody">
+    <w:name w:val="Text body"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont0">
+    <w:name w:val="Default Paragraph Font_0"/>
+    <w:link w:val="DefaultParagraphFont01"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading51">
+    <w:name w:val="Heading 51"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart">
+    <w:name w:val="WW-Absatz-Standardschriftart"/>
+    <w:link w:val="WW-Absatz-Standardschriftart2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading11">
+    <w:name w:val="Heading 11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Footnote">
+    <w:name w:val="Footnote"/>
+    <w:link w:val="Footnote1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style14">
+    <w:name w:val="Блочная цитата"/>
+    <w:link w:val="18"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents1">
+    <w:name w:val="Contents 1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Absatz-Standardschriftart">
+    <w:name w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Absatz-Standardschriftart1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderandFooter">
+    <w:name w:val="Header and Footer"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z4">
+    <w:name w:val="WW8Num2z4"/>
+    <w:link w:val="WW8Num2z41"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style15">
+    <w:name w:val="Основной шрифт абзаца"/>
+    <w:link w:val="19"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Header1">
+    <w:name w:val="Header1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents9">
+    <w:name w:val="Contents 9"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z3">
+    <w:name w:val="WW8Num2z3"/>
+    <w:link w:val="WW8Num2z31"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle29">
+    <w:name w:val="Font Style29"/>
+    <w:basedOn w:val="DefaultParagraphFont0"/>
+    <w:link w:val="FontStyle291"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z7">
+    <w:name w:val="WW8Num2z7"/>
+    <w:link w:val="WW8Num2z71"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z3">
+    <w:name w:val="WW8Num1z3"/>
+    <w:link w:val="WW8Num1z31"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents8">
+    <w:name w:val="Contents 8"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
-[...34 lines deleted...]
-  <w:style w:type="character" w:styleId="WW8Num1z0" w:customStyle="1">
+    <w:link w:val="DefaultParagraphFont1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z2">
+    <w:name w:val="WW8Num1z2"/>
+    <w:link w:val="WW8Num1z21"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caption1">
+    <w:name w:val="caption1"/>
+    <w:link w:val="Caption2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Contents5">
+    <w:name w:val="Contents 5"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z1">
+    <w:name w:val="WW8Num1z1"/>
+    <w:link w:val="WW8Num1z11"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z0">
     <w:name w:val="WW8Num1z0"/>
-    <w:qFormat/>
-[...369 lines deleted...]
-    <w:rsid w:val="00594536"/>
+    <w:link w:val="WW8Num1z01"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Subtitle1">
+    <w:name w:val="Subtitle1"/>
+    <w:basedOn w:val="Style17"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Title1">
+    <w:name w:val="Title1"/>
+    <w:basedOn w:val="Style17"/>
+    <w:qFormat/>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
-[...7 lines deleted...]
-    <w:rPr>
+      <w:sz w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading41">
+    <w:name w:val="Heading 41"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
       <w:b/>
-      <w:bCs/>
-[...39 lines deleted...]
-    <w:rsid w:val="00594536"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style16">
+    <w:name w:val="Маркеры списка"/>
+    <w:link w:val="110"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111112"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style17">
+    <w:name w:val="Заголовок"/>
+    <w:link w:val="1111"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading21">
+    <w:name w:val="Heading 21"/>
+    <w:qFormat/>
     <w:rPr>
       <w:b/>
-      <w:bCs/>
-[...119 lines deleted...]
-      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
-[...83 lines deleted...]
-    <w:name w:val="Заголовок"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style18">
+    <w:name w:val="Содержимое таблицы"/>
+    <w:link w:val="16"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="12">
+    <w:name w:val="Заголовок1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
     <w:qFormat/>
-    <w:rsid w:val="00594536"/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00594536"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="120"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
     <w:basedOn w:val="BodyText"/>
-    <w:rsid w:val="00594536"/>
     <w:pPr/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="Caption"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00594536"/>
-[...113 lines deleted...]
-    <w:rsid w:val="00594536"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
-    </w:rPr>
-[...129 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="25" w:customStyle="1">
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="Указатель2"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00594536"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
-    <w:rPr/>
-[...2 lines deleted...]
-    <w:name w:val="Указатель1"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="111">
+    <w:name w:val="Заголовок11"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
-    <w:rsid w:val="00594536"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Mangal"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Указатель21"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
-    <w:rPr/>
-[...2 lines deleted...]
-    <w:name w:val="Верхний и нижний колонтитулы"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1111">
+    <w:name w:val="Заголовок111"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
-[...2 lines deleted...]
-      <w:suppressLineNumbers/>
+    <w:next w:val="BodyText"/>
+    <w:link w:val="Style17"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="211">
+    <w:name w:val="Указатель211"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style9"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="112">
+    <w:name w:val="Указатель11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z71">
+    <w:name w:val="WW8Num1z71"/>
+    <w:link w:val="WW8Num1z7"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="TOC 2"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="200" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="TOC 4"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="600" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z81">
+    <w:name w:val="WW8Num2z81"/>
+    <w:link w:val="WW8Num2z8"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="TOC 6"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1000" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="TOC 7"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1200" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1112">
+    <w:name w:val="WW-Absatz-Standardschriftart1112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z61">
+    <w:name w:val="WW8Num2z61"/>
+    <w:link w:val="WW8Num2z6"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z81">
+    <w:name w:val="WW8Num1z81"/>
+    <w:link w:val="WW8Num1z8"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111111111"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z11">
+    <w:name w:val="WW8Num2z11"/>
+    <w:link w:val="WW8Num2z1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Endnote1">
+    <w:name w:val="Endnote1"/>
+    <w:link w:val="Endnote"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:firstLine="851" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z61">
+    <w:name w:val="WW8Num1z61"/>
+    <w:link w:val="WW8Num1z6"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z01">
+    <w:name w:val="WW8Num2z01"/>
+    <w:link w:val="WW8Num2z0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z51">
+    <w:name w:val="WW8Num2z51"/>
+    <w:link w:val="WW8Num2z5"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-1">
+    <w:name w:val="WW-Заголовок1"/>
+    <w:basedOn w:val="1111"/>
+    <w:next w:val="Subtitle"/>
+    <w:link w:val="WW-"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="13">
+    <w:name w:val="Символ нумерации1"/>
+    <w:link w:val="Style10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="113">
+    <w:name w:val="Название11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart12">
+    <w:name w:val="WW-Absatz-Standardschriftart12"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="14">
+    <w:name w:val="Текст в заданном формате1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart112">
+    <w:name w:val="WW-Absatz-Standardschriftart112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z21">
+    <w:name w:val="WW8Num2z21"/>
+    <w:link w:val="WW8Num2z2"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z51">
+    <w:name w:val="WW8Num1z51"/>
+    <w:link w:val="WW8Num1z5"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="15">
+    <w:name w:val="Верхний и нижний колонтитулы1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style12"/>
+    <w:qFormat/>
+    <w:pPr>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="720"/>
+        <w:tab w:val="clear" w:pos="709"/>
         <w:tab w:val="center" w:pos="4819" w:leader="none"/>
         <w:tab w:val="right" w:pos="9638" w:leader="none"/>
       </w:tabs>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Style26" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z41">
+    <w:name w:val="WW8Num1z41"/>
+    <w:link w:val="WW8Num1z4"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="16">
+    <w:name w:val="Содержимое таблицы1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style18"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="17">
+    <w:name w:val="Заголовок таблицы1"/>
+    <w:basedOn w:val="16"/>
+    <w:link w:val="Style13"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="TOC 3"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="400" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DefaultParagraphFont01">
+    <w:name w:val="Default Paragraph Font_01"/>
+    <w:link w:val="DefaultParagraphFont0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart2">
+    <w:name w:val="WW-Absatz-Standardschriftart2"/>
+    <w:link w:val="WW-Absatz-Standardschriftart"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11112">
+    <w:name w:val="WW-Absatz-Standardschriftart11112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Internetlink">
+    <w:name w:val="Internet link"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="0000FF"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footnote1">
+    <w:name w:val="Footnote1"/>
+    <w:link w:val="Footnote"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:firstLine="851" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="18">
+    <w:name w:val="Блочная цитата1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Style14"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="283"/>
+      <w:ind w:hanging="0" w:left="567" w:right="567"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="TOC 1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:b/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Absatz-Standardschriftart1">
+    <w:name w:val="Absatz-Standardschriftart1"/>
+    <w:link w:val="Absatz-Standardschriftart"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style19">
     <w:name w:val="Колонтитул"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z41">
+    <w:name w:val="WW8Num2z41"/>
+    <w:link w:val="WW8Num2z4"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="19">
+    <w:name w:val="Основной шрифт абзаца1"/>
+    <w:link w:val="Style15"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="Header"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
-[...2 lines deleted...]
-      <w:suppressLineNumbers/>
+    <w:pPr>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="720"/>
+        <w:tab w:val="clear" w:pos="709"/>
         <w:tab w:val="center" w:pos="4819" w:leader="none"/>
         <w:tab w:val="right" w:pos="9638" w:leader="none"/>
       </w:tabs>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="17" w:customStyle="1">
-    <w:name w:val="Верхний колонтитул1"/>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="TOC 9"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1600" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z31">
+    <w:name w:val="WW8Num2z31"/>
+    <w:link w:val="WW8Num2z3"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FontStyle291">
+    <w:name w:val="Font Style291"/>
+    <w:basedOn w:val="DefaultParagraphFont01"/>
+    <w:link w:val="FontStyle29"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num2z71">
+    <w:name w:val="WW8Num2z71"/>
+    <w:link w:val="WW8Num2z7"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z31">
+    <w:name w:val="WW8Num1z31"/>
+    <w:link w:val="WW8Num1z3"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="TOC 8"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="1400" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DefaultParagraphFont1">
+    <w:name w:val="Default Paragraph Font1"/>
+    <w:link w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z21">
+    <w:name w:val="WW8Num1z21"/>
+    <w:link w:val="WW8Num1z2"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption2">
+    <w:name w:val="caption2"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
-[...11 lines deleted...]
-    <w:name w:val="Нижний колонтитул1"/>
+    <w:link w:val="Caption1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="TOC 5"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="800" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z11">
+    <w:name w:val="WW8Num1z11"/>
+    <w:link w:val="WW8Num1z1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW8Num1z01">
+    <w:name w:val="WW8Num1z01"/>
+    <w:link w:val="WW8Num1z0"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="1111"/>
+    <w:next w:val="BodyText"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="1111"/>
+    <w:next w:val="BodyText"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="110">
+    <w:name w:val="Маркеры списка1"/>
+    <w:link w:val="Style16"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111112">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111111111111111111112"/>
+    <w:link w:val="WW-Absatz-Standardschriftart1111111111111111111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style20">
+    <w:name w:val="Верхний колонтитул слева"/>
+    <w:basedOn w:val="Header"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style21">
+    <w:name w:val="Без интервала"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="atLeast" w:line="100" w:before="0" w:after="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="22">
+    <w:name w:val="Текст в заданном формате2"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
-[...11 lines deleted...]
-    <w:name w:val="Normal (Web)"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Mono" w:hAnsi="Liberation Mono"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="23">
+    <w:name w:val="Содержимое таблицы2"/>
     <w:basedOn w:val="Normal"/>
-    <w:qFormat/>
-[...12 lines deleted...]
-    <w:rsid w:val="00594536"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="false"/>
-      <w:suppressAutoHyphens w:val="true"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style22">
+    <w:name w:val="Обычный"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
       <w:bidi w:val="0"/>
       <w:spacing w:before="0" w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
-[...306 lines deleted...]
-      <w:color w:val="auto"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="NSimSun" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN" w:val="ru-RU"/>
-[...3 lines deleted...]
-    <w:name w:val="Style1"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style23">
+    <w:name w:val="Нормальный"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00594536"/>
-[...88 lines deleted...]
-    <w:rsid w:val="001c2a92"/>
     <w:pPr/>
     <w:rPr/>
-  </w:style>
-[...40 lines deleted...]
-    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header12.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer10.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer11.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer12.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header13.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header14.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header15.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer13.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer14.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer15.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header17.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header18.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer16.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer17.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer18.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1f497d"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="eeece1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4f81bd"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="c0504d"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9bbb59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064a2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4bacc6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="f79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000ff"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
           <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
         <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:shade val="51000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="80000">
               <a:schemeClr val="phClr">
                 <a:shade val="93000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="94000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
           <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525">
           <a:prstDash val="solid"/>
         </a:ln>
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="25400">
           <a:prstDash val="solid"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100">
           <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="40000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="40000">
               <a:schemeClr val="phClr">
                 <a:tint val="45000"/>
                 <a:shade val="99000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="20000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...1 lines deleted...]
-          </a:path>
           <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
         <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...1 lines deleted...]
-          </a:path>
           <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/24.2.5.2$Windows_X86_64 LibreOffice_project/bffef4ea93e59bebbeaf7f431bb02b1a39ee8a59</Application>
+  <Application>LibreOffice/7.6.4.1$Windows_X86_64 LibreOffice_project/e19e193f88cd6c0525a17fb7a176ed8e6a3e2aa1</Application>
   <AppVersion></AppVersion>
-  <Pages>33</Pages>
-[...4 lines deleted...]
-  <Company>Reanimator Extreme Edition</Company>
+  <Pages>10</Pages>
+  <Words>1493</Words>
+  <Characters>12259</Characters>
+  <CharactersWithSpaces>14843</CharactersWithSpaces>
+  <Paragraphs>155</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>sport6</dc:creator>
+  <dc:creator/>
   <dc:description/>
   <dc:language>ru-RU</dc:language>
   <cp:lastModifiedBy/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:subject/>
   <dc:title/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>