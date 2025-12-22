--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,87363 +1,8184 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/header19.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...22 lines deleted...]
-  <Override PartName="/word/header31.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/header32.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/word/header41.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/word/header42.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="4428" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:bidi="zxx"/>
-[...5 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="650240" cy="823595"/>
+            <wp:extent cx="640715" cy="737870"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Изображение2" descr=""/>
+            <wp:docPr id="1" name="Picture 3" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name="Изображение2" descr=""/>
+                    <pic:cNvPr id="1" name="Picture 3" descr=""/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId2"/>
-                    <a:srcRect l="-4" t="-3" r="-4" b="-3"/>
+                    <a:srcRect l="-1390" t="-1113" r="-1390" b="-1113"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="650240" cy="823595"/>
+                      <a:ext cx="640715" cy="737870"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang w:bidi="zxx"/>
-[...14 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...53 lines deleted...]
-        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:spacing w:lineRule="auto" w:line="360"/>
-[...4 lines deleted...]
-      <w:r>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>1679</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>от 28.11.2025                                                                                                                           № 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:keepNext w:val="true"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О назначении публичных слушаний </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>по проекту постановления администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>г.  Кореновск</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«О предоставлении Герасименко Николаю Николаевичу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>разрешения на условно разрешенный вид использования земельного участка с кадастровым номером 23:12:0901036:31 площадью 1904 квадратных метра, расположенного по адресу: Краснодарский край, р-н Кореновский, с/п Платнировское, ст-ца Платнировская, ул. Кучерявого, 38»</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:jc w:val="center"/>
-[...291 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+        <w:keepNext w:val="true"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
         <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t>2</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
         <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...41 lines deleted...]
-        <w:t>4. Постановление вступает в силу со дня его подписания.</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Земельный участок с кадастровым номером</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>23:12:0901036:31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> площадью </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>1904 квадратных метра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, расположенный по адресу: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Краснодарский край, р-н Кореновский, с/п Платнировское, ст-ца Платнировская, ул. Кучерявого, 38, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принадлежит </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Герасименко Николаю Николаевичу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на праве собственности, вид разрешенного использования «Для индивидуального жилищного строительства».</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3100 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:tab/>
-        <w:tab/>
-[...8928 lines deleted...]
-        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Герасименко Николай Николаевич,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>от имени которого действует Дронова Ольга Юрьевна на основании доверенности от 21 ноября 2025 года №23АВ6978889,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обратился в администрацию муниципального образования Кореновский муниципальный район Краснодарского края с заявлением о предоставлении разрешения на условно разрешенный вид использования земельного участка с кадастровым номером </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>23:12:0901036:31 площадью</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>1904 квадратных метра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>, расположенного по адресу:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Краснодарский край, р-н Кореновский, с/п Платнировское, ст-ца Платнировская, ул. Кучерявого, 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Магазины</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:headerReference w:type="even" r:id="rId3"/>
           <w:headerReference w:type="default" r:id="rId4"/>
           <w:headerReference w:type="first" r:id="rId5"/>
           <w:type w:val="nextPage"/>
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="850" w:top="907" w:footer="0" w:bottom="1134"/>
+          <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="1133" w:footer="0" w:bottom="1134"/>
           <w:pgNumType w:fmt="decimal"/>
           <w:formProt w:val="false"/>
+          <w:titlePg/>
           <w:textDirection w:val="lrTb"/>
-          <w:docGrid w:type="default" w:linePitch="100" w:charSpace="0"/>
+          <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
         </w:sectPr>
         <w:pStyle w:val="Normal"/>
-        <w:jc w:val="center"/>
-[...165 lines deleted...]
-    </w:tbl>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="9639" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="distribute"/>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях соблюдения прав жителей Платнировского сельского поселения Кореновского муниципального района Краснодарского края на благоприятные условия жизнедеятельности, прав и законных интересов правообладателей земельных участков и объектов капитального строительства, в соответствии со статьями 5.1, 39 Градостроительного кодекса Российской Федерации, Федеральным законом от 20 марта 2025 года № 33-ФЗ «Об общих принципах организации местного самоуправления в единой системе публичной власти», </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="9639" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="distribute"/>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уставом муниципального образования Кореновский муниципальный район, Краснодарского края, решением </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Совета муниципального образования Кореновский район от 26 мая 2021 года № 95 «Об утверждении положения о порядке организации и проведения публичных слушаний, общественных обсуждений в муниципальном образовании Кореновский район»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, постановлением администрации муниципального образования Кореновский район от 9 марта 2016 года № 193 «Об утверждении Положения о комиссии по землепользованию и застройке муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский район», решением Совета Платнировского сельского поселения Кореновского района </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 29 апреля 2020 года № 62</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении Правил землепользования и застройки Платнировского сельского поселения Кореновского района</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» (с изменениями от 27 ноября 2024 года № 596), администрация муниципального образования Кореновский муниципальный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="9639" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>район Краснодарского края  п о с т а н о в л я е т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="9639" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Назначить публичные слушания по проекту постановления администрации муниципального образования Кореновский муниципальный район Краснодарского края «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>О предоставлении Герасименко Николаю Николаевичу разрешения на условно разрешенный вид использования земельного участка с кадастровым номером 23:12:0901036:31 площадью 1904 квадратных метра, расположенного по адресу: Краснодарский край, р-н Кореновский, с/п Платнировское, ст-ца Платнировская, ул. Кучерявого, 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (прилагается) со дня официального обнародования настоящего постановления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="9639" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>2. Управлению архитектуры и градостроительства администрации муниципального образования Кореновский муниципальный район Краснодарского края (Милославская):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="9639" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1. Обеспечить размещение проекта, указанного в пункте 1 настоящего постановления, и информационных материалов к нему на официальном Интернет-портале администрации муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+          </w:rPr>
+          <w:t>www.korenovsk.r</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+          </w:rPr>
+          <w:t>u</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>не позднее чем за десять дней до дня проведения слушаний (обсуждений).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="9639" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>2.2. Обеспечить сбор градостроительной документации, необходимой для рассмотрения указанной темы на публичных слушаниях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="9639" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>2.3. Провести экспозицию проекта, указанного в пункте 1 настоящего постановления, в течение всего периода его размещения на официальном Интернет-портале администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+            <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+          </w:rPr>
+          <w:t>www.korenovsk.ru</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="9639" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>3. Определить место и время проведения экспозиции проекта, указанного в пункте 1 настоящего постановления, по адресу: город Кореновск, улица Красная, 102, по понедельникам и средам с 10.00 до 12.00.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="9639" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>4. Определить место, дату и время проведения собрания участников публичных слушаний: город Кореновск, улица Красная, 102,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18 декабря 2025 года в 9 часов 00 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="distribute"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Установить</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>предложения и з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">амечания, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>касающиеся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>проекта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>указанного в пункте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>настоящего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>постановления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>представляются</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>участниками</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>публичных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>слушаний в устной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ли </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">исьменной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ф</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>орме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ни </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>проведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>экспозиции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>и в день</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>проведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>публичных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>слушаний в адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>комиссии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>землепользованию и застройке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кореновский</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="distribute"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>посредством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>использования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>федеральной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>информационной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>системы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Единый</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>портал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>государственных и муниципальных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>функций</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>)»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а также</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>направляются в письменной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>форме в а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>дрес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>организатора</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>публичных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>слушаний</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дресу: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>город</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кореновск, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>улица</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Красная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 102, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>посредством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>официального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>сайта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> http://www.korenovsk.ru/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ли </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дрес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>электронной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>почты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>: monolit35@yandex.ru</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о 13 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>декабря</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Возложить</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>обязанности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>проведению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>собрания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>участников</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>публичных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>слушаний</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>теме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>указанной в пункте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>настоящего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>постановления</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Комиссию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>землепользованию и застройке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>ореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. Комиссии по землепользованию и застройке муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечить выполнение организационных мероприятий по проведению публичных слушаний и подготовку заключения о результатах публичных слушаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="distribute"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Управлению службы протокола и информационной политики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> администрации муниципального образования Кореновский муниципальный район Краснодарского края официально обнародовать настоящее постановление и разместить в информационно-телекоммуникационной сети «Интернет» на официальном сайте администрации муниципального образования Кореновский</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>9. Контроль за выполнением настоящего постановления возложить на заместителя главы муниципального образования Кореновский муниципальный район Краснодарского края Б.И. Сторчун.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Настоящее постановление вступает в силу со дня его официального </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>обнародования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="auto" w:line="240"/>
+        <w:ind w:firstLine="709" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="4253"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="Style10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style10"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Исполняющий обязанности главы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="4253"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="Style10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style10"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="Style10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style10"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style10"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                             А.П. Манько</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style10"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>к постановлению администрации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28.11.2025  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>1679</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>Проект</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">администрации муниципального образования Кореновский </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+        <w:t>муниципальный район Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8305 lines deleted...]
-        <w:t>Выполнение подпрограммы позволит решить задачи, направленных на удовлетворение потребностей в тепловой энергии Кореновского района, отвечающих требованиям энергетической и экологической безопасности, оптимизации расходов граждан, проживающих в муниципальном жилом фонде на оплату жилищно-коммунальных услуг, снижению расходов бюджета Кореновского района на ремонт инженерной инфраструктуры, увеличение налогооблагаемой базы теплоэнергетических предприятий.</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>О предоставлении Герасименко Николаю Николаевичу разрешения на условно разрешенный вид использования земельного участка с кадастровым номером 23:12:0901036:31 площадью 1904 квадратных метра, расположенного по адресу: Краснодарский край, р-н Кореновский, с/п Платнировское, ст-ца Платнировская, ул. Кучерявого, 38</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="347"/>
-          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
         </w:tabs>
         <w:ind w:firstLine="709" w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-        <w:t>Средний срок службы оборудования котельных и тепловых сетей 20 лет. Годовая выработка тепла за 2006 год составила 12,165 тыс. Гкал. При этом расход тепла на собственные нужды - 0,3 тыс. Гкал, потери тепловой энергии при ее транспортировке - 1,8 тыс. Гкал или 15,47%. При общей протяженности теплотрасс 6,6 км в двухтрубном исчислении потери тепла составляют 3,6 Гкал на 1 км. Котлов, работающих на твердом топливе - 3 в 1 котельной. Все котлы устаревшего типа - чугунные и стальные секционные. Котельные, работающие на твердом и жидком топливе в первую очередь нуждаются в модернизации, так как их дальнейшая эксплуатация пагубно сказывается на экологии и здоровье жителей близлежащих районов.</w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Земельный участок с кадастровым номером</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>23:12:0901036:31 площадью 1904 квадратных метра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, расположенный по адресу: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Краснодарский край, р-н Кореновский, с/п Платнировское, ст-ца Платнировская, ул. Кучерявого, 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, принадлежит </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Герасименко Николаю Николаевичу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>на праве собственности, вид разрешенного использования «Для индивидуального жилищного строительства».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Согласно генеральному плану Платнировского сельского поселения Кореновского района, утвержденному решением Совета Платнировского сельского поселения Кореновского района от 15 апреля 2009 года № 323</w:t>
+        <w:br/>
+        <w:t>(с изменениями от 31 марта 2021 года № 73), данный земельный участок расположен в зоне застройки индивидуальными жилыми домами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>В соответствии с Правилами землепользования и застройки Платнировского сельского поселения Кореновского района, утвержденными решением Совета Платнировского сельского поселения Кореновского района</w:t>
+        <w:br/>
+        <w:t>от 29 апреля 2020 года № 62 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style16"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>с изменениями от 27 ноября 2024 года № 596</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), вышеуказанный земельный участок расположен в зоне </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>застройки индивидуальными жилыми домами с содержанием домашнего скота и птицы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Ж-1Б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>), где виды разрешенного использования «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Магазины</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>» относятся к условно разрешенным видам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Герасименко Николай Николаевич,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>от имени которого действует Дронова Ольга Юрьевна на основании доверенности от 21 ноября 2025 года №23АВ6978889,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обратился в администрацию муниципального образования Кореновский муниципальный район Краснодарского края с заявлением о предоставлении разрешения на условно разрешенный вид использования земельного участка с кадастровым номером </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>23:12:0901036:31 площадью 1904 квадратных метра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, расположенного по адресу: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Краснодарский край, р-н Кореновский, с/п Платнировское, ст-ца Платнировская, ул. Кучерявого, 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Магазины</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Постановлением администрации муниципального образования Кореновский муниципальный район Краснодарского края от _______ № _____ «О назначении публичных слушаний по проекту постановления администрации муниципального образования Кореновский муниципальный район Краснодарского края </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«О предоставлении Герасименко Николаю Николаевичу разрешения на условно разрешенный вид использования земельного участка с кадастровым номером 23:12:0901036:31 площадью 1904 квадратных метра, расположенного по адресу: Краснодарский край, р-н Кореновский, с/п Платнировское, ст-ца Платнировская, ул. Кучерявого, 38» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>назначены публичные слушания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>В соответствии с градостроительным законодательством проведены</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> публичные слушания по вопросу предоставления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Герасименко Николаю Николаевичу разрешения на условно разрешенный вид использования земельного участка с кадастровым номером 23:12:0901036:31 площадью 1904 квадратных метра, расположенного по адресу: Краснодарский край, р-н Кореновский, с/п Платнировское, ст-ца Платнировская, ул. Кучерявого, 38,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (заключение о результатах публичных слушаний публикуется официально в газете «Кореновские вести» и размещается на официальном Интернет-портале администрации муниципального образования Кореновский муниципальный район Краснодарского края).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссией по землепользованию и застройке муниципального образования Кореновский муниципальный район Краснодарского края принято решение рекомендовать главе муниципального образования Кореновский муниципальный район Краснодарского края предоставить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Герасименко Николаю Николаевичу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разрешение на условно разрешенный вид использования земельного участка с кадастровым номером </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>23:12:0901036:31 площадью 1904 квадратных метра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>расположенного по адресу:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Краснодарский край, р-н Кореновский, с/п Платнировское, ст-ца Платнировская, ул. Кучерявого, 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Магазины</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="distribute"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>В соответствии со статьей 39 Градостроительного кодекса Российской Федерации и Уставом муниципального образования Кореновский муниципальный район Краснодарского края, администрация муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>п о с т а н о в л я е т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Предоставить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Герасименко Николаю Николаевичу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разрешение на условно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разрешенный вид использования земельного участка с кадастровым номером </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>23:12:0901036:31 площадью 1904 квадратных метра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, расположенного по адресу: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:iCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Краснодарский край, р-н Кореновский, с/п Платнировское, ст-ца Платнировская, ул. Кучерявого, 38</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Магазины</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>2. Управлению архитектуры и градостроительства администрации муниципального образования Кореновский муниципальный район Краснодарского края обратиться в филиал ППК «Роскадастр» по Краснодарскому краю для внесения сведений в Единый государственный реестр недвижимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>3. Управлению архитектуры и градостроительства администрации муниципального образования Кореновский муниципальный район Краснодарского края (Милославская) внести соответствующие изменения в государственную информационную систему обеспечения градостроительной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun;宋体" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Управлению службы протокола и информационной политики администрации муниципального образования Кореновский муниципальный район Краснодарского края официально обнародовать настоящее постановление в установленном порядке и разместить на официальном сайте администрации муниципального образования Кореновский муниципальный район Краснодарского края в информационно-телекоммуникационной сети «Интернет»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Контроль за выполнением настоящего постановления возложить на заместителя главы муниципального образования Кореновский муниципальный район Краснодарского края Б.И. Сторчун.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Настоящее постановление вступает в силу после его официального обнародования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="8505" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="clear" w:pos="708"/>
           <w:tab w:val="left" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:ind w:hanging="0" w:left="0" w:right="256"/>
-[...30 lines deleted...]
-        <w:t>Модернизация теплоэнергетического комплекса Кореновского района позволит увеличить объемы производства в жилищном строительстве и гостиничном бизнесе. Создаст условия для строительства дополнительных мощностей по производству теплоэнергетического оборудования, труб из стальных, полимерных, керамических и композитных материалов, поиска альтернативных способов теплоснабжения на основе возобновляемых источников энергии.</w:t>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="4253"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="Style10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:i w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style10"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
+          <w:caps w:val="false"/>
+          <w:smallCaps w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Глава</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
-[...2716 lines deleted...]
-        <w:pStyle w:val="Standard21"/>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="347"/>
-[...22108 lines deleted...]
-          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="clear" w:pos="708"/>
           <w:tab w:val="left" w:pos="0" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:lineRule="atLeast" w:line="100"/>
-[...429 lines deleted...]
-        <w:tblW w:w="9644" w:type="dxa"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:right="4253"/>
         <w:jc w:val="left"/>
-        <w:tblInd w:w="-2" w:type="dxa"/>
-[...14237 lines deleted...]
-          <w:b w:val="false"/>
+        <w:rPr>
+          <w:rStyle w:val="Style10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
           <w:i w:val="false"/>
           <w:caps w:val="false"/>
           <w:smallCaps w:val="false"/>
-          <w:strike w:val="false"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-          <w:b w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style10"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
           <w:i w:val="false"/>
           <w:caps w:val="false"/>
           <w:smallCaps w:val="false"/>
-          <w:strike w:val="false"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:b w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rStyle w:val="Style10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:i w:val="false"/>
           <w:i w:val="false"/>
           <w:caps w:val="false"/>
           <w:smallCaps w:val="false"/>
-          <w:strike w:val="false"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:b w:val="false"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style10"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
           <w:i w:val="false"/>
           <w:caps w:val="false"/>
           <w:smallCaps w:val="false"/>
-          <w:strike w:val="false"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>топливно энергетического</w:t>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный район </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:widowControl w:val="false"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="347"/>
+          <w:tab w:val="clear" w:pos="708"/>
+          <w:tab w:val="left" w:pos="0" w:leader="none"/>
         </w:tabs>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
         <w:ind w:hanging="0" w:left="0" w:right="0"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-          <w:b w:val="false"/>
+        <w:jc w:val="left"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Style10"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
           <w:i w:val="false"/>
           <w:caps w:val="false"/>
           <w:smallCaps w:val="false"/>
-          <w:strike w:val="false"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
-          <w:sz w:val="28"/>
-[...22030 lines deleted...]
-        <w:t>Кореновский район                                                                                                                                                      В.Н. Нейжмак</w:t>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                    С.А. Голобородько</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="even" r:id="rId42"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId44"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
       <w:type w:val="nextPage"/>
-      <w:pgSz w:orient="landscape" w:w="16838" w:h="11906"/>
-      <w:pgMar w:left="1134" w:right="1134" w:gutter="0" w:header="720" w:top="1134" w:footer="0" w:bottom="720"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="1172" w:footer="0" w:bottom="1134"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
+      <w:titlePg/>
       <w:textDirection w:val="lrTb"/>
-      <w:docGrid w:type="default" w:linePitch="100" w:charSpace="0"/>
+      <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...8 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="XO Thames">
-[...10 lines deleted...]
-  <w:font w:name="Courier New">
+  <w:font w:name="Arial Narrow">
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:charset w:val="01"/>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Header"/>
-[...139 lines deleted...]
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Style22"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header20.xml><?xml version="1.0" encoding="utf-8"?>
-[...138 lines deleted...]
-
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Header"/>
-[...139 lines deleted...]
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Style22"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:rPr/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
-      <w:rPr/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-  </w:p>
-[...9 lines deleted...]
-    </w:pPr>
     <w:r>
-      <w:rPr/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-  </w:p>
-[...9 lines deleted...]
-    </w:pPr>
     <w:r>
-      <w:rPr/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-  </w:p>
-[...9 lines deleted...]
-    </w:pPr>
     <w:r>
-      <w:rPr/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:rPr/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
-      <w:rPr/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:rPr/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
-      <w:rPr/>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-      <w:pStyle w:val="Header"/>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:abstractNum w:abstractNumId="1">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
       <w:rPr/>
-    </w:pPr>
-    <w:r>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
       <w:rPr/>
-    </w:r>
-[...8 lines deleted...]
-      <w:pStyle w:val="Header"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
       <w:rPr/>
-    </w:pPr>
-    <w:r>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
       <w:rPr/>
-    </w:r>
-[...8 lines deleted...]
-      <w:pStyle w:val="Header"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
       <w:rPr/>
-    </w:pPr>
-    <w:r>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
       <w:rPr/>
-    </w:r>
-[...1 lines deleted...]
-</w:hdr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="347"/>
+  <w:zoom w:percent="110"/>
+  <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation w:val="true"/>
+  <w:evenAndOddHeaders/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:doNotBreakWrappedTables/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
-        <w:color w:val="000000"/>
         <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens w:val="true"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="25">
-[...26 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="0"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
       <w:bidi w:val="0"/>
-      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:spacing w:before="0" w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="NSimSun" w:cs="Mangal"/>
-[...1 lines deleted...]
-      <w:spacing w:val="0"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="20"/>
-      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="44"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="Heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
       <w:b/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="Heading 3"/>
-    <w:basedOn w:val="23"/>
-[...1 lines deleted...]
-    <w:uiPriority w:val="9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:before="140" w:after="120"/>
+      <w:keepNext w:val="true"/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:ind w:hanging="1418" w:left="1418" w:right="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="Heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:shd w:val="clear" w:fill="FFFFFF"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...17 lines deleted...]
-    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="-8"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
-[...49 lines deleted...]
-    <w:link w:val="111"/>
+  <w:style w:type="character" w:styleId="WW8Num1z0">
+    <w:name w:val="WW8Num1z0"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="Contents2">
-    <w:name w:val="Contents 2"/>
+  <w:style w:type="character" w:styleId="WW8Num1z1">
+    <w:name w:val="WW8Num1z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z2">
+    <w:name w:val="WW8Num1z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z3">
+    <w:name w:val="WW8Num1z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z4">
+    <w:name w:val="WW8Num1z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z5">
+    <w:name w:val="WW8Num1z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z6">
+    <w:name w:val="WW8Num1z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z7">
+    <w:name w:val="WW8Num1z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z8">
+    <w:name w:val="WW8Num1z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z0">
+    <w:name w:val="WW8Num2z0"/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="XO Thames" w:hAnsi="XO Thames"/>
-      <w:sz w:val="28"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z1">
+    <w:name w:val="WW8Num2z1"/>
+    <w:qFormat/>
+    <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="WW8Num2z2">
     <w:name w:val="WW8Num2z2"/>
-    <w:link w:val="WW8Num2z21"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="FontStyle28">
-[...11 lines deleted...]
-    <w:link w:val="DefaultParagraphFont1"/>
+  <w:style w:type="character" w:styleId="WW8Num2z3">
+    <w:name w:val="WW8Num2z3"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="Contents4">
-[...34 lines deleted...]
-    <w:link w:val="WW-Absatz-Standardschriftart2"/>
+  <w:style w:type="character" w:styleId="WW8Num2z4">
+    <w:name w:val="WW8Num2z4"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="Contents6">
-[...9 lines deleted...]
-    <w:link w:val="211"/>
+  <w:style w:type="character" w:styleId="WW8Num2z5">
+    <w:name w:val="WW8Num2z5"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="Contents7">
-[...9 lines deleted...]
-    <w:link w:val="WW-Absatz-Standardschriftart111111112"/>
+  <w:style w:type="character" w:styleId="WW8Num2z6">
+    <w:name w:val="WW8Num2z6"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="11">
-[...127 lines deleted...]
-    <w:link w:val="WW8Num3z51"/>
+  <w:style w:type="character" w:styleId="WW8Num2z7">
+    <w:name w:val="WW8Num2z7"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="WW8Num2z8">
     <w:name w:val="WW8Num2z8"/>
-    <w:link w:val="WW8Num2z81"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="Caption1">
-[...8 lines deleted...]
-    <w:link w:val="WW8Num5z41"/>
+  <w:style w:type="character" w:styleId="Style10">
+    <w:name w:val="Основной шрифт абзаца"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="Standard">
-[...1 lines deleted...]
-    <w:link w:val="Standard3"/>
+  <w:style w:type="character" w:styleId="Style11">
+    <w:name w:val="Текст выноски Знак"/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:color w:val="000000"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style12">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style13">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="1">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style14">
+    <w:name w:val="Основной текст Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style15">
+    <w:name w:val="Основной текст с отступом Знак"/>
+    <w:qFormat/>
+    <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="14pt">
-[...2 lines deleted...]
-    <w:link w:val="14pt1"/>
+  <w:style w:type="character" w:styleId="Style16">
+    <w:name w:val="Цветовое выделение для Текст"/>
     <w:qFormat/>
     <w:rPr>
-      <w:sz w:val="28"/>
-[...8 lines deleted...]
-      <w:color w:val="000000"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="WW8Num2z1">
-[...1 lines deleted...]
-    <w:link w:val="WW8Num2z11"/>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:rPr>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="11">
+    <w:name w:val="Основной шрифт абзаца1"/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="character" w:styleId="IndexHeading1">
-[...712 lines deleted...]
-    <w:name w:val="Заголовок2"/>
+  <w:style w:type="paragraph" w:styleId="Style17">
+    <w:name w:val="Заголовок"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BodyText"/>
-    <w:link w:val="Style7"/>
     <w:qFormat/>
     <w:pPr>
-      <w:jc w:val="center"/>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:sz w:val="56"/>
+      <w:rFonts w:ascii="Liberation Sans;Arial" w:hAnsi="Liberation Sans;Arial" w:eastAsia="Microsoft YaHei" w:cs="Mangal"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
-      <w:jc w:val="both"/>
+      <w:spacing w:before="0" w:after="120"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
+    <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
     <w:basedOn w:val="BodyText"/>
     <w:pPr/>
-    <w:rPr/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="Caption"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
+      <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
       <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-    <w:name w:val="Указатель3"/>
+  <w:style w:type="paragraph" w:styleId="Style18">
+    <w:name w:val="Указатель"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Style22"/>
     <w:qFormat/>
-    <w:pPr/>
-    <w:rPr/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FontStyle161">
-[...2 lines deleted...]
-    <w:link w:val="FontStyle16"/>
+  <w:style w:type="paragraph" w:styleId="Caption1">
+    <w:name w:val="Caption1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11">
+    <w:name w:val="Caption11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111">
+    <w:name w:val="Caption111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111">
+    <w:name w:val="Caption1111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111">
+    <w:name w:val="Caption11111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111">
+    <w:name w:val="Caption111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111">
+    <w:name w:val="Caption1111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111">
+    <w:name w:val="Caption11111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111">
+    <w:name w:val="Caption111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111">
+    <w:name w:val="Caption1111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111">
+    <w:name w:val="Caption11111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111">
+    <w:name w:val="Caption111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111">
+    <w:name w:val="Caption1111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111111">
+    <w:name w:val="Caption11111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111111">
+    <w:name w:val="Caption111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111111">
+    <w:name w:val="Caption1111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111111111">
+    <w:name w:val="Caption11111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111111111">
+    <w:name w:val="Caption111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111111111">
+    <w:name w:val="Caption1111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111111111111">
+    <w:name w:val="Caption11111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111111111111">
+    <w:name w:val="Caption111111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111111111111">
+    <w:name w:val="Caption1111111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111111111111111">
+    <w:name w:val="Caption11111111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111111111111111">
+    <w:name w:val="Caption111111111111111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:ind w:firstLine="141" w:left="993" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style19">
+    <w:name w:val="Без интервала"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style20">
+    <w:name w:val="Текст выноски"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:sz w:val="26"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="111">
-[...1 lines deleted...]
-    <w:link w:val="1"/>
+  <w:style w:type="paragraph" w:styleId="Style21">
+    <w:name w:val="Колонтитул"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:widowControl/>
-[...424 lines deleted...]
-      <w:ind w:hanging="0" w:left="567" w:right="567"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="708"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
+      </w:tabs>
     </w:pPr>
     <w:rPr/>
-  </w:style>
-[...590 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="Header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="347"/>
-[...1 lines deleted...]
-        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
+        <w:tab w:val="clear" w:pos="708"/>
+        <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9355" w:leader="none"/>
       </w:tabs>
     </w:pPr>
-    <w:rPr/>
-[...11 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
-[...207 lines deleted...]
-      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="Footer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="347"/>
+        <w:tab w:val="clear" w:pos="708"/>
+        <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9355" w:leader="none"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Andale Sans UI;Arial Unicode MS" w:cs="Tahoma"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="de-DE" w:eastAsia="ja-JP" w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style22">
+    <w:name w:val="Верхний колонтитул слева"/>
+    <w:basedOn w:val="Header"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4677"/>
+        <w:tab w:val="clear" w:pos="9355"/>
         <w:tab w:val="center" w:pos="4819" w:leader="none"/>
         <w:tab w:val="right" w:pos="9638" w:leader="none"/>
       </w:tabs>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="WW8Num5z71">
-[...1 lines deleted...]
-    <w:link w:val="WW8Num5z7"/>
+  <w:style w:type="numbering" w:styleId="WW8Num1">
+    <w:name w:val="WW8Num1"/>
     <w:qFormat/>
-    <w:pPr>
-[...1076 lines deleted...]
-    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header11.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header12.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header13.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header14.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header15.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header16.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header17.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header18.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header19.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header20.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header21.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header22.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header23.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header24.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header25.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header26.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header28.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header29.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header30.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header31.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header32.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header33.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header34.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header35.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header36.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header38.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header39.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header40.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header41.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header42.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.korenovsk.ru/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.korenovsk.ru/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
 </Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="LibreOffice">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="ffffff"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="18a303"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="0369a3"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="a33e03"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8e03a3"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="c99c00"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="c9211e"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000ee"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="551a8b"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
-        <a:ea typeface=""/>
-        <a:cs typeface=""/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
-        <a:ea typeface=""/>
-        <a:cs typeface=""/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="6350">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="6350">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
+          <a:miter/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/24.2.5.2$Windows_X86_64 LibreOffice_project/bffef4ea93e59bebbeaf7f431bb02b1a39ee8a59</Application>
+  <Application>LibreOffice/7.6.4.1$Windows_X86_64 LibreOffice_project/e19e193f88cd6c0525a17fb7a176ed8e6a3e2aa1</Application>
   <AppVersion></AppVersion>
-  <Pages>56</Pages>
-[...3 lines deleted...]
-  <Paragraphs>1822</Paragraphs>
+  <Pages>6</Pages>
+  <Words>1445</Words>
+  <Characters>11337</Characters>
+  <CharactersWithSpaces>13504</CharactersWithSpaces>
+  <Paragraphs>69</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>Bokr</dc:creator>
   <dc:description/>
   <dc:language>ru-RU</dc:language>
   <cp:lastModifiedBy/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:subject/>
-  <dc:title/>
+  <dc:title>О создании оргкомитета по проведению публичных слушаний</dc:title>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+</file>