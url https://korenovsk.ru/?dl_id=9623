--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,7489 +1,4777 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
+</Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...1 lines deleted...]
-        <w:pageBreakBefore/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="4428" w:leader="none"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...35 lines deleted...]
-        </w:pict>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="640715" cy="737870"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Изображение1" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Изображение1" descr=""/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId2"/>
+                    <a:srcRect l="-1390" t="-1113" r="-1390" b="-1113"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="640715" cy="737870"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2025    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                       № 168</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:autoSpaceDE w:val="false"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk202972879"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk202972879"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="432" w:left="432" w:right="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>О внесении изменений в постановление администрации муниципального образования Кореновский муниципальный район Краснодарского края от 2 июля 2025 года № 890</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="432" w:left="432" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="zxx"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«Об утверждении состава межведомственной комиссии администрации муниципального образования Кореновский муниципальный район Краснодарского края по использованию жилищного фонда»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="432" w:left="432" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="zxx"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="zxx"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="432" w:left="432" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В связи с кадровыми изменениями администрация муниципального образования Кореновский муниципальный район Краснодарского края              п о с т а н о в л я е т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:firstLine="720" w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внести изменение в постановление администрации муниципального образования Кореновский муниципальный район Краснодарского края от 2 июля 2025 года № 890 «Об утверждении состава межведомственной комиссии администрации муниципального образования Кореновский муниципальный район Краснодарского края по использованию жилищного фонда», изложив приложение в новой редакции (Прилагается)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1417" w:leader="none"/>
         </w:tabs>
-        <w:jc w:val="center"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i w:val="0"/>
-[...15 lines deleted...]
-        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Управлению службы протокола и информационной политики администрации муниципального образования Кореновский муниципальный  район Краснодарского края обеспечить размещение настоящего постановления на официальном сайте администрации муниципального образования Кореновский муниципальный район Краснодарского края в информационно-телекоммуникационной сети «Интернет».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...1 lines deleted...]
-        <w:pStyle w:val="2"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1417" w:leader="none"/>
         </w:tabs>
-        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i w:val="0"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Постановление вступает в силу со дня его подписания</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1417" w:leader="none"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i w:val="0"/>
-[...5 lines deleted...]
-        <w:t>КОРЕНОВСКИЙ  РАЙОН</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...18 lines deleted...]
-      <w:r>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1417" w:leader="none"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i w:val="0"/>
-[...5 lines deleted...]
-        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...87 lines deleted...]
-        <w:t>684</w:t>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1255" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лава</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...12 lines deleted...]
-        <w:t>г.  Кореновск</w:t>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1255" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края                                                                  С.А. Голобородько</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:sectPr>
+          <w:headerReference w:type="default" r:id="rId3"/>
+          <w:type w:val="nextPage"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="720" w:top="1134" w:footer="0" w:bottom="720"/>
+          <w:pgNumType w:start="1" w:fmt="decimal"/>
+          <w:formProt w:val="false"/>
+          <w:textDirection w:val="lrTb"/>
+          <w:docGrid w:type="default" w:linePitch="600" w:charSpace="4294961151"/>
+        </w:sectPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="432" w:left="4536" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="432" w:left="4536" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>УТВЕРЖДЕН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="432" w:left="4536" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="zxx"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">остановлением </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Об утверждении плана мониторинга правоприменения муниципальны</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>ад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>министрации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>муниципального образования Кореновский</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> муниципальный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Краснодарского края</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...103 lines deleted...]
-        <w:t xml:space="preserve"> администрация муниципального образования Кореновский район          п о с т а н о в л я е т:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:left="4536" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">01.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1684</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...67 lines deleted...]
-        <w:t>.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:left="5103" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...82 lines deleted...]
-        <w:t>ционно-телекоммуникационной сети «Интернет».</w:t>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...43 lines deleted...]
-        <w:t>И.А. Максименко.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="432" w:left="432" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СОСТАВ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...16 lines deleted...]
-        <w:t>4. Постановление вступает в силу со дня его подписания.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="432" w:left="432" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">межведомственной комиссии администрации муниципального образования Кореновский муниципальный район Краснодарского края по использованию жилищного фонда </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...334 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-8" w:type="dxa"/>
+        <w:tblW w:w="9508" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="55" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="55" w:type="dxa"/>
+          <w:top w:w="108" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="108" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="576"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1596"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="6673"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00000000">
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1208" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:pStyle w:val="Normal"/>
+              <w:ind w:hanging="0" w:right="624"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>№</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сторчун</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Normal"/>
+              <w:ind w:hanging="0" w:right="624"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>п\п</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Борис </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:ind w:hanging="0" w:right="624"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Иванович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3669" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6673" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Style74"/>
+              <w:ind w:left="57" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>Реквизиты муниципального правового акта, подлежащего мониторингу</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- заместитель главы муниципального образования Кореновский муниципальный район, Краснодарского края, председатель комиссии;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1389" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:ind w:hanging="0" w:right="624"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дружинкин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:ind w:hanging="0" w:right="624"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Александр Евгеньевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6673" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Style74"/>
+              <w:ind w:left="57" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Вид мониторинга</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- заместитель главы муниципального образования Кореновский муниципальный район, Краснодарского края, заместитель председателя комиссии;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1435" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:ind w:hanging="0" w:right="624"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Байгин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:ind w:hanging="0" w:right="624"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сергей Юрьевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6673" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Style66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Ответственный орган </w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- начальник отдела строительства администрации муниципального образования Кореновский муниципальный район, Краснодарского края, секретарь комиссии;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="303" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9508" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="432" w:left="432" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Члены межведомственной комиссии:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1605" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style74"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Буренин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style74"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Александр Владимирович</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1596" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6673" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Style74"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...2 lines deleted...]
-              <w:t>Срок проведения мониторинга</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- начальник отдела государственного бюджетного учреждения ГБУ КК «Крайтехинвентаризация-Краевое БТИ» по Кореновскому району (по согласованию);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1584" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Style74"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Солнушко</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style74"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Анна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style74"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Николаевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3669" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6673" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Normal"/>
+              <w:ind w:firstLine="37" w:right="0"/>
+              <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:t>«Об утверждении Перечня главных администраторов доходов бюджета муниципального образования Кореновский район и Порядка внесения изменений в Перечень главных админристраторов доходов бюджета муниципального образования Кореновский район»</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- ведущий специалист управления архитектуры и градостроительства администрации муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...3 lines deleted...]
-          </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1736" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Style74"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>текущий</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Чекмез</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style74"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дарья </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style74"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Владимировна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6673" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Style74"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Финансовое </w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- главный специалист отдела жилищно-коммунального хозяйства, транспорта и связи администрации муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9508" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="108" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="108" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="6673"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1158" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style74"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>управление администрации муниципального образования Кореновский район</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Грицаев</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style74"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Дмитрий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style74"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Николаевич</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1596" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6673" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Style74"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>1 квартал 2025 года</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- начальник юридического отдела администрации муниципального образования Кореновский муниципальный район Краснодарского края;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00000000">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Style74"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Шапошник</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style74"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Анастасия </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style74"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Алексеевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3669" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6673" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Style74"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="ru-RU"/>
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- инженер-проектировщик ООО «АТРИУМ» (по согласованию);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...3 lines deleted...]
-          </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1875" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Style74"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-              <w:t>текущий</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Петербургская</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:ind w:hanging="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Светлана Анатольевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6673" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="Style74"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>Управление сельского хозяйства администрации муниципального образ</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- старший специалист первого разряда территориального отдела Управления Роспотребнадзора по Краснодарскому краю в Выселковском, Усть-Лабинском, Кореновском, Динском районах (по согласованию);</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1443" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style74"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>ования Кореновский район</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Суходоева</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style74"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Людмила</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style74"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ивановна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1596" w:type="dxa"/>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6673" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ae"/>
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:pStyle w:val="Style74"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...3946 lines deleted...]
-              <w:t>2025 год</w:t>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- заместитель начальника Кореновского отдела Управления Федеральной службы государственной регистрации, кадастра и картографии по Краснодарскому краю (по согласованию);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:lineRule="atLeast" w:line="200"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...16 lines deleted...]
-          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Заместитель главы </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...18 lines deleted...]
-        <w:t>муниципального образования</w:t>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципального образования </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...18 lines deleted...]
-        <w:t>Кореновский район                                                                         И.А. Максименко</w:t>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кореновский муниципальный район</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:ind w:hanging="0" w:right="0"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">         Б.И. Сторчун</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68">
-[...42 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId10"/>
+    <w:sectPr>
+      <w:headerReference w:type="even" r:id="rId4"/>
+      <w:headerReference w:type="default" r:id="rId5"/>
+      <w:headerReference w:type="first" r:id="rId6"/>
+      <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1693" w:right="567" w:bottom="1134" w:left="1701" w:header="1134" w:footer="720" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+      <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="1172" w:footer="0" w:bottom="1134"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:formProt w:val="false"/>
+      <w:titlePg/>
+      <w:textDirection w:val="lrTb"/>
+      <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Andale Sans UI">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Symbol">
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:charset w:val="cc"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:charset w:val="cc"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:charset w:val="cc"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...19 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:altName w:val="Arial Unicode MS"/>
-    <w:charset w:val="CC"/>
-[...1 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Mangal">
-    <w:panose1 w:val="00000400000000000000"/>
+  <w:font w:name="Verdana">
+    <w:charset w:val="cc"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:charset w:val="cc"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
-[...45 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...2 lines deleted...]
-      <w:pStyle w:val="af1"/>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
-    </w:pPr>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00000000" w:rsidRDefault="000E5E68"/>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:autoSpaceDE w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:autoSpaceDE w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...3 lines deleted...]
-    <w:tmpl w:val="00000001"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
+      <w:pStyle w:val="Heading1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
-      </w:pPr>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%2"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%3"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%4"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%5"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%6"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%7"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%8"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%9"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:name w:val="WW8Num2"/>
+  <w:abstractNum w:abstractNumId="2">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
-      </w:pPr>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%2"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%3"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
-      </w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%4"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
-      </w:pPr>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%5"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%6"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%7"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%8"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
-      <w:lvlText w:val="%9"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
-      </w:pPr>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1725" w:hanging="1005"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:zoom w:percent="110"/>
   <w:displayBackgroundShape/>
-  <w:embedSystemFonts/>
-[...21 lines deleted...]
-  </w:endnotePr>
+  <w:defaultTabStop w:val="720"/>
+  <w:autoHyphenation w:val="true"/>
+  <w:evenAndOddHeaders/>
   <w:compat>
-    <w:spaceForUL/>
-[...20 lines deleted...]
-    <w:cachedColBalance/>
+    <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
-  <w:rsids>
-[...28 lines deleted...]
-  <w15:docId w15:val="{F5239BE4-0E7A-429C-B00F-107FC6A753DC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="NSimSun" w:cs="Mangal"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="true"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...372 lines deleted...]
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-      <w:kern w:val="2"/>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:autoSpaceDE w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:ind w:firstLine="720" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:color w:val="auto"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang/>
-[...8 lines deleted...]
-      <w:keepNext/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
       <w:numPr>
+        <w:ilvl w:val="0"/>
         <w:numId w:val="1"/>
       </w:numPr>
-      <w:spacing w:line="100" w:lineRule="atLeast"/>
-      <w:ind w:left="1065" w:hanging="360"/>
+      <w:spacing w:before="108" w:after="108"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
+      <w:color w:val="26282F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="Heading 2"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="Heading 3"/>
+    <w:basedOn w:val="Heading2"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="Heading 4"/>
+    <w:basedOn w:val="Heading3"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z0">
+    <w:name w:val="WW8Num1z0"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
-      <w:lang w:eastAsia="ar-SA"/>
-[...18 lines deleted...]
-      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Tahoma"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z0">
+    <w:name w:val="WW8Num2z0"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z1">
+    <w:name w:val="WW8Num2z1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z2">
+    <w:name w:val="WW8Num2z2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z3">
+    <w:name w:val="WW8Num2z3"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z0">
+    <w:name w:val="WW8Num3z0"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style10">
+    <w:name w:val="Основной шрифт абзаца"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z1">
+    <w:name w:val="WW8Num3z1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z2">
+    <w:name w:val="WW8Num3z2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z3">
+    <w:name w:val="WW8Num3z3"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z0">
+    <w:name w:val="WW8Num4z0"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z1">
+    <w:name w:val="WW8Num1z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z2">
+    <w:name w:val="WW8Num1z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z3">
+    <w:name w:val="WW8Num1z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z4">
+    <w:name w:val="WW8Num1z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z5">
+    <w:name w:val="WW8Num1z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z6">
+    <w:name w:val="WW8Num1z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z7">
+    <w:name w:val="WW8Num1z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z8">
+    <w:name w:val="WW8Num1z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z4">
+    <w:name w:val="WW8Num2z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z5">
+    <w:name w:val="WW8Num2z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z6">
+    <w:name w:val="WW8Num2z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z7">
+    <w:name w:val="WW8Num2z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z8">
+    <w:name w:val="WW8Num2z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z4">
+    <w:name w:val="WW8Num3z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z5">
+    <w:name w:val="WW8Num3z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z6">
+    <w:name w:val="WW8Num3z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z7">
+    <w:name w:val="WW8Num3z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z8">
+    <w:name w:val="WW8Num3z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="10">
+    <w:name w:val="Основной шрифт абзаца10"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="9">
+    <w:name w:val="Основной шрифт абзаца9"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Absatz-Standardschriftart">
+    <w:name w:val="Absatz-Standardschriftart"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart">
+    <w:name w:val="WW-Absatz-Standardschriftart"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1">
+    <w:name w:val="WW-Absatz-Standardschriftart1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11">
+    <w:name w:val="WW-Absatz-Standardschriftart11"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111">
+    <w:name w:val="WW-Absatz-Standardschriftart111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="8">
+    <w:name w:val="Основной шрифт абзаца8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="7">
+    <w:name w:val="Основной шрифт абзаца7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z1">
+    <w:name w:val="WW8Num4z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z2">
+    <w:name w:val="WW8Num4z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z3">
+    <w:name w:val="WW8Num4z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z4">
+    <w:name w:val="WW8Num4z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z5">
+    <w:name w:val="WW8Num4z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z6">
+    <w:name w:val="WW8Num4z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z7">
+    <w:name w:val="WW8Num4z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z8">
+    <w:name w:val="WW8Num4z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="6">
+    <w:name w:val="Основной шрифт абзаца6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="5">
+    <w:name w:val="Основной шрифт абзаца5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="4">
+    <w:name w:val="Основной шрифт абзаца4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="3">
+    <w:name w:val="Основной шрифт абзаца3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="2">
+    <w:name w:val="Основной шрифт абзаца2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="1">
+    <w:name w:val="Основной шрифт абзаца1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style11">
+    <w:name w:val="Цветовое выделение"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="26282F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style12">
+    <w:name w:val="Гипертекстовая ссылка"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="106BBE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style13">
+    <w:name w:val="Активная гипертекстовая ссылка"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="106BBE"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style14">
+    <w:name w:val="Выделение для Базового Поиска"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="0058A9"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style15">
+    <w:name w:val="Выделение для Базового Поиска (курсив)"/>
+    <w:qFormat/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="4F81BD"/>
-[...91 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="0058A9"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="11">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="21">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="31">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-[...1 lines deleted...]
-    <w:rPr>
+  <w:style w:type="character" w:styleId="41">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style16">
+    <w:name w:val="Заголовок своего сообщения"/>
+    <w:basedOn w:val="Style11"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style17">
+    <w:name w:val="Заголовок чужого сообщения"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style18">
+    <w:name w:val="Найденные слова"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="26282F"/>
+      <w:shd w:fill="FFF580" w:val="clear"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style19">
+    <w:name w:val="Не вступил в силу"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:shd w:fill="D8EDE8" w:val="clear"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style20">
+    <w:name w:val="Опечатки"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style21">
+    <w:name w:val="Продолжение ссылки"/>
+    <w:basedOn w:val="Style12"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style22">
+    <w:name w:val="Сравнение редакций"/>
+    <w:basedOn w:val="Style11"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style23">
+    <w:name w:val="Сравнение редакций. Добавленный фрагмент"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:shd w:fill="C1D7FF" w:val="clear"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style24">
+    <w:name w:val="Сравнение редакций. Удаленный фрагмент"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:shd w:fill="C4C413" w:val="clear"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style25">
+    <w:name w:val="Ссылка на утративший силу документ"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="749232"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style26">
+    <w:name w:val="Утратил силу"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:strike/>
+      <w:color w:val="666600"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style27">
+    <w:name w:val="Основной текст Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
-    </w:rPr>
-[...44 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle16">
+    <w:name w:val="Font Style16"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
-[...42 lines deleted...]
-  <w:style w:type="character" w:styleId="a9">
+  <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle33">
-[...25 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+  <w:style w:type="character" w:styleId="Style28">
+    <w:name w:val="Цветовое выделение для Текст"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+      <w:u w:val="single"/>
+      <w:lang w:val="zxx" w:bidi="zxx"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style29">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style30">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style31">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style32">
+    <w:name w:val="Тема примечания Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style33">
+    <w:name w:val="Текст примечания Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:kern w:val="2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style34">
+    <w:name w:val="Знак примечания"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style35">
     <w:name w:val="Маркеры"/>
-    <w:rPr>
-[...15 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:eastAsia="OpenSymbol" w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style36">
+    <w:name w:val="Символ нумерации"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="29"/>
+      <w:szCs w:val="33"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num8z0">
+    <w:name w:val="WW8Num8z0"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="DejaVu Sans"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style37">
+    <w:name w:val="Заголовок"/>
+    <w:basedOn w:val="Style39"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
       <w:b/>
-      <w:color w:val="000000"/>
-[...76 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a0">
+      <w:bCs/>
+      <w:color w:val="0058A9"/>
+      <w:shd w:fill="F0F0F0" w:val="clear"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="a"/>
-[...4 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ac">
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:spacing w:before="0" w:after="120"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
-    <w:basedOn w:val="a0"/>
-[...6 lines deleted...]
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
-    </w:rPr>
-[...3 lines deleted...]
-    <w:basedOn w:val="a"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style38">
+    <w:name w:val="Указатель"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Tahoma"/>
-[...4 lines deleted...]
-    <w:basedOn w:val="a"/>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style39">
+    <w:name w:val="Основное меню (преемственное)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style40">
+    <w:name w:val="Название объекта"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Tahoma"/>
+      <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
-    </w:rPr>
-[...3 lines deleted...]
-    <w:basedOn w:val="a"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="101">
+    <w:name w:val="Указатель10"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1">
+    <w:name w:val="Caption1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="91">
+    <w:name w:val="Название объекта9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="92">
+    <w:name w:val="Указатель9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="81">
+    <w:name w:val="Название объекта8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lohit Hindi;Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="82">
+    <w:name w:val="Указатель8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lohit Hindi;Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="71">
+    <w:name w:val="Название объекта7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="72">
+    <w:name w:val="Указатель7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="61">
+    <w:name w:val="Название объекта6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="62">
+    <w:name w:val="Указатель6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="51">
+    <w:name w:val="Название объекта5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="52">
+    <w:name w:val="Указатель5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="42">
+    <w:name w:val="Название объекта4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lohit Hindi;Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="43">
+    <w:name w:val="Указатель4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Lohit Hindi;Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="32">
+    <w:name w:val="Название объекта3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="33">
+    <w:name w:val="Указатель3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="22">
+    <w:name w:val="Название объекта2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="23">
+    <w:name w:val="Указатель2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="12">
+    <w:name w:val="Название объекта1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="13">
+    <w:name w:val="Указатель1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style41">
+    <w:name w:val="Внимание"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240"/>
+      <w:ind w:firstLine="300" w:left="420" w:right="420"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:fill="F5F3DA" w:val="clear"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style42">
+    <w:name w:val="Внимание: криминал!!"/>
+    <w:basedOn w:val="Style41"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style43">
+    <w:name w:val="Внимание: недобросовестность!"/>
+    <w:basedOn w:val="Style41"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style44">
+    <w:name w:val="Дочерний элемент списка"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="868381"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style45">
+    <w:name w:val="Заголовок группы контролов"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-    </w:rPr>
-[...10 lines deleted...]
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Arial" w:hAnsi="Courier New" w:cs="Tahoma"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style46">
+    <w:name w:val="Заголовок для информации об изменениях"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:spacing w:before="0" w:after="108"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="false"/>
+      <w:bCs w:val="false"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:shd w:fill="FFFFFF" w:val="clear"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style47">
+    <w:name w:val="Заголовок распахивающейся части диалога"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000080"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style48">
+    <w:name w:val="Заголовок статьи"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:hanging="892" w:left="1612" w:right="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style49">
+    <w:name w:val="Заголовок ЭР (левое окно)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="300" w:after="250"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="26282F"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style50">
+    <w:name w:val="Заголовок ЭР (правое окно)"/>
+    <w:basedOn w:val="Style49"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="300" w:after="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style51">
+    <w:name w:val="Интерактивный заголовок"/>
+    <w:basedOn w:val="Style37"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style52">
+    <w:name w:val="Текст информации об изменениях"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:color w:val="353842"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style53">
+    <w:name w:val="Информация об изменениях"/>
+    <w:basedOn w:val="Style52"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="180" w:after="0"/>
+      <w:ind w:hanging="0" w:left="360" w:right="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:fill="EAEFED" w:val="clear"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style54">
+    <w:name w:val="Текст (справка)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:hanging="0" w:left="170" w:right="170"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style55">
+    <w:name w:val="Комментарий"/>
+    <w:basedOn w:val="Style54"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="75" w:after="0"/>
+      <w:ind w:hanging="0" w:left="170" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="353842"/>
+      <w:shd w:fill="F0F0F0" w:val="clear"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style56">
+    <w:name w:val="Информация об изменениях документа"/>
+    <w:basedOn w:val="Style55"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style57">
+    <w:name w:val="Текст (лев. подпись)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style58">
+    <w:name w:val="Колонтитул (левый)"/>
+    <w:basedOn w:val="Style57"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style59">
+    <w:name w:val="Текст (прав. подпись)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style60">
+    <w:name w:val="Колонтитул (правый)"/>
+    <w:basedOn w:val="Style59"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style61">
+    <w:name w:val="Комментарий пользователя"/>
+    <w:basedOn w:val="Style55"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:fill="FFDFE0" w:val="clear"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style62">
+    <w:name w:val="Куда обратиться?"/>
+    <w:basedOn w:val="Style41"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style63">
+    <w:name w:val="Моноширинный"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style64">
+    <w:name w:val="Напишите нам"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="90" w:after="90"/>
+      <w:ind w:hanging="0" w:left="180" w:right="180"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:shd w:fill="EFFFAD" w:val="clear"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style65">
+    <w:name w:val="Необходимые документы"/>
+    <w:basedOn w:val="Style41"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:firstLine="118" w:left="420" w:right="420"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style66">
+    <w:name w:val="Нормальный (таблица)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style67">
+    <w:name w:val="Таблицы (моноширинный)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style68">
+    <w:name w:val="Оглавление"/>
+    <w:basedOn w:val="Style67"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:hanging="0" w:left="140" w:right="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style69">
+    <w:name w:val="Переменная часть"/>
+    <w:basedOn w:val="Style39"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style70">
+    <w:name w:val="Подвал для информации об изменениях"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="false"/>
+      <w:bCs w:val="false"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style71">
+    <w:name w:val="Подзаголовок для информации об изменениях"/>
+    <w:basedOn w:val="Style52"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style72">
+    <w:name w:val="Подчёркнутый текст"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:pBdr>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style73">
+    <w:name w:val="Постоянная часть"/>
+    <w:basedOn w:val="Style39"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style74">
+    <w:name w:val="Прижатый влево"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style75">
+    <w:name w:val="Пример."/>
+    <w:basedOn w:val="Style41"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style76">
+    <w:name w:val="Примечание."/>
+    <w:basedOn w:val="Style41"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style77">
+    <w:name w:val="Словарная статья"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:hanging="0" w:left="0" w:right="118"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style78">
+    <w:name w:val="Ссылка на официальную публикацию"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style79">
+    <w:name w:val="Текст в таблице"/>
+    <w:basedOn w:val="Style66"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:firstLine="500" w:left="0" w:right="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style80">
+    <w:name w:val="Текст ЭР (см. также)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style81">
+    <w:name w:val="Технический комментарий"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="463F31"/>
+      <w:shd w:fill="FFFFA6" w:val="clear"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style82">
+    <w:name w:val="Формула"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240"/>
+      <w:ind w:firstLine="300" w:left="420" w:right="420"/>
+    </w:pPr>
+    <w:rPr>
+      <w:shd w:fill="F5F3DA" w:val="clear"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style83">
+    <w:name w:val="Центрированный (таблица)"/>
+    <w:basedOn w:val="Style66"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="-">
+    <w:name w:val="ЭР-содержание (правое окно)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="300" w:after="0"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusTitle">
+    <w:name w:val="ConsPlusTitle"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:autoSpaceDE w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:ind w:firstLine="851" w:left="0" w:right="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
       <w:kern w:val="2"/>
-      <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-    <w:pPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style84">
+    <w:name w:val="Обычный (веб)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE w:val="true"/>
+      <w:spacing w:before="100" w:after="100"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style85">
+    <w:name w:val="Содержимое таблицы"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style86">
+    <w:name w:val="Заголовок таблицы"/>
+    <w:basedOn w:val="Style85"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style87">
+    <w:name w:val="Верхний и нижний колонтитулы"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
       <w:tabs>
-        <w:tab w:val="left" w:pos="916"/>
-[...14 lines deleted...]
-        <w:tab w:val="left" w:pos="14656"/>
+        <w:tab w:val="clear" w:pos="720"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
       </w:tabs>
-      <w:jc w:val="both"/>
-[...30 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style88">
+    <w:name w:val="Колонтитул"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="720"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="720"/>
+        <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9355" w:leader="none"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="720"/>
+        <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9355" w:leader="none"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Mangal"/>
+      <w:color w:val="00000A"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style89">
+    <w:name w:val="Текст выноски"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="14">
     <w:name w:val="Обычный1"/>
-    <w:pPr>
-[...5 lines deleted...]
-      <w:spacing w:line="100" w:lineRule="atLeast"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="DejaVu Sans" w:cs="Tahoma"/>
-      <w:color w:val="00000A"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="DejaVu Sans" w:cs="Tahoma"/>
+      <w:color w:val="auto"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:bidi="hi-IN"/>
-[...11 lines deleted...]
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style90">
+    <w:name w:val="Содержимое врезки"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style91">
+    <w:name w:val="Тема примечания"/>
+    <w:basedOn w:val="Style92"/>
+    <w:next w:val="Style92"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="000000"/>
-[...56 lines deleted...]
-      <w:rFonts w:ascii="Liberation Mono" w:eastAsia="NSimSun" w:hAnsi="Liberation Mono" w:cs="Liberation Mono"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style92">
+    <w:name w:val="Текст примечания"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style7">
-[...4 lines deleted...]
-      <w:ind w:firstLine="720"/>
+  <w:style w:type="paragraph" w:styleId="Style93">
+    <w:name w:val="Обычный (Интернет)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="false"/>
+      <w:overflowPunct w:val="true"/>
       <w:jc w:val="both"/>
-    </w:pPr>
-[...5 lines deleted...]
-      <w:spacing w:line="324" w:lineRule="exact"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style94">
+    <w:name w:val="Абзац списка"/>
+    <w:basedOn w:val="Standard"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:spacing w:before="0" w:after="160"/>
+      <w:ind w:hanging="0" w:left="720" w:right="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Style37"/>
+    <w:next w:val="Textbody"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
       <w:jc w:val="center"/>
-    </w:pPr>
-[...17 lines deleted...]
-      <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="22">
-[...2 lines deleted...]
-      <w:suppressAutoHyphens/>
+  <w:style w:type="paragraph" w:styleId="Textbody">
+    <w:name w:val="Text body"/>
+    <w:basedOn w:val="Standard"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:spacing w:before="0" w:after="120"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Serif" w:eastAsia="0" w:hAnsi="Liberation Serif" w:cs="0"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="DejaVu Sans" w:cs="Tahoma"/>
+      <w:color w:val="auto"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
-    </w:rPr>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num1">
+    <w:name w:val="WW8Num1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num2">
+    <w:name w:val="WW8Num2"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num3">
+    <w:name w:val="WW8Num3"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num4">
+    <w:name w:val="WW8Num4"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num5">
+    <w:name w:val="WW8Num5"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num6">
+    <w:name w:val="WW8Num6"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num7">
+    <w:name w:val="WW8Num7"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num8">
+    <w:name w:val="WW8Num8"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num9">
+    <w:name w:val="WW8Num9"/>
+    <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="garantf1://86367.0" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
+</Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="LibreOffice">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="18a303"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="0369a3"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="a33e03"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8e03a3"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="c99c00"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="c9211e"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000ee"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="551a8b"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...50 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+          <a:miter/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
-          <a:schemeClr val="phClr">
-[...2 lines deleted...]
-          </a:schemeClr>
+          <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...25 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-[...5 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal_x0000_</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...11 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Application>LibreOffice/7.6.4.1$Windows_X86_64 LibreOffice_project/e19e193f88cd6c0525a17fb7a176ed8e6a3e2aa1</Application>
   <AppVersion></AppVersion>
+  <Pages>3</Pages>
+  <Words>391</Words>
+  <Characters>3300</Characters>
+  <CharactersWithSpaces>3853</CharactersWithSpaces>
+  <Paragraphs>66</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>НПП "Гарант-Сервис"</dc:creator>
+  <dc:description>Документ экспортирован из системы ГАРАНТ</dc:description>
+  <cp:keywords/>
+  <dc:language>ru-RU</dc:language>
+  <cp:lastModifiedBy/>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+  <dc:subject/>
   <dc:title/>
-  <dc:subject/>
-[...6 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>