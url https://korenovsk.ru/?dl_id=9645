--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,32160 +1,6303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...25 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/media/image1.png" ContentType="image/png"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
+</Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:background w:color="FFFFFF"/>
+<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="709"/>
+          <w:tab w:val="left" w:pos="4428" w:leader="none"/>
+        </w:tabs>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="557530" cy="692150"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Picture 3" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Picture 3" descr=""/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId2"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="557530" cy="692150"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
-[...1 lines deleted...]
-        <w:ind w:firstLine="0"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:lang/>
-[...30 lines deleted...]
-        </w:pict>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...178 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...4 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>АДМИНИСТРАЦИЯ  МУНИЦИПАЛЬНОГО  ОБРАЗОВАНИЯ КОРЕНОВСКИЙ  МУНИЦИПАЛЬНЫЙ  РАЙОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">риториального планирования поселений </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КРАСНОДАРСКОГО  КРАЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> годы» </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>от 10.12.2025                                                                                                                           № 1738</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>г. Кореновск</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
-[...410 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...22 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>внесении изменений постановление администрация муниципального образования Кореновский район № 1144 от 27.09.2025 года « О</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> создании комиссии по оценке последствий принятия решения о реконструкции, модернизации, об изменении назначения объекта социальной инфраструктуры для детей, являющегося муниципальной собственностью муниципального образования Кореновский район, заключении муниципальной организацией муниципального образования Кореновский район, образующей социальную инфраструктуру для детей, договора аренды, договора безвозмездного пользования закреплённых за ней объектов собственности муниципальных организаций муниципального образования Кореновский район, образующих социальную инфраструктуру для детей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">»              </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="737" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В связи с кадровыми изменениями администрация муниципального образования Кореновский район п о с т а н о в л я е т:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="680" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Внести изменение в постановление </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="zxx"/>
+        </w:rPr>
+        <w:t>администрации муниципального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="zxx"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="zxx"/>
+        </w:rPr>
+        <w:t>образования Кореновский район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:bidi="zxx"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:bidi="zxx"/>
+        </w:rPr>
+        <w:t>от 20.09.2024 года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="zxx"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:bidi="zxx"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1144 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:bidi="zxx"/>
+        </w:rPr>
+        <w:t>«О</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> создании комиссии по оценке последствий принятия решения о реконструкции, модернизации, об изменении назначения объекта социальной инфраструктуры для детей, являющегося муниципальной собственностью муниципального образования Кореновский район, заключении муниципальной организацией муниципального образования Кореновский район, образующей социальную инфраструктуру для детей, договора аренды, договора безвозмездного пользования закреплённых за ней объектов собственности муниципальных организаций муниципального образования Кореновский район, образующих социальную инфраструктуру для детей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
-[...2 lines deleted...]
-        <w:ind w:left="5529" w:firstLine="0"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="680" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="Lohit Hindi" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>2. Признать утратившим силу постановление администрации муниципального образования Кореновский район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="Lohit Hindi" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="Lohit Hindi" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>( с изменениями от № 425</w:t>
+        <w:br/>
+        <w:t xml:space="preserve">от  07.04.2025  года ) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>изложив  приложение № 2 в новой  редакции (Прилагается).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="680" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="Lohit Hindi" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>3. У</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правлению службы протокола и информационной политики </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">администрации муниципального образования  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zxx" w:bidi="zxx"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="zxx"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ореновский муниципальный  район </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="zxx"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечить размещение настоящего постановления                           на официальном сайте администрации муниципального образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zxx" w:bidi="zxx"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="zxx"/>
+        </w:rPr>
+        <w:t>ореновский муниципальный район Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="DejaVu Sans" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в информационно-телекоммуникационной сети «Интернет».</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl w:val="false"/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:ind w:firstLine="680" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Постановл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ение вступает в силу со дня его подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:ind w:firstLine="680" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:ind w:firstLine="680" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:widowControl/>
+        <w:suppressAutoHyphens w:val="true"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:lineRule="atLeast" w:line="100"/>
+        <w:ind w:firstLine="680" w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:fill="FFFFFF" w:val="clear"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лав</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">муниципальный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Краснодарского края</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:tab/>
+        <w:tab/>
+        <w:t xml:space="preserve">                                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    С.А. Голобородько</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="5670" w:right="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к постановлению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>администрации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>муниципального образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кореновский муниципальный </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Краснодарского края </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 10.12.2025  №  1738 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="C9211E"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Состав комиссии </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
-[...550 lines deleted...]
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:jc w:val="center"/>
-[...38 lines deleted...]
-      </w:pPr>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:ind w:hanging="0" w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...3853 lines deleted...]
-        <w:ind w:firstLine="0"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="left"/>
-        <w:rPr>
-[...3018 lines deleted...]
-        <w:tblInd w:w="-169" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="55" w:type="dxa"/>
           <w:left w:w="55" w:type="dxa"/>
           <w:bottom w:w="55" w:type="dxa"/>
           <w:right w:w="55" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="686"/>
-[...15 lines deleted...]
-        <w:gridCol w:w="1461"/>
+        <w:gridCol w:w="4521"/>
+        <w:gridCol w:w="5116"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00000000">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="686" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4521" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
-[...15 lines deleted...]
-              <w:t>п/п</w:t>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Ковалева Татьяна Григорьевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Колупайко Светлана Викторовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Аннина Татьяна Сергеевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Члены Комиссии:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Манько Александр Петрович</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- Пивовар Инна Николаевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="371" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="371" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="371" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="371" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Куземченко Марина Васильевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="371" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="371" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="371" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="371" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="371" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Самойлик </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сергей Викторович</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="371" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="371" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:firstLine="371" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Наумова Марина Геннадьевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сучкова Екатерина Алексеевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-Тепрелюк Анна Николаевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Резцова Наталья Михайловна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-Мартыненко Дарья Викторовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:widowControl/>
+              <w:suppressAutoHyphens w:val="true"/>
+              <w:overflowPunct w:val="false"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1343" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5116" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Наименование мероприятия </w:t>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель главы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="zxx" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - председатель комиссии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель главы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="zxx" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - заместитель председател</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> комиссии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="-522"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="zxx" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="zxx" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Начальник отдела по социальным вопросам администрации муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Заместитель главы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="zxx" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начальник правового управления </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve">администрации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="zxx" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>муниципального образования Кореновский муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>Исполняющий обязанности н</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>ачальник</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>правления образования администрации муниципального образования Кореновский</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:bCs w:val="false"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="ru-RU" w:eastAsia="zxx" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>муниципальный район Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начальник отдела по физической культуре и спорту администрации муниципального образования Кореновский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципальный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve">район </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Начальник отдела имущественных отношений</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> администрации муниципального образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кореновский  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципальный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>район</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>Начальник</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>земельных отношений администрации муниципального образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кореновский  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципальный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>район</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Начальник финансового управления администрации муниципального образования Кореновский  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципальный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>район</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>Начальник  отдела  опеки и попечительства в отношении несовершеннолетних</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve">администрации муниципального образования Кореновский  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципальный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>район</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>Исполняющий обязанности начальника отдела культуры администрации муниципального образования Кореновский  муниципальный район</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>Краснодарского края</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Style21"/>
+        <w:bidi w:val="0"/>
+        <w:ind w:firstLine="709" w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9645" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6802"/>
+        <w:gridCol w:w="2842"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6802" w:type="dxa"/>
+            <w:tcBorders/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style22"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Заместитель главы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style22"/>
+              <w:bidi w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>муниципального образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кореновский  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t xml:space="preserve">муниципальный </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>район</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU" w:bidi="zxx"/>
+              </w:rPr>
+              <w:t>Краснодарского края</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="416" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
+            <w:tcBorders/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
-[...600 lines deleted...]
-                <w:szCs w:val="26"/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:bidi w:val="0"/>
+              <w:snapToGrid w:val="false"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Style21"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:hanging="0" w:left="0" w:right="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="111111"/>
-[...20369 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Г</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ковалева</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:bidi w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman CYR"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zxx" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman CYR" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:bCs w:val="false"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="ru-RU" w:eastAsia="zxx" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
-[...19 lines deleted...]
-      <w:docGrid w:linePitch="600" w:charSpace="40960"/>
+    <w:sectPr>
+      <w:headerReference w:type="even" r:id="rId3"/>
+      <w:headerReference w:type="default" r:id="rId4"/>
+      <w:headerReference w:type="first" r:id="rId5"/>
+      <w:type w:val="nextPage"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:left="1701" w:right="567" w:gutter="0" w:header="567" w:top="1172" w:footer="0" w:bottom="1134"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:formProt w:val="false"/>
+      <w:titlePg/>
+      <w:textDirection w:val="lrTb"/>
+      <w:docGrid w:type="default" w:linePitch="600" w:charSpace="32768"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...40 lines deleted...]
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="OpenSymbol">
+    <w:altName w:val="Arial Unicode MS"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Times New Roman CYR">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="cc"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
-[...1 lines deleted...]
-    <w:family w:val="swiss"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lucida Sans Unicode">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Times">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
-[...8 lines deleted...]
-    <w:family w:val="auto"/>
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Lohit Hindi">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Arial">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Courier New">
+    <w:charset w:val="cc"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-  <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="af2"/>
-[...70 lines deleted...]
-      <w:pStyle w:val="af1"/>
+      <w:pStyle w:val="Style25"/>
+      <w:bidi w:val="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-  </w:p>
-[...6 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80">
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="af1"/>
+      <w:pStyle w:val="Header"/>
+      <w:bidi w:val="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
-  </w:p>
-[...4 lines deleted...]
-      <w:ind w:firstLine="709"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
-    </w:pPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...30 lines deleted...]
-  <w:p w:rsidR="00000000" w:rsidRDefault="00C74F80"/>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Style25"/>
+      <w:suppressLineNumbers/>
+      <w:bidi w:val="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...3 lines deleted...]
-    <w:tmpl w:val="00000001"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:abstractNum w:abstractNumId="1">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1211" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="432" w:hanging="432"/>
-[...10 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...411 lines deleted...]
-        <w:ind w:left="1584" w:hanging="1584"/>
+        <w:ind w:left="0" w:hanging="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:zoom w:percent="100"/>
-  <w:displayBackgroundShape/>
-[...22 lines deleted...]
-  </w:endnotePr>
+  <w:defaultTabStop w:val="709"/>
+  <w:autoHyphenation w:val="true"/>
+  <w:evenAndOddHeaders/>
   <w:compat>
-    <w:spaceForUL/>
-[...20 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
-  <w:rsids>
-[...30 lines deleted...]
-  <w15:docId w15:val="{566DDB43-9035-4740-8774-37F57163AE9E}"/>
+  <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="SimSun" w:cs="Mangal"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="true"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...372 lines deleted...]
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="SimSun" w:cs="Mangal"/>
+      <w:color w:val="auto"/>
       <w:kern w:val="2"/>
-      <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...2 lines deleted...]
-    <w:next w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="Style19"/>
+    <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
+        <w:ilvl w:val="0"/>
         <w:numId w:val="1"/>
       </w:numPr>
-      <w:spacing w:before="108" w:after="108"/>
-[...1 lines deleted...]
-      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="Heading 2"/>
+    <w:basedOn w:val="Style19"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="200" w:after="120"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="Heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
-[...2 lines deleted...]
-    <w:next w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="Heading 4"/>
+    <w:basedOn w:val="Style19"/>
+    <w:next w:val="BodyText"/>
     <w:qFormat/>
     <w:pPr>
-      <w:keepNext/>
       <w:numPr>
-        <w:numId w:val="3"/>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="2"/>
       </w:numPr>
-      <w:ind w:left="0" w:firstLine="0"/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="1"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:spacing w:before="120" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="24"/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a1">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
-[...25 lines deleted...]
-    <w:name w:val="WW8Num1z0"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle11">
+    <w:name w:val="Font Style11"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-      <w:lang w:val="ru-RU" w:eastAsia="ar-SA" w:bidi="hi-IN"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
+  <w:style w:type="character" w:styleId="WW8Num2z0">
     <w:name w:val="WW8Num2z0"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...49 lines deleted...]
-      <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+  <w:style w:type="character" w:styleId="WW8Num2z1">
+    <w:name w:val="WW8Num2z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z2">
+    <w:name w:val="WW8Num2z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z3">
+    <w:name w:val="WW8Num2z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z4">
+    <w:name w:val="WW8Num2z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z5">
+    <w:name w:val="WW8Num2z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z6">
+    <w:name w:val="WW8Num2z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z7">
+    <w:name w:val="WW8Num2z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z8">
+    <w:name w:val="WW8Num2z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z0">
+    <w:name w:val="WW8Num1z0"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z1">
+    <w:name w:val="WW8Num1z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z2">
+    <w:name w:val="WW8Num1z2"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z3">
+    <w:name w:val="WW8Num1z3"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z4">
+    <w:name w:val="WW8Num1z4"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z5">
+    <w:name w:val="WW8Num1z5"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z6">
+    <w:name w:val="WW8Num1z6"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z7">
+    <w:name w:val="WW8Num1z7"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z8">
+    <w:name w:val="WW8Num1z8"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Absatz-Standardschriftart">
+    <w:name w:val="Absatz-Standardschriftart"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart">
+    <w:name w:val="WW-Absatz-Standardschriftart"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1">
+    <w:name w:val="WW-Absatz-Standardschriftart1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11">
+    <w:name w:val="WW-Absatz-Standardschriftart11"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111">
+    <w:name w:val="WW-Absatz-Standardschriftart111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111111111111111111111">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111111111111111111111"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="1">
+    <w:name w:val="Основной шрифт абзаца1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style10">
+    <w:name w:val="Маркеры списка"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="OpenSymbol;Arial Unicode MS" w:hAnsi="OpenSymbol;Arial Unicode MS" w:eastAsia="OpenSymbol;Arial Unicode MS" w:cs="OpenSymbol;Arial Unicode MS"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont1">
+    <w:name w:val="Default Paragraph Font1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style11">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style12">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style13">
+    <w:name w:val="Текст сноски Знак"/>
+    <w:basedOn w:val="DefaultParagraphFont1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style14">
+    <w:name w:val="Символ сноски"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="Footnote Reference"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="2">
     <w:name w:val="Основной шрифт абзаца2"/>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="WW8Num4z1"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="FontStyle15">
+    <w:name w:val="Font Style15"/>
+    <w:basedOn w:val="DefaultParagraphFont11"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num5z0">
-    <w:name w:val="WW8Num5z0"/>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont11">
+    <w:name w:val="Default Paragraph Font11"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style15">
+    <w:name w:val="Цветовое выделение для Текст"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:eastAsia="Times New Roman CYR" w:cs="Times New Roman CYR"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style16">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="Style18"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style17">
+    <w:name w:val="Символ нумерации"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="29"/>
+      <w:szCs w:val="33"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Style18">
+    <w:name w:val="Основной шрифт абзаца"/>
+    <w:qFormat/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style19">
+    <w:name w:val="Заголовок"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z1">
-[...201 lines deleted...]
-    <w:next w:val="a0"/>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:spacing w:before="240" w:after="120"/>
+      <w:spacing w:lineRule="auto" w:line="288" w:before="0" w:after="140"/>
     </w:pPr>
-    <w:rPr>
-[...7 lines deleted...]
-    <w:basedOn w:val="a"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:pPr/>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
-      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-[...5 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Style20">
+    <w:name w:val="Указатель"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Style21">
+    <w:name w:val="Нормальный"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style22">
+    <w:name w:val="Прижатый влево"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressLineNumbers/>
-      <w:spacing w:before="120" w:after="120"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:ind w:hanging="0" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
-    <w:rPr>
-[...189 lines deleted...]
-    <w:basedOn w:val="a"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style23">
+    <w:name w:val="Содержимое таблицы"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
-    <w:rPr>
-[...5 lines deleted...]
-    <w:basedOn w:val="a"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style24">
+    <w:name w:val="Колонтитул"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
-      <w:spacing w:before="120" w:after="120"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="709"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="709"/>
+        <w:tab w:val="center" w:pos="4677" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9355" w:leader="none"/>
+      </w:tabs>
+      <w:suppressAutoHyphens w:val="true"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
-[...1 lines deleted...]
-      <w:iCs/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="SimSun" w:cs="Mangal"/>
+      <w:color w:val="00000A"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="WenQuanYi Micro Hei" w:cs="Lohit Hindi"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption11111111111111">
-[...31 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Caption1">
+    <w:name w:val="Caption1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption11111111111111111">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Caption11">
+    <w:name w:val="Caption11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
+      <w:rFonts w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption111111111111111111">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Caption111">
+    <w:name w:val="Caption111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
+      <w:rFonts w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Caption1111111111111111111">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Caption1111">
+    <w:name w:val="Caption1111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
+      <w:rFonts w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Caption11111">
+    <w:name w:val="Caption11111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
+      <w:rFonts w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14">
+  <w:style w:type="paragraph" w:styleId="Caption111111">
+    <w:name w:val="Caption111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111">
+    <w:name w:val="Caption1111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111">
+    <w:name w:val="Caption11111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111">
+    <w:name w:val="Caption111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111">
+    <w:name w:val="Caption1111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption11111111111">
+    <w:name w:val="Caption11111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption111111111111">
+    <w:name w:val="Caption111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption1111111111111">
+    <w:name w:val="Caption1111111111111"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="11">
     <w:name w:val="Указатель1"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
+      <w:rFonts w:ascii="Times;Times New Roman" w:hAnsi="Times;Times New Roman" w:cs="Tahoma"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ac">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="WW-">
+    <w:name w:val="WW-Заголовок"/>
+    <w:basedOn w:val="Style19"/>
+    <w:next w:val="Subtitle"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="12">
+    <w:name w:val="Цитата1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:ind w:firstLine="0"/>
-[...15 lines deleted...]
-      <w:ind w:firstLine="720"/>
+      <w:ind w:hanging="0" w:left="1134" w:right="-766"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="zh-CN"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalWeb">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="111">
+    <w:name w:val="Заголовок 11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens w:val="0"/>
-[...2 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:numPr>
+        <w:ilvl w:val="0"/>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:ind w:hanging="2340" w:left="976"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="000000"/>
-      <w:lang w:bidi="ar-SA"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNonformat">
-    <w:name w:val="ConsPlusNonformat"/>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-      <w:spacing w:line="100" w:lineRule="atLeast"/>
+      <w:spacing w:before="157" w:after="0"/>
+      <w:ind w:left="453" w:right="111"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Arial" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="zh-CN"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ae">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:firstLine="720" w:left="104" w:right="117"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="Footnote Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:lineRule="auto" w:line="288" w:before="280" w:after="142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style25">
+    <w:name w:val="Верхний колонтитул слева"/>
+    <w:basedOn w:val="Header"/>
+    <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
-  </w:style>
-[...2 lines deleted...]
-    <w:basedOn w:val="a"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ConsPlusNormal">
+    <w:name w:val="ConsPlusNormal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="false"/>
+      <w:keepLines w:val="false"/>
+      <w:pageBreakBefore w:val="false"/>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="false"/>
+      <w:bidi w:val="0"/>
+      <w:snapToGrid w:val="true"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:ind w:firstLine="720" w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b w:val="false"/>
+      <w:bCs w:val="false"/>
+      <w:i w:val="false"/>
+      <w:iCs w:val="false"/>
+      <w:caps w:val="false"/>
+      <w:smallCaps w:val="false"/>
+      <w:strike w:val="false"/>
+      <w:dstrike w:val="false"/>
+      <w:outline w:val="false"/>
+      <w:emboss w:val="false"/>
+      <w:imprint w:val="false"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:em w:val="none"/>
+      <w:lang w:val="ru-RU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="Основной текст (3)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="false"/>
+      <w:shd w:val="clear" w:fill="FFFFFF"/>
+      <w:spacing w:lineRule="exact" w:line="326" w:before="660" w:after="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style26">
+    <w:name w:val="Текст выноски"/>
+    <w:basedOn w:val="Style32"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:eastAsia="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style27">
+    <w:name w:val="Без интервала"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style28">
+    <w:name w:val="Таблицы (моноширинный)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:eastAsia="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style29">
+    <w:name w:val="Абзац списка"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="709"/>
+      </w:tabs>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:spacing w:before="0" w:after="160"/>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4819"/>
-        <w:tab w:val="right" w:pos="9638"/>
+        <w:tab w:val="clear" w:pos="709"/>
+        <w:tab w:val="center" w:pos="4819" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9638" w:leader="none"/>
       </w:tabs>
+      <w:suppressAutoHyphens w:val="true"/>
     </w:pPr>
-  </w:style>
-[...2 lines deleted...]
-    <w:basedOn w:val="a"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Style30">
+    <w:name w:val="Заголовок таблицы"/>
+    <w:basedOn w:val="Style23"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressLineNumbers/>
-[...66 lines deleted...]
-    <w:pPr>
+      <w:suppressAutoHyphens w:val="true"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af4">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Style31">
+    <w:name w:val="Название объекта"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Mangal"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="western">
-[...1 lines deleted...]
-    <w:basedOn w:val="a"/>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Style19"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:before="100" w:after="119" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="000000"/>
-[...2 lines deleted...]
-      <w:lang w:bidi="ar-SA"/>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
-    <w:name w:val="Standard"/>
+  <w:style w:type="paragraph" w:styleId="Style32">
+    <w:name w:val="Обычный"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
+      <w:keepNext w:val="false"/>
+      <w:keepLines w:val="false"/>
+      <w:pageBreakBefore w:val="false"/>
+      <w:widowControl w:val="false"/>
+      <w:suppressAutoHyphens w:val="true"/>
+      <w:overflowPunct w:val="true"/>
+      <w:bidi w:val="0"/>
+      <w:snapToGrid w:val="true"/>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+      <w:jc w:val="left"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Arial"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="DejaVu Sans" w:cs="Tahoma"/>
+      <w:b w:val="false"/>
+      <w:bCs w:val="false"/>
+      <w:i w:val="false"/>
+      <w:iCs w:val="false"/>
+      <w:caps w:val="false"/>
+      <w:smallCaps w:val="false"/>
+      <w:strike w:val="false"/>
+      <w:dstrike w:val="false"/>
+      <w:outline w:val="false"/>
+      <w:emboss w:val="false"/>
+      <w:imprint w:val="false"/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
       <w:kern w:val="2"/>
-      <w:lang w:eastAsia="zh-CN"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="none"/>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:vertAlign w:val="baseline"/>
+      <w:em w:val="none"/>
+      <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
-[...42 lines deleted...]
-    </w:rPr>
+  <w:style w:type="numbering" w:styleId="WW8Num2">
+    <w:name w:val="WW8Num2"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="WW8Num1">
+    <w:name w:val="WW8Num1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
+</Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="LibreOffice">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="18a303"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="0369a3"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="a33e03"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8e03a3"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="c99c00"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="c9211e"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000ee"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="551a8b"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Arial" pitchFamily="0" charset="1"/>
+        <a:ea typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
+        <a:cs typeface="DejaVu Sans" pitchFamily="0" charset="1"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...50 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+          <a:miter/>
         </a:ln>
-        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-[...2 lines deleted...]
-          </a:solidFill>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+          <a:miter/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
-          <a:schemeClr val="phClr">
-[...2 lines deleted...]
-          </a:schemeClr>
+          <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
-[...25 lines deleted...]
-        </a:gradFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-[...5 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template/>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...11 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Application>LibreOffice/7.6.4.1$Windows_X86_64 LibreOffice_project/e19e193f88cd6c0525a17fb7a176ed8e6a3e2aa1</Application>
   <AppVersion></AppVersion>
+  <Pages>4</Pages>
+  <Words>490</Words>
+  <Characters>4108</Characters>
+  <CharactersWithSpaces>5189</CharactersWithSpaces>
+  <Paragraphs>66</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator/>
+  <dc:description/>
+  <dc:language>ru-RU</dc:language>
+  <cp:lastModifiedBy/>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+  <dc:subject/>
   <dc:title/>
-  <dc:subject/>
-[...6 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...18 lines deleted...]
-</Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>